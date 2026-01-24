--- v0 (2025-10-13)
+++ v1 (2026-01-24)
@@ -229,99 +229,99 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L' ARTISANAT DE REGION MARTINIQUE</t>
   </si>
   <si>
     <t>RUE DU TEMPLE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>14/09/1983</t>
   </si>
   <si>
     <t>9797P000797</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASS GESTION CFA CENTRE-ALSACE</t>
+  </si>
+  <si>
+    <t>2 RUE DES PAPETERIES 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>17/09/1986</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>FEDERATION NATIONALE DE LA COIFFURE PACA</t>
   </si>
   <si>
     <t>D2 CAMP MAJOR 2345 ROUTE DE LA LEGION 13400 AUBAGNE</t>
   </si>
   <si>
     <t>19/01/2023</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>INST FORMATION PERFECTIONNEMENT METIERS</t>
   </si>
   <si>
     <t>4 BOULEVARD DU LEVANT 92000 NANTERRE</t>
   </si>
   <si>
     <t>02/01/1992</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>PAYS D'AIX HABITAT METROPOLE</t>
   </si>
   <si>
     <t>L'OURMIN 9 RUE DU CHATEAU DE L'HORLOGE 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>03/09/2007</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>68.20A</t>
-  </si>
-[...7 lines deleted...]
-    <t>17/09/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -979,57 +979,57 @@
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>53351087435</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="2"/>
@@ -1371,194 +1371,194 @@
       <c r="F18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>98970229897</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>37970038800141</v>
+        <v>34396437500012</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="3">
-        <v>93131074213</v>
+        <v>44680307568</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38426598900010</v>
+        <v>37970038800141</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="I20" s="3">
-        <v>11922083492</v>
+        <v>93131074213</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43407149400034</v>
+        <v>38426598900010</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I21" s="3"/>
+      <c r="I21" s="3">
+        <v>11922083492</v>
+      </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>34396437500012</v>
+        <v>43407149400034</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="H22" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="G22" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1571,31 +1571,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 10:06:00</dc:description>
+  <dc:description>Export en date du 01/24/2026 02:55:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>