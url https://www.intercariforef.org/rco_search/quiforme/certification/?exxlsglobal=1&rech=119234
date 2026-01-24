--- v1 (2026-01-24)
+++ v2 (2026-01-24)
@@ -1571,31 +1571,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/24/2026 02:55:18</dc:description>
+  <dc:description>Export en date du 01/24/2026 04:40:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>