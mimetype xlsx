--- v2 (2026-01-24)
+++ v3 (2026-03-10)
@@ -1571,31 +1571,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/24/2026 04:40:09</dc:description>
+  <dc:description>Export en date du 03/10/2026 06:42:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>