--- v0 (2025-10-09)
+++ v1 (2025-12-01)
@@ -253,78 +253,78 @@
   <si>
     <t>ASSOCIATION GESTIONNAIRE DU CFA INTERPROFESSIONNEL D'EURE-ET-LOIR</t>
   </si>
   <si>
     <t>LES CHAISES RUE CHARLES ISIDORE DOUIN 28000 CHARTRES</t>
   </si>
   <si>
     <t>01/01/1990</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
   </si>
   <si>
     <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
+    <t>FEDERATION DES ARTISANS BOULANGERS PATISSIERS DU PUY DE DOME</t>
+  </si>
+  <si>
+    <t>27 RUE FERNAND FOREST 63540 ROMAGNAT</t>
+  </si>
+  <si>
+    <t>02/01/2006</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ECOLE BOULANGERIE ET PATISSERIE DE PARIS</t>
+  </si>
+  <si>
+    <t>64 RUE DES PIROGUES DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>16/09/1996</t>
+  </si>
+  <si>
     <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
   </si>
   <si>
     <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
   </si>
   <si>
     <t>13/12/2013</t>
-  </si>
-[...19 lines deleted...]
-    <t>16/09/1996</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1487,145 +1487,145 @@
       <c r="F21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I21" s="3">
         <v>23750036676</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>79964373900011</v>
+        <v>77922117500036</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>59</v>
+        <v>82</v>
       </c>
       <c r="I22" s="3">
-        <v>74190081619</v>
+        <v>83630093963</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77922117500036</v>
+        <v>78454436300020</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="I23" s="3">
-        <v>83630093963</v>
+        <v>11750097075</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78454436300020</v>
+        <v>79964373900011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I24" s="3">
-        <v>11750097075</v>
+        <v>74190081619</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 03:54:29</dc:description>
+  <dc:description>Export en date du 12/01/2025 17:18:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>