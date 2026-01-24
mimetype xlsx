--- v1 (2025-12-01)
+++ v2 (2026-01-24)
@@ -1019,57 +1019,57 @@
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>53351087435</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="2"/>
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 17:18:04</dc:description>
+  <dc:description>Export en date du 01/24/2026 02:55:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>