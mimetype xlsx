--- v2 (2026-01-24)
+++ v3 (2026-01-24)
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/24/2026 02:55:18</dc:description>
+  <dc:description>Export en date du 01/24/2026 04:36:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>