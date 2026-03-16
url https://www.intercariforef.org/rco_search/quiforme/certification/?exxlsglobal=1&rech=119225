--- v3 (2026-01-24)
+++ v4 (2026-03-16)
@@ -1650,31 +1650,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/24/2026 04:36:31</dc:description>
+  <dc:description>Export en date du 03/16/2026 13:17:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>