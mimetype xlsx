--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE NOUVELLE CALEDONIE</t>
   </si>
   <si>
     <t>NOUVILLE BANIAN 145 AVENUE JAMES COOK NOUMEA</t>
   </si>
   <si>
     <t>31/05/1999</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -3021,31 +3021,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/09/2025 10:47:41</dc:description>
+  <dc:description>Export en date du 11/24/2025 20:14:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>