--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -3021,31 +3021,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 20:14:12</dc:description>
+  <dc:description>Export en date du 01/11/2026 16:57:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>