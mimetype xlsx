--- v2 (2026-01-11)
+++ v3 (2026-03-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -464,53 +464,50 @@
     <t>AVIGNON UNIVERSITE</t>
   </si>
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
@@ -2494,502 +2491,500 @@
         <v>148</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="E43" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="E44" s="2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>19987001500013</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>93249089900014</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I49" s="3">
         <v>76341356134</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>93810656400017</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D50" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="E50" s="2" t="s">
         <v>180</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="3">
         <v>27250387225</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="3">
         <v>27210481021</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>93850168100010</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="3">
         <v>84420455442</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I53" s="3">
         <v>53291016929</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3021,31 +3016,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 16:57:30</dc:description>
+  <dc:description>Export en date du 03/09/2026 23:34:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>