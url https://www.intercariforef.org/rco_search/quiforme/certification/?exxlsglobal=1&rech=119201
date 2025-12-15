--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -88,51 +88,51 @@
   <si>
     <t>43 RUE DE L'ABREUVOIR 59300 VALENCIENNES</t>
   </si>
   <si>
     <t>01/09/1999</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>POLE TERTIAIRE BERGSON 8 RUE PIERRE BAYLE 62300 LENS</t>
   </si>
   <si>
     <t>30/09/2002</t>
   </si>
   <si>
     <t>ESPACE ROSATI TECHNOPOLIS 23 RUE DU DEPOT 62000 ARRAS</t>
   </si>
   <si>
     <t>02/11/2006</t>
   </si>
   <si>
-    <t>ZAC DES CARENNES 6 RUE JEAN MARIE BOURGUIGNON 62930 WIMEREUX</t>
+    <t>ZAC DES CARENNES 12 RUE JEAN MARIE BOURGUIGNON 62930 WIMEREUX</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>15 PLACE MARCELIN BERTHELOT 59400 CAMBRAI</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>17 RUE PAPIN 59650 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
     <t>20 RUE SENCIER 59610 FOURMIES</t>
   </si>
   <si>
     <t>01/05/2010</t>
   </si>
   <si>
     <t>327 RUE DE LA REPUBLIQUE ST POL 59430 DUNKERQUE</t>
   </si>
@@ -2080,31 +2080,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/22/2025 23:55:44</dc:description>
+  <dc:description>Export en date du 12/15/2025 19:54:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>