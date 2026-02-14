--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -2080,31 +2080,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 19:54:36</dc:description>
+  <dc:description>Export en date du 02/14/2026 21:34:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>