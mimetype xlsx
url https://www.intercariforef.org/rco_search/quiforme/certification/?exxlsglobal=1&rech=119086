--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -127,81 +127,81 @@
   <si>
     <t>LEGTPA LOUIS PASTEUR</t>
   </si>
   <si>
     <t>RN 89 MARMILHAT 63370 LEMPDES</t>
   </si>
   <si>
     <t>8363P001463</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHAMBERY LA MOTTE-SERVOLEX (SAVOIE)</t>
   </si>
   <si>
     <t>CFPPA LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>DOMAINE CHATEAU REINACH 73290 LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>8273P000373</t>
   </si>
   <si>
+    <t>RHONE EMPLOIS NOUVEAUX</t>
+  </si>
+  <si>
+    <t>38 GRANDE RUE DE VAISE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/08/1999</t>
+  </si>
+  <si>
+    <t>ASS RESS DEV ACTIV METIERS ENVIRONN</t>
+  </si>
+  <si>
+    <t>ECOSITE - BATIMENT 1 CHEMIN  LA PRADE 34140 MEZE</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
     <t>DYNAM'&amp;CO</t>
   </si>
   <si>
     <t>9 RUE CAMILLE DESMOULINS 26100 ROMANS-SUR-ISERE</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/04/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -762,191 +762,191 @@
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39978109500019</v>
+        <v>42412249700011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="3">
-        <v>82260075526</v>
+        <v>82690725769</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>42412249700011</v>
+        <v>32640662600027</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="3">
-        <v>82690725769</v>
+        <v>91340071034</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>51472059800036</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="3">
         <v>95970122297</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>32640662600027</v>
+        <v>39978109500019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="3">
-        <v>91340071034</v>
+        <v>82260075526</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -962,31 +962,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 21:54:59</dc:description>
+  <dc:description>Export en date du 01/02/2026 05:07:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>