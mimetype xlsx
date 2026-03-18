--- v1 (2026-01-02)
+++ v2 (2026-03-18)
@@ -127,81 +127,81 @@
   <si>
     <t>LEGTPA LOUIS PASTEUR</t>
   </si>
   <si>
     <t>RN 89 MARMILHAT 63370 LEMPDES</t>
   </si>
   <si>
     <t>8363P001463</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHAMBERY LA MOTTE-SERVOLEX (SAVOIE)</t>
   </si>
   <si>
     <t>CFPPA LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>DOMAINE CHATEAU REINACH 73290 LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>8273P000373</t>
   </si>
   <si>
+    <t>ASS RESS DEV ACTIV METIERS ENVIRONN</t>
+  </si>
+  <si>
+    <t>ECOSITE - BATIMENT 1 CHEMIN  LA PRADE 34140 MEZE</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>DYNAM'&amp;CO</t>
+  </si>
+  <si>
+    <t>9 RUE CAMILLE DESMOULINS 26100 ROMANS-SUR-ISERE</t>
+  </si>
+  <si>
     <t>RHONE EMPLOIS NOUVEAUX</t>
   </si>
   <si>
     <t>38 GRANDE RUE DE VAISE 69009 LYON</t>
   </si>
   <si>
     <t>01/08/1999</t>
   </si>
   <si>
-    <t>ASS RESS DEV ACTIV METIERS ENVIRONN</t>
-[...7 lines deleted...]
-  <si>
     <t>ALLIANCE CONSEIL PLUS</t>
   </si>
   <si>
     <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>01/01/2018</t>
-  </si>
-[...4 lines deleted...]
-    <t>9 RUE CAMILLE DESMOULINS 26100 ROMANS-SUR-ISERE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -762,191 +762,191 @@
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42412249700011</v>
+        <v>32640662600027</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="3">
-        <v>82690725769</v>
+        <v>91340071034</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>32640662600027</v>
+        <v>39978109500019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="3">
-        <v>91340071034</v>
+        <v>82260075526</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>51472059800036</v>
+        <v>42412249700011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="3">
-        <v>95970122297</v>
+        <v>82690725769</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39978109500019</v>
+        <v>51472059800036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="3">
-        <v>82260075526</v>
+        <v>95970122297</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -962,31 +962,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/02/2026 05:07:16</dc:description>
+  <dc:description>Export en date du 03/18/2026 03:27:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>