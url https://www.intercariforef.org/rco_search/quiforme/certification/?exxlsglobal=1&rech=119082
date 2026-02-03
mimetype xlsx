--- v0 (2025-12-18)
+++ v1 (2026-02-03)
@@ -76,177 +76,177 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</t>
   </si>
   <si>
     <t>292 RUE SAINT-MARTIN 75003 PARIS</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>1175P004575</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>OCELLIA</t>
+  </si>
+  <si>
+    <t>CP 320 20 RUE DE LA CLAIRE 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>ENSEIS</t>
+  </si>
+  <si>
+    <t>ENSEIS - SIEGE SOCIAL</t>
+  </si>
+  <si>
+    <t>185 RUE JEAN VOILLOT 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
   </si>
   <si>
     <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...11 lines deleted...]
-    <t>01/01/2009</t>
+    <t>IRTS NORMANDIE-CAEN ARRFIS</t>
+  </si>
+  <si>
+    <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
+  </si>
+  <si>
+    <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/08/2001</t>
   </si>
   <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
   </si>
   <si>
     <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
   </si>
   <si>
     <t>16/06/2012</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
-    <t>IRTS NORMANDIE-CAEN ARRFIS</t>
-[...17 lines deleted...]
-    <t>01/08/2001</t>
+    <t>ASS REGIONALE DES INSTITUTS DE FORMATION EN TRAVAIL SOCIAL PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ARIFTS PAYS DE LA LOIRE 6 RUE GEORGES MOREL 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>22/10/2008</t>
+  </si>
+  <si>
+    <t>FONDATION OPTEO</t>
+  </si>
+  <si>
+    <t>SAINT MAYME 61 ROUTE DES DEVEZES 12850 ONET-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>87.20A</t>
   </si>
   <si>
     <t>ASKORIA</t>
   </si>
   <si>
     <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
   </si>
   <si>
     <t>11/04/2013</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>ASS REGIONALE DES INSTITUTS DE FORMATION EN TRAVAIL SOCIAL PAYS DE LA LOIRE</t>
-[...19 lines deleted...]
-  <si>
     <t>INSTITUT CORSE DE FORMATION ET RECHERCHE EN TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>IMMEUBLE LOUMALAND 2 CHE DE L ANNONCIADE 20200 BASTIA</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>NEXEM</t>
   </si>
   <si>
     <t>3 RUE AU MAIRE 75003 PARIS</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
@@ -727,71 +727,71 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38036912400017</v>
+        <v>30293883200045</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>91340190634</v>
+        <v>82690031369</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>39269401400094</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
@@ -803,108 +803,110 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>82691081969</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>43964416200034</v>
+        <v>31807145300019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>93131641013</v>
+        <v>31590021959</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44911357000013</v>
+        <v>38036912400017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>24450217445</v>
+        <v>91340190634</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>41398430300029</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
@@ -951,329 +953,327 @@
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>98970227397</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79296161700018</v>
+        <v>43964416200034</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I9" s="3">
-        <v>53350930635</v>
+        <v>93131641013</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>50961850000011</v>
+        <v>44911357000013</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="I10" s="3">
-        <v>52490254749</v>
+        <v>24450217445</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77555638400474</v>
+        <v>50961850000011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>73120043512</v>
+        <v>52490254749</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>80146893500011</v>
+        <v>77555638400474</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="I12" s="3">
-        <v>94202083420</v>
+        <v>73120043512</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30293883200045</v>
+        <v>79296161700018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="I13" s="3">
-        <v>82690031369</v>
+        <v>53350930635</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>31807145300019</v>
+        <v>80146893500011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
         <v>60</v>
       </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="I14" s="3">
-        <v>31590021959</v>
+        <v>94202083420</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>81766465900023</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="I15" s="3">
         <v>11755473575</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="I16" s="3">
         <v>44540353454</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
@@ -1303,51 +1303,51 @@
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89481124900032</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1375,31 +1375,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 01:39:34</dc:description>
+  <dc:description>Export en date du 02/03/2026 20:56:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>