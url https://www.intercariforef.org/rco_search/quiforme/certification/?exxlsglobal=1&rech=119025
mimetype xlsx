--- v0 (2025-12-19)
+++ v1 (2026-02-21)
@@ -103,192 +103,192 @@
   <si>
     <t>MAISON RECHERCHE ET VALORISATION 118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>10/06/2013</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</t>
   </si>
   <si>
     <t>292 RUE SAINT-MARTIN 75003 PARIS</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>1175P004575</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
     <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
     <t>15/07/2002</t>
   </si>
   <si>
     <t>4390P000290</t>
   </si>
   <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>AV DES FACULTES 80000 AMIENS</t>
   </si>
   <si>
     <t>23/01/1990</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
   </si>
   <si>
     <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
   </si>
   <si>
     <t>01/03/1993</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
   </si>
   <si>
     <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
-[...7 lines deleted...]
-  <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
-[...14 lines deleted...]
-    <t>19/08/1991</t>
+    <t>CNAM GRAND EST</t>
+  </si>
+  <si>
+    <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
+  </si>
+  <si>
+    <t>30/08/2016</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
   <si>
     <t>ESPLANADE RABELAIS PLACE SAINT-CLAIR 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>01/01/2017</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -804,594 +804,594 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>34022316300023</v>
+        <v>49189213900016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I5" s="3" t="s">
         <v>32</v>
+      </c>
+      <c r="I5" s="3">
+        <v>91340604534</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34896746400028</v>
+        <v>43964416200034</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I6" s="3">
-        <v>22800077680</v>
+        <v>93131641013</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39064039900015</v>
+        <v>32439762900118</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>97970049697</v>
+        <v>52440210544</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39174243400015</v>
+        <v>34022316300023</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>95970009897</v>
+        <v>23</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>42</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>43411361900119</v>
+        <v>34896746400028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>53220704022</v>
+        <v>22800077680</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43964416200034</v>
+        <v>39064039900015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="I10" s="3">
-        <v>93131641013</v>
+        <v>97970049697</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44320628900045</v>
+        <v>39174243400015</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>49</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I11" s="3">
-        <v>82690751869</v>
+        <v>95970009897</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>44338132200025</v>
+        <v>43411361900119</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I12" s="3">
-        <v>98970282197</v>
+        <v>53220704022</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>44911357000013</v>
+        <v>44320628900045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>24450217445</v>
+        <v>82690751869</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78515062400365</v>
+        <v>44338132200025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>11753852175</v>
+        <v>98970282197</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>49189213900016</v>
+        <v>44911357000013</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="I15" s="3">
-        <v>91340604534</v>
+        <v>24450217445</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>32439762900118</v>
+        <v>78515062400365</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I16" s="3">
-        <v>52440210544</v>
+        <v>11753852175</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82434427900149</v>
+        <v>82304134800017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
-        <v>75331053233</v>
+        <v>44540353454</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82456546900015</v>
+        <v>82434427900149</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>28140302014</v>
+        <v>75331053233</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82304134800017</v>
+        <v>82456546900015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="I19" s="3">
-        <v>44540353454</v>
+        <v>28140302014</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1413,31 +1413,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 10:38:56</dc:description>
+  <dc:description>Export en date du 02/21/2026 12:14:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>