--- v0 (2026-02-02)
+++ v1 (2026-03-22)
@@ -14,200 +14,245 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT YVES THEPOT</t>
   </si>
   <si>
-    <t>28 AVENUE YVES THEPOT 29000 QUIMPER</t>
-[...5 lines deleted...]
-    <t>85.31Z</t>
+    <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
   </si>
   <si>
     <t>5335P000829</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>ACTE 1</t>
   </si>
   <si>
     <t>ZI 335 RUE DE LA JUSTICE 77000 VAUX-LE-PENIL</t>
   </si>
   <si>
     <t>01/02/1993</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ASSOCIATION E F I C A S</t>
   </si>
   <si>
     <t>MAS GUERIDO 6 RUE MICHEL CARRE 66330 CABESTANY</t>
   </si>
   <si>
     <t>25/11/1994</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
+    <t>STAFF FORMATIONS</t>
+  </si>
+  <si>
+    <t>7 RUE SIMONE DE BEAUVOIR 42270 SAINT-PRIEST-EN-JAREZ</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR LE DEVELOPPEMENT DE LA FORMATION PROFESSIONNELLE DANS LA BRANCHE SECURITE PRIVEE</t>
   </si>
   <si>
     <t>18-20 18 RUE EDOUARD JACQUES 75014 PARIS</t>
   </si>
   <si>
     <t>29/09/2016</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ECOLE DE FORMATION AUX METIERS DE LA SECURITE</t>
   </si>
   <si>
     <t>ECOME FORMATION</t>
   </si>
   <si>
     <t>14 RUE DE MANTES 92700 COLOMBES</t>
   </si>
   <si>
     <t>01/03/2013</t>
   </si>
   <si>
     <t>NEO PREV</t>
   </si>
   <si>
     <t>7 RUE DE SOPHIA-ANTIPOLIS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>HAUTE ECOLE DE LA SECURITE PRIVEE</t>
   </si>
   <si>
     <t>H.E.S.P.</t>
   </si>
   <si>
     <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
   </si>
   <si>
     <t>01/05/2014</t>
   </si>
   <si>
+    <t>ANARIS CONSULTING</t>
+  </si>
+  <si>
+    <t>12 RUE DU SAULE TRAPU 91300 MASSY</t>
+  </si>
+  <si>
+    <t>18/07/2019</t>
+  </si>
+  <si>
     <t>GLOBAL PRO FORMATION</t>
   </si>
   <si>
     <t>15 RUE JEAN-CLAUDE VERPILLEUX 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>03/09/2020</t>
   </si>
   <si>
+    <t>JCK FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 9 800 ROUTE DE LA SEDS 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>08/08/2022</t>
+  </si>
+  <si>
     <t>INTEGRALE SECURITE FORMATIONS</t>
   </si>
   <si>
     <t>54 CHEMIN DU CARREOU 83480 PUGET-SUR-ARGENS</t>
   </si>
   <si>
     <t>20/05/2020</t>
+  </si>
+  <si>
+    <t>RJ 10 FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE JEAN MONNET 10600 LA CHAPELLE-SAINT-LUC</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>SERCO SECURITY ACADEMY</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD DES ALLIES 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -546,51 +591,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M10"/>
+  <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -612,383 +657,570 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>19290071000018</v>
+        <v>19290071000026</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>39013467400014</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>11770136977</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>39905357800023</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
         <v>91660053766</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>50412388600039</v>
+        <v>44197047200052</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>11755777475</v>
+        <v>82420249842</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>79195744200019</v>
+        <v>50412388600039</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>11921963992</v>
+        <v>11755777475</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>80072965900022</v>
+        <v>79195744200019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>25140272414</v>
+        <v>11921963992</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>80211433000011</v>
+        <v>80072965900022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>82740299974</v>
+        <v>25140272414</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>81887088300035</v>
+        <v>80211433000011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>84420287242</v>
+        <v>82740299974</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>84089988400026</v>
+        <v>80213442900041</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
+        <v>11910893891</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" s="1">
+        <v>81887088300035</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11" s="3">
+        <v>84420287242</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M11" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" s="1">
+        <v>83414886800039</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I12" s="3">
+        <v>93131700313</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M12" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13">
+      <c r="A13" s="1">
+        <v>84089988400026</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13" s="3">
         <v>93830600283</v>
       </c>
-      <c r="J10" s="2" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="J13" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K13" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L13" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M13" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" s="1">
+        <v>88112706200027</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14" s="3">
+        <v>44100100810</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M14" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13">
+      <c r="A15" s="1">
+        <v>94215292700029</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I15" s="3">
+        <v>32620409462</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M15" s="2" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1001,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:27:11</dc:description>
+  <dc:description>Export en date du 03/22/2026 10:47:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>