--- v1 (2026-03-22)
+++ v2 (2026-03-22)
@@ -1233,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/22/2026 10:47:31</dc:description>
+  <dc:description>Export en date du 03/22/2026 11:58:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>