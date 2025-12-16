--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -786,51 +786,51 @@
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002979600260</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>76341153134</v>
+        <v>76341153234</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
@@ -1042,31 +1042,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 00:09:16</dc:description>
+  <dc:description>Export en date du 12/16/2025 23:01:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>