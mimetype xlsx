--- v1 (2025-12-16)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -149,53 +149,50 @@
     <t>UNIVERSITE DE TOURS</t>
   </si>
   <si>
     <t>60 RUE DU PLAT D'ETAIN 37000 TOURS</t>
   </si>
   <si>
     <t>04/06/2012</t>
   </si>
   <si>
     <t>2437P000437</t>
   </si>
   <si>
     <t>UNIVERSITE DE HAUTE ALSACE</t>
   </si>
   <si>
     <t>2 RUE DES FRERES LUMIERE 68200 MULHOUSE</t>
   </si>
   <si>
     <t>25/10/1983</t>
   </si>
   <si>
     <t>4268P000368</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
-  </si>
-[...1 lines deleted...]
-    <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -922,94 +919,92 @@
         <v>43</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -1042,31 +1037,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 23:01:44</dc:description>
+  <dc:description>Export en date du 02/02/2026 03:14:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>