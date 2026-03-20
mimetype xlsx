--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -1037,31 +1037,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 03:14:35</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:11:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>