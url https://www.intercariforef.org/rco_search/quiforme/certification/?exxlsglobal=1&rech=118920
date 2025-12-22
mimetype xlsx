--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -844,207 +844,207 @@
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
   </si>
   <si>
     <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
   </si>
   <si>
     <t>29/05/2015</t>
   </si>
   <si>
-    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
-[...5 lines deleted...]
-    <t>27/07/2011</t>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
   </si>
   <si>
     <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
   </si>
   <si>
     <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
-    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
-[...67 lines deleted...]
-  <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>CENTRE FORMATION APPRENTIS-TOULOUSE BUSINESS SCHOO</t>
   </si>
   <si>
     <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/01/2005</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
@@ -4484,478 +4484,478 @@
       <c r="F77" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I77" s="3">
         <v>98970017797</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>38980220800014</v>
+        <v>53379925000014</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="3">
-        <v>72470033047</v>
+        <v>72400095540</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>40110456700029</v>
+        <v>38980235600011</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>25610038361</v>
+        <v>72470032947</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>48998104300024</v>
+        <v>78338177500023</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>284</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>44</v>
+        <v>287</v>
       </c>
       <c r="I81" s="3">
-        <v>27250353625</v>
+        <v>41550000155</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>53379925000014</v>
+        <v>40110456700029</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>72400095540</v>
+        <v>25610038361</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>53921684600011</v>
+        <v>41058110200010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I83" s="3">
-        <v>43390093239</v>
+        <v>72330424333</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78338177500023</v>
+        <v>42417546100021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>296</v>
+        <v>59</v>
       </c>
       <c r="I84" s="3">
-        <v>41550000155</v>
+        <v>52440404744</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>41058110200010</v>
+        <v>42417546100096</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I85" s="3">
-        <v>72330424333</v>
+        <v>52440404744</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>42417546100021</v>
+        <v>43903961100025</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I86" s="3">
-        <v>52440404744</v>
+        <v>84691657569</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42417546100096</v>
+        <v>45235951600021</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
         <v>303</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>304</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>30340844700033</v>
+        <v>47991356800024</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>306</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>307</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>22800001380</v>
+        <v>73820050682</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>30804972500036</v>
+        <v>48998104300024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>308</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
         <v>309</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>310</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I89" s="3">
-        <v>24180039818</v>
+        <v>27250353625</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D90" s="2"/>
@@ -5002,230 +5002,230 @@
       <c r="F91" s="2" t="s">
         <v>315</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I91" s="3">
         <v>27210417621</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>81751739400018</v>
+        <v>30340844700033</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>48</v>
+        <v>318</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I92" s="3">
-        <v>76310849231</v>
+        <v>22800001380</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>81751739400034</v>
+        <v>30804972500036</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>97</v>
+        <v>321</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I93" s="3">
-        <v>76310849231</v>
+        <v>24180039818</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>47991356800024</v>
+        <v>53921684600011</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>73820050682</v>
+        <v>43390093239</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>43903961100025</v>
+        <v>81751739400018</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>325</v>
+        <v>48</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I95" s="3">
-        <v>84691657569</v>
+        <v>76310849231</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>45235951600021</v>
+        <v>81751739400034</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D96" s="2"/>
+        <v>325</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>327</v>
+      </c>
       <c r="E96" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>328</v>
+        <v>97</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="3">
-        <v>11910566091</v>
+        <v>76310849231</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>88102752800010</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>44</v>
@@ -5502,495 +5502,495 @@
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I105" s="3">
         <v>76341086134</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I106" s="3">
         <v>76341086134</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I107" s="3">
         <v>76341086134</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I108" s="3">
         <v>76341086134</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>89079142900081</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I109" s="3">
         <v>76341086134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I110" s="3">
         <v>76341086134</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I111" s="3">
         <v>76341086134</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>89079142900131</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I112" s="3">
         <v>76341086134</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I113" s="3">
         <v>76341086134</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>89079142900164</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I114" s="3">
         <v>76341086134</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>89079142900172</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I115" s="3">
         <v>76341086134</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I116" s="3">
         <v>76341086134</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="I117" s="3">
         <v>76341086134</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
@@ -6203,31 +6203,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 10:22:24</dc:description>
+  <dc:description>Export en date du 12/22/2025 20:55:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>