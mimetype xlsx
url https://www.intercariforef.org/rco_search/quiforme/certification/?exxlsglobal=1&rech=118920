--- v1 (2025-12-22)
+++ v2 (2026-02-08)
@@ -844,207 +844,207 @@
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>SUD'MANAGEMENT ENTREPRISES</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>04/01/1993</t>
+  </si>
+  <si>
+    <t>SUD MANAGEMENT</t>
+  </si>
+  <si>
+    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+  </si>
+  <si>
+    <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
+  </si>
+  <si>
+    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS-TOULOUSE BUSINESS SCHOO</t>
+  </si>
+  <si>
+    <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>IIT FORMATIONS ALTERNEES ORNES</t>
+  </si>
+  <si>
+    <t>RUE DU MANS 61000 ALENCON</t>
+  </si>
+  <si>
+    <t>15/07/2013</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
-    <t>SUD'MANAGEMENT ENTREPRISES</t>
-[...11 lines deleted...]
-    <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
   </si>
   <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
     <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...121 lines deleted...]
-    <t>CS 66810 1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
@@ -2893,51 +2893,51 @@
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3">
         <v>27210429021</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>13002980400072</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="2" t="s">
@@ -4484,748 +4484,748 @@
       <c r="F77" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>275</v>
       </c>
       <c r="I77" s="3">
         <v>98970017797</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>53379925000014</v>
+        <v>30340844700033</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>277</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>278</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I78" s="3">
-        <v>72400095540</v>
+        <v>22800001380</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>38980220800014</v>
+        <v>30804972500036</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>281</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I79" s="3">
-        <v>72470033047</v>
+        <v>24180039818</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>38980235600011</v>
+        <v>38980220800014</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>283</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>72470032947</v>
+        <v>72470033047</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M80" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78338177500023</v>
+        <v>38980235600011</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>287</v>
+        <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>41550000155</v>
+        <v>72470032947</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>40110456700029</v>
+        <v>81751739400018</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>290</v>
+        <v>48</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="I82" s="3">
-        <v>25610038361</v>
+        <v>76310849231</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>41058110200010</v>
+        <v>81751739400034</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>287</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>289</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>293</v>
+        <v>97</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I83" s="3">
-        <v>72330424333</v>
+        <v>76310849231</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>42417546100021</v>
+        <v>48998104300024</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I84" s="3">
-        <v>52440404744</v>
+        <v>27250353625</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>42417546100096</v>
+        <v>40110456700029</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>294</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3">
-        <v>52440404744</v>
+        <v>25610038361</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>43903961100025</v>
+        <v>41058110200010</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I86" s="3">
-        <v>84691657569</v>
+        <v>72330424333</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>45235951600021</v>
+        <v>42417546100021</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="I87" s="3">
-        <v>11910566091</v>
+        <v>52440404744</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>47991356800024</v>
+        <v>42417546100096</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="3">
-        <v>73820050682</v>
+        <v>52440404744</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>48998104300024</v>
+        <v>43903961100025</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I89" s="3">
-        <v>27250353625</v>
+        <v>84691657569</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50876465100024</v>
+        <v>45235951600021</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="I90" s="3">
-        <v>27210417621</v>
+        <v>11910566091</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>50876465100032</v>
+        <v>47991356800024</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I91" s="3">
-        <v>27210417621</v>
+        <v>73820050682</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>30340844700033</v>
+        <v>50876465100024</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>59</v>
       </c>
       <c r="I92" s="3">
-        <v>22800001380</v>
+        <v>27210417621</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>30804972500036</v>
+        <v>50876465100032</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I93" s="3">
-        <v>24180039818</v>
+        <v>27210417621</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>53921684600011</v>
+        <v>53379925000014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="3">
-        <v>43390093239</v>
+        <v>72400095540</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>81751739400018</v>
+        <v>53921684600011</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>48</v>
+        <v>324</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I95" s="3">
-        <v>76310849231</v>
+        <v>43390093239</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>81751739400034</v>
+        <v>78338177500023</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="D96" s="2" t="s">
+      <c r="D96" s="2"/>
+      <c r="E96" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="F96" s="2" t="s">
         <v>327</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>33</v>
+        <v>328</v>
       </c>
       <c r="I96" s="3">
-        <v>76310849231</v>
+        <v>41550000155</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>88102752800010</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>329</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>44</v>
@@ -5502,495 +5502,495 @@
         <v>19</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
         <v>346</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I105" s="3">
         <v>76341086134</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
         <v>347</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I106" s="3">
         <v>76341086134</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I107" s="3">
         <v>76341086134</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
         <v>349</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I108" s="3">
         <v>76341086134</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>89079142900081</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
         <v>350</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I109" s="3">
         <v>76341086134</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
         <v>351</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I110" s="3">
         <v>76341086134</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I111" s="3">
         <v>76341086134</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>89079142900131</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>353</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I112" s="3">
         <v>76341086134</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
         <v>354</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I113" s="3">
         <v>76341086134</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>89079142900164</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
         <v>355</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I114" s="3">
         <v>76341086134</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>89079142900172</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I115" s="3">
         <v>76341086134</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I116" s="3">
         <v>76341086134</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>343</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
         <v>358</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>287</v>
+        <v>328</v>
       </c>
       <c r="I117" s="3">
         <v>76341086134</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
@@ -6203,31 +6203,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 20:55:44</dc:description>
+  <dc:description>Export en date du 02/08/2026 07:59:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>