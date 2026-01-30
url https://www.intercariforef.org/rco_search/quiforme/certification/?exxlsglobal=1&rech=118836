--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -181,66 +181,66 @@
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
     <t>3162P003062</t>
   </si>
   <si>
     <t>UNIVERSITE DU MANS</t>
   </si>
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
+    <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
+  </si>
+  <si>
+    <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/1993</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1028,117 +1028,117 @@
       <c r="F11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>42813525500050</v>
+        <v>39326123500013</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I12" s="3">
-        <v>32590996759</v>
+        <v>53220498822</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39326123500013</v>
+        <v>42813525500050</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I13" s="3">
-        <v>53220498822</v>
+        <v>32590996759</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>27</v>
@@ -1191,31 +1191,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/05/2025 10:12:39</dc:description>
+  <dc:description>Export en date du 01/30/2026 04:10:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>