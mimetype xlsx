--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -1191,31 +1191,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 04:10:10</dc:description>
+  <dc:description>Export en date du 03/19/2026 23:29:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>