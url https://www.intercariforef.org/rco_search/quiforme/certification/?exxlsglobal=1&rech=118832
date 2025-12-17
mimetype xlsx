--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -286,105 +286,105 @@
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>ASS FORMAT DISTRI PRODUIT ELECTRO GD PUB</t>
   </si>
   <si>
     <t>84 RUE VILLENEUVE 92110 CLICHY</t>
   </si>
   <si>
     <t>01/02/2002</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>FORMASUP AUVERGNE</t>
   </si>
   <si>
     <t>2 ALLEE ALAN TURING 63170 AUBIERE</t>
   </si>
   <si>
     <t>12/10/2021</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/06/1987</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET</t>
   </si>
   <si>
     <t>10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1614,265 +1614,265 @@
         <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39074560200032</v>
+        <v>34238263700011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>11922071892</v>
+        <v>52490003849</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39326123500013</v>
+        <v>39074560200032</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="I25" s="3">
-        <v>53220498822</v>
+        <v>11922071892</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>43903961100025</v>
+        <v>39326123500013</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>84691657569</v>
+        <v>53220498822</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>49171064600036</v>
+        <v>43903961100025</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="I27" s="3">
-        <v>84630513763</v>
+        <v>84691657569</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>42813525500050</v>
+        <v>49171064600036</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>32590996759</v>
+        <v>84630513763</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>34238263700011</v>
+        <v>42813525500050</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>52490003849</v>
+        <v>32590996759</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
@@ -1962,31 +1962,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 18:15:56</dc:description>
+  <dc:description>Export en date du 12/17/2025 01:12:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>