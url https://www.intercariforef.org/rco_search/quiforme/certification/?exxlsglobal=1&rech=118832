--- v1 (2025-12-17)
+++ v2 (2026-01-31)
@@ -316,75 +316,75 @@
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>ASS FORMAT DISTRI PRODUIT ELECTRO GD PUB</t>
   </si>
   <si>
     <t>84 RUE VILLENEUVE 92110 CLICHY</t>
   </si>
   <si>
     <t>01/02/2002</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>FORMASUP AUVERGNE</t>
   </si>
   <si>
     <t>2 ALLEE ALAN TURING 63170 AUBIERE</t>
   </si>
   <si>
     <t>12/10/2021</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/2006</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE JEAN MONNET</t>
   </si>
   <si>
     <t>10 RUE TREFILERIE 42100 SAINT-ETIENNE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1725,145 +1725,145 @@
       <c r="F26" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3">
         <v>53220498822</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>43903961100025</v>
+        <v>42813525500050</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3">
-        <v>84691657569</v>
+        <v>32590996759</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>49171064600036</v>
+        <v>43903961100025</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>105</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
+        <v>96</v>
       </c>
       <c r="I28" s="3">
-        <v>84630513763</v>
+        <v>84691657569</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>42813525500050</v>
+        <v>49171064600036</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>32590996759</v>
+        <v>84630513763</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="D30" s="2"/>
@@ -1962,31 +1962,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 01:12:19</dc:description>
+  <dc:description>Export en date du 01/31/2026 08:41:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>