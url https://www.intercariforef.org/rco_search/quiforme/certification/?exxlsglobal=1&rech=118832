--- v2 (2026-01-31)
+++ v3 (2026-03-17)
@@ -1962,31 +1962,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 08:41:18</dc:description>
+  <dc:description>Export en date du 03/17/2026 16:14:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>