--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -316,72 +316,72 @@
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ECOLE NATIONALE VETERINAIRE D'ALFORT</t>
   </si>
   <si>
     <t>BATIMENT ADMINISTRATIF - PORTE 5 7 AVENUE DU GENERAL DE GAULLE 94700 MAISONS-ALFORT</t>
   </si>
   <si>
     <t>1194P002694</t>
   </si>
   <si>
     <t>ANIMAL PRO FORMATION</t>
   </si>
   <si>
     <t>10 PLACE LEON BLUM 75011 PARIS</t>
   </si>
   <si>
     <t>15/06/2010</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
     <t>ASS REGIONAL INTERPRO APPRENTI AQUITAINE</t>
   </si>
   <si>
     <t>15 RUE VAUBAN 64100 BAYONNE</t>
   </si>
   <si>
     <t>27/06/2005</t>
-  </si>
-[...13 lines deleted...]
-    <t>01/10/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1630,154 +1630,154 @@
       <c r="F23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>99</v>
       </c>
       <c r="I23" s="3">
         <v>11754668075</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>41387086600063</v>
+        <v>32441928200680</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I24" s="3">
-        <v>72240142824</v>
+        <v>11753781075</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>32441928200680</v>
+        <v>32441928201373</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I25" s="3">
         <v>11753781075</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>32441928201373</v>
+        <v>41387086600063</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>11753781075</v>
+        <v>72240142824</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1793,31 +1793,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 21:22:12</dc:description>
+  <dc:description>Export en date du 12/19/2025 07:04:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>