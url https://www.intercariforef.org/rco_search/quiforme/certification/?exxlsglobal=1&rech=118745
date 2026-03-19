--- v1 (2025-12-19)
+++ v2 (2026-03-19)
@@ -304,84 +304,84 @@
   <si>
     <t>1178P000378</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ECOLE NATIONALE VETERINAIRE D'ALFORT</t>
   </si>
   <si>
     <t>BATIMENT ADMINISTRATIF - PORTE 5 7 AVENUE DU GENERAL DE GAULLE 94700 MAISONS-ALFORT</t>
   </si>
   <si>
     <t>1194P002694</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>4 ALLEE EMILE REYNAUD 77200 TORCY</t>
+  </si>
+  <si>
+    <t>01/06/1997</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>ASS REGIONAL INTERPRO APPRENTI AQUITAINE</t>
+  </si>
+  <si>
+    <t>15 RUE VAUBAN 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>27/06/2005</t>
+  </si>
+  <si>
     <t>ANIMAL PRO FORMATION</t>
   </si>
   <si>
     <t>10 PLACE LEON BLUM 75011 PARIS</t>
   </si>
   <si>
     <t>15/06/2010</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>27/06/2005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1593,191 +1593,191 @@
       <c r="F22" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>95</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>52875765100013</v>
+        <v>32441928200680</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="I23" s="3">
-        <v>11754668075</v>
+        <v>11753781075</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>32441928200680</v>
+        <v>32441928201373</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I24" s="3">
         <v>11753781075</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>32441928201373</v>
+        <v>41387086600063</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I25" s="3">
-        <v>11753781075</v>
+        <v>72240142824</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41387086600063</v>
+        <v>52875765100013</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="I26" s="3">
-        <v>72240142824</v>
+        <v>11754668075</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1793,31 +1793,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 07:04:10</dc:description>
+  <dc:description>Export en date du 03/19/2026 07:36:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>