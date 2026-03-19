--- v2 (2026-03-19)
+++ v3 (2026-03-19)
@@ -1793,31 +1793,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/19/2026 07:36:41</dc:description>
+  <dc:description>Export en date du 03/19/2026 08:43:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>