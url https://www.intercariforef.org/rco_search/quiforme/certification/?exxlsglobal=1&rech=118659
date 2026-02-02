--- v0 (2025-12-12)
+++ v1 (2026-02-02)
@@ -184,81 +184,81 @@
   <si>
     <t>UNIVERSITE DU MANS</t>
   </si>
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS 1 PANTHEON-SORBONNE</t>
   </si>
   <si>
     <t>12 PLACE DU PANTHEON 75005 PARIS</t>
   </si>
   <si>
     <t>1175P000475</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>FORMASUP MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
-  </si>
-[...22 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1118,145 +1118,145 @@
       <c r="F13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42813525500050</v>
+        <v>39391439500057</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="I14" s="3">
-        <v>32590996759</v>
+        <v>93130972313</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39391439500057</v>
+        <v>42071817300065</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I15" s="3">
-        <v>93130972313</v>
+        <v>11755342375</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42071817300065</v>
+        <v>42813525500050</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>11755342375</v>
+        <v>32590996759</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
@@ -1318,31 +1318,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/12/2025 01:22:25</dc:description>
+  <dc:description>Export en date du 02/02/2026 04:44:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>