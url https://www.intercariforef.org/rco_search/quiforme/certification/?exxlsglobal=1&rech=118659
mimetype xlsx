--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -1318,31 +1318,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:44:25</dc:description>
+  <dc:description>Export en date du 03/22/2026 14:14:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>