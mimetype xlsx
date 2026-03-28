--- v0 (2026-01-30)
+++ v1 (2026-03-28)
@@ -97,51 +97,51 @@
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE JEAN MONNET</t>
   </si>
   <si>
     <t>39 PLACE JULES FERRY 03400 YZEURE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DENIS DIDEROT - LYCEE DES METIERS DES ARTS APPLIQUES, DU GENIE CIVIL ET DES ENERGIES</t>
   </si>
   <si>
     <t>23 BOULEVARD LAVERAN 13013 MARSEILLE</t>
   </si>
   <si>
     <t>11/01/1991</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE RAYMOND LOEWY - LYCEE DES METIERS D'ART ET DU DESIGN</t>
   </si>
   <si>
-    <t>1 PL DE FILDERSTADT 23300 LA SOUTERRAINE</t>
+    <t>3 PLACE BERNHAUSEN 23300 LA SOUTERRAINE</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE JOSEPHINE BAKER</t>
   </si>
   <si>
     <t>85 AVENUE JEAN BAYLET 31100 TOULOUSE</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE DES ARENES</t>
   </si>
   <si>
     <t>4 PLACE EMILE MALE 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE BREQUIGNY</t>
   </si>
   <si>
     <t>7 AVENUE GEORGES GRAFF 35200 RENNES</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LEONARD DE VINCI - LYCEE DES METIERS DE L'AUDIOVISUEL ET DU DESIGN</t>
   </si>
@@ -1476,31 +1476,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 21:03:21</dc:description>
+  <dc:description>Export en date du 03/28/2026 14:16:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>