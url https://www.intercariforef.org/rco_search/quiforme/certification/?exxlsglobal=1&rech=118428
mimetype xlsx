--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -848,31 +848,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 10:09:01</dc:description>
+  <dc:description>Export en date du 12/08/2025 11:34:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>