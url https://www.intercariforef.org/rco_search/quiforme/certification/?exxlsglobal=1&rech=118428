--- v1 (2025-12-08)
+++ v2 (2026-02-23)
@@ -100,66 +100,66 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LIGUE OCCITANIE DE LA MONTAGNE ET DE L ESCALADE</t>
   </si>
   <si>
     <t>C.R.O.S 7 RUE ANDRE CITROEN 31130 BALMA</t>
   </si>
   <si>
     <t>21/06/2011</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>LIGUE ILE-DE-FRANCE MONTAGNE ET ESCALADE</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE MONTAGNE ESCALADE 8 QUAI DE LA MARNE 75019 PARIS</t>
   </si>
   <si>
     <t>06/02/2020</t>
   </si>
   <si>
+    <t>LIGUE NOUVELLE AQUITAINE MONTAGNE ESCALADE</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>26/11/2016</t>
+  </si>
+  <si>
     <t>FEDERATION FSE MONTAGNE ESCALADE</t>
   </si>
   <si>
     <t>8 QUAI DE LA MARNE 75019 PARIS</t>
   </si>
   <si>
     <t>19/04/1996</t>
-  </si>
-[...7 lines deleted...]
-    <t>26/11/2016</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -687,117 +687,117 @@
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>11757196475</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78435419300046</v>
+        <v>52185883700037</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="3">
-        <v>11753802875</v>
+        <v>75331734033</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52185883700037</v>
+        <v>78435419300046</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>75331734033</v>
+        <v>11753802875</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>37</v>
@@ -848,31 +848,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 11:34:08</dc:description>
+  <dc:description>Export en date du 02/23/2026 06:35:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>