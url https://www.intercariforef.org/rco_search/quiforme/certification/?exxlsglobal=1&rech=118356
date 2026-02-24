--- v0 (2025-12-14)
+++ v1 (2026-02-24)
@@ -58,168 +58,168 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>EMINEO INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>01/10/2022</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>86 COURS DE LA MARTINIQUE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>16/05/2023</t>
+  </si>
+  <si>
+    <t>ZONE INDUSTRIELLE SUD EST 21 RUE DU BIGNON 35135 CHANTEPIE</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>LK FORMATIONS</t>
+  </si>
+  <si>
+    <t>40 RUE DE JEMMAPES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>13/12/2018</t>
+  </si>
+  <si>
     <t>ASSOCIATION SUP DE VINCI</t>
   </si>
   <si>
     <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>18/05/2021</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...7 lines deleted...]
-  <si>
     <t>PARTNER FORMATION</t>
   </si>
   <si>
     <t>26 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>07/06/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ISITECH - ISICOM</t>
   </si>
   <si>
     <t>58-60 58 RUE ETIENNE DOLET 92240 MALAKOFF</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>OGEC VINCENT DE PAUL</t>
   </si>
   <si>
     <t>32 RUE BAUDIMONT 62000 ARRAS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
+    <t>ASSOCIATION INSTITUT LIMAYRAC</t>
+  </si>
+  <si>
+    <t>LYCEE TECHNO PRIVE SOCIAL ET TECHNIQUE 50 RUE DE LIMAYRAC 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>MEWO</t>
+  </si>
+  <si>
+    <t>SUPUETO METZ / VIDAL FORMATION METZ</t>
+  </si>
+  <si>
+    <t>7 RUE EDOUARD BELIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE D'INFORMATIQUE</t>
   </si>
   <si>
     <t>ESI</t>
   </si>
   <si>
-    <t>7 RUE EDOUARD BELIN 57070 METZ</t>
-[...1 lines deleted...]
-  <si>
     <t>01/04/2017</t>
-  </si>
-[...43 lines deleted...]
-    <t>01/01/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -624,494 +624,494 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>40955435900037</v>
+        <v>90289074800020</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11920947992</v>
+        <v>75331458533</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>45165687000057</v>
+        <v>90289074800038</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>82691006269</v>
+        <v>75331458533</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>45165687000065</v>
+        <v>90289074800046</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>82691006269</v>
+        <v>75331458533</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45235951600021</v>
+        <v>81434862900035</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11910566091</v>
+        <v>32590969259</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77563016300019</v>
+        <v>40955435900037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>31620012662</v>
+        <v>11920947992</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82924224700015</v>
+        <v>45165687000057</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I7" s="3"/>
+        <v>33</v>
+      </c>
+      <c r="I7" s="3">
+        <v>82691006269</v>
+      </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>81434862900035</v>
+        <v>45165687000065</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I8" s="3">
-        <v>32590969259</v>
+        <v>82691006269</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77694486000019</v>
+        <v>45235951600021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>73310003031</v>
+        <v>11910566091</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82047291800011</v>
+        <v>77563016300019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="I10" s="3">
-        <v>44570372857</v>
+        <v>31620012662</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>90289074800020</v>
+        <v>77694486000019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>75331458533</v>
+        <v>73310003031</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>90289074800038</v>
+        <v>82047291800011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>75331458533</v>
+        <v>44570372857</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>90289074800046</v>
+        <v>82924224700015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>52</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1124,31 +1124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 09:22:23</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:15:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>