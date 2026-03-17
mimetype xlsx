--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -82,51 +82,51 @@
   <si>
     <t>ASSOCIATION SUP DE VINCI</t>
   </si>
   <si>
     <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>18/05/2021</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CNIT 2 PLACE DE LA DEFENSE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
-    <t>SDV-ISI</t>
+    <t>EMINEO INFORMATIQUE</t>
   </si>
   <si>
     <t>6 RUE DU MOULIN DE LA HALVEQUE 44300 NANTES</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>86 COURS DE LA MARTINIQUE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
     <t>ZONE INDUSTRIELLE SUD EST 21 RUE DU BIGNON 35135 CHANTEPIE</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -786,31 +786,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 22:20:51</dc:description>
+  <dc:description>Export en date du 03/17/2026 22:33:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>