--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -91,72 +91,72 @@
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION BRETAGNE</t>
   </si>
   <si>
     <t>2 COURS DES ALLIES 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GRAND EST</t>
+  </si>
+  <si>
+    <t>CMAR GRAND EST</t>
+  </si>
+  <si>
+    <t>ESPACE PARTENAIRE POLE DES METIERS 5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
+  </si>
+  <si>
+    <t>CMA FRANCE</t>
+  </si>
+  <si>
+    <t>12 AVENUE MARCEAU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>1175P013475</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...19 lines deleted...]
-    <t>1175P013475</t>
   </si>
   <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>CHE DE REIMS 51140 MUIZON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CRS PROMOTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>28 RUE DES PYRENEES 31400 TOULOUSE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -676,209 +676,209 @@
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002794900267</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>53351087435</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002801200016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>44570405157</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18750004600011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="J6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77566202600084</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>11750079275</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77566202600175</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
         <v>11750079275</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -894,31 +894,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 12:52:21</dc:description>
+  <dc:description>Export en date du 12/25/2025 00:30:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>