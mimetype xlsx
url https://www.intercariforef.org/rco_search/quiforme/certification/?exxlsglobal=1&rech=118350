--- v1 (2025-12-24)
+++ v2 (2026-03-18)
@@ -115,51 +115,51 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GRAND EST</t>
   </si>
   <si>
     <t>CMAR GRAND EST</t>
   </si>
   <si>
     <t>ESPACE PARTENAIRE POLE DES METIERS 5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
   </si>
   <si>
     <t>CMA FRANCE</t>
   </si>
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>CHE DE REIMS 51140 MUIZON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CRS PROMOTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>28 RUE DES PYRENEES 31400 TOULOUSE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -894,31 +894,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 00:30:57</dc:description>
+  <dc:description>Export en date du 03/18/2026 11:16:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>