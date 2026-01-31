--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -94,72 +94,72 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BOURDELLE</t>
   </si>
   <si>
     <t>GRETA MIDI-PYRENEES OUEST</t>
   </si>
   <si>
     <t>12 RUE DU GENERAL SARRAIL 82000 MONTAUBAN</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7382P000282</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>LAUAK FRANCE</t>
+  </si>
+  <si>
+    <t>ZONE ARTISANALE MUGAN 64240 AYHERRE</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>25.11Z</t>
+  </si>
+  <si>
     <t>ICAM OUEST</t>
   </si>
   <si>
     <t>35 AVENUE DU CHAMP DE MANOEUVRES 44470 CARQUEFOU</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>85.42Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>25.11Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>333 ROUTE DE LA COTE D'AMOUR 44600 SAINT-NAZAIRE</t>
   </si>
@@ -668,117 +668,117 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35263692200028</v>
+        <v>30446408400033</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>52440189944</v>
+        <v>72640356764</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>30446408400033</v>
+        <v>35263692200028</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>72640356764</v>
+        <v>52440189944</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
@@ -1016,31 +1016,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 20:37:38</dc:description>
+  <dc:description>Export en date du 01/31/2026 07:35:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>