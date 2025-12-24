--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -14,226 +14,502 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1055">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1122">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LYCEE ANDRE MALRAUX - LYCEE DES METIERS DU BOIS</t>
+  </si>
+  <si>
+    <t>GRETA LORRAINE SUD</t>
+  </si>
+  <si>
+    <t>13 RUE DE L'EPINETTE 88200 REMIREMONT</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ACCOM INSTITUT</t>
+  </si>
+  <si>
+    <t>2 RUE DE SEZE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>20/03/1999</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>ALPES DEVELOPPEMENT FORMATION</t>
   </si>
   <si>
     <t>ZI SAINT JOSEPH RUE DES ENTREPRENEURS 04100 MANOSQUE</t>
   </si>
   <si>
     <t>27/07/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>GROUPE JPL</t>
   </si>
   <si>
     <t>124 AVENUE DU GENERAL LECLERC 91800 BRUNOY</t>
   </si>
   <si>
     <t>01/02/1998</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>AMERICAN TEACHERS</t>
   </si>
   <si>
     <t>A T TRADUCTION - ENGLISH TEACHERS - BRITISH TEACHE</t>
   </si>
   <si>
     <t>9 B RUE GABILLOT 69003 LYON</t>
   </si>
   <si>
     <t>16/10/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMA 2+</t>
   </si>
   <si>
     <t>3 RUE BELLANGER 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>08/11/1995</t>
   </si>
   <si>
     <t xml:space="preserve">GERAGHTY LORNA   </t>
   </si>
   <si>
     <t>LES GAILLARDS 4 RUE DU 19 MARS 1962 63190 ORLEAT</t>
   </si>
   <si>
     <t>01/04/1995</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>SARL FORMANTER</t>
   </si>
   <si>
     <t>208 RUE DU GENERAL DE GAULLE 69530 BRIGNAIS</t>
   </si>
   <si>
     <t>21/09/2020</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>08/05/2002</t>
   </si>
   <si>
-    <t>LYCEE ANDRE MALRAUX - LYCEE DES METIERS DU BOIS</t>
-[...8 lines deleted...]
-    <t>23/10/2017</t>
+    <t>ALTERNATIVE SOLUTIONS ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 4 5 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>05/01/1998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HENNEBERT JACQUES   </t>
+  </si>
+  <si>
+    <t>HENNEBERT FORMATION</t>
+  </si>
+  <si>
+    <t>VAUCELLES 6 B ROUTE DE SPOIR 28630 MIGNIERES</t>
+  </si>
+  <si>
+    <t>01/05/2002</t>
+  </si>
+  <si>
+    <t>CALAD'IMPULSION</t>
+  </si>
+  <si>
+    <t>847 ROUTE DE FRANS 69400 VILLEFRANCHE-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>19/05/2011</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>OURAGAN FORMATION</t>
+  </si>
+  <si>
+    <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>25/10/2019</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>EXPLORA LANGUES</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 54 RUE GIOFFREDO 06000 NICE</t>
+  </si>
+  <si>
+    <t>12/05/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MOSS CLARE   </t>
+  </si>
+  <si>
+    <t>170 B CHEMIN DU COQUILLAT 33850 LEOGNAN</t>
+  </si>
+  <si>
+    <t>01/10/2010</t>
+  </si>
+  <si>
+    <t>AUDRA LANGUES</t>
+  </si>
+  <si>
+    <t>27 AVENUE NOTRE-DAME 06000 NICE</t>
+  </si>
+  <si>
+    <t>15/06/2011</t>
+  </si>
+  <si>
+    <t>I B L</t>
+  </si>
+  <si>
+    <t>LES JARDINS DE FARGUES  -  BAT F 19 B AVENUE GUILLAUME DE FARGIS 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>UNION NATIONALE DES JUMELAGES POUR TOUS</t>
+  </si>
+  <si>
+    <t>13 RUE DE JAVEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>SHERWOOD FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DU PARC DE MESEMENA 44500 LA BAULE-ESCOUBLAC</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>KINTAIL COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>77 BOULEVARD EUGENE CHAUMIN 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/12/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">O'NEILL NOREEN MAEVE  </t>
+  </si>
+  <si>
+    <t>42 AVENUE BAIOLVILLA 31600 MURET</t>
+  </si>
+  <si>
+    <t>30/11/2016</t>
+  </si>
+  <si>
+    <t>ADEQUATION</t>
+  </si>
+  <si>
+    <t>ZI     IMMEUBLE SOMAG 16 RUE AMPERE 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZAYATZ MARY-BETH   </t>
+  </si>
+  <si>
+    <t>MB JEAN FORMATION EN LANGUES</t>
+  </si>
+  <si>
+    <t>16 RUE DE LA FONTAINE 61100 FLERS</t>
+  </si>
+  <si>
+    <t>04/05/2005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARLES-MESSANCE SANDRINE   </t>
+  </si>
+  <si>
+    <t>125 RTE DE COTABILLET 26380 PEYRINS</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
+    <t>HUMANEM FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES AULNES 69410 CHAMPAGNE-AU-MONT-D'OR</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMITH ANDREW JAMES  </t>
+  </si>
+  <si>
+    <t>ENGLISH - WHY NOT</t>
+  </si>
+  <si>
+    <t>23 CLISTIVAN 56500 LA CHAPELLE-NEUVE</t>
+  </si>
+  <si>
+    <t>28/11/2002</t>
+  </si>
+  <si>
+    <t>CSINFO FORMATION ET INGENIERIE</t>
+  </si>
+  <si>
+    <t>PORT AUTONOME DE LIMAY 89 ROUTE DE LA NOUE 78520 LIMAY</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>PERPIGNAN</t>
+  </si>
+  <si>
+    <t>12/11/2007</t>
+  </si>
+  <si>
+    <t>FCT SOLUTIONS</t>
+  </si>
+  <si>
+    <t>13 BOULEVARD VOLTAIRE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>02/11/2006</t>
+  </si>
+  <si>
+    <t>MATH-ACTION ET LANGUES</t>
+  </si>
+  <si>
+    <t>FORM'ACTION78</t>
+  </si>
+  <si>
+    <t>77 AVENUE DE SAINT GERMAIN 78600 MAISONS-LAFFITTE</t>
+  </si>
+  <si>
+    <t>12/08/2004</t>
+  </si>
+  <si>
+    <t>ENGLISH LANGUAGE CONSULTING</t>
+  </si>
+  <si>
+    <t>22 RUE MARIGNAN 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>14/02/2007</t>
+  </si>
+  <si>
+    <t>FORMAT.CO</t>
+  </si>
+  <si>
+    <t>ACTIMART 6 ALLEE DES BANQUIERS 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>ASS POUR LA FORMATION EN ANGLAIS</t>
+  </si>
+  <si>
+    <t>LE BEAUGENCY 8 BOULEVARD MARCEL CRISTOL 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>06/12/2004</t>
+  </si>
+  <si>
+    <t>BT-INFO</t>
+  </si>
+  <si>
+    <t>BT FORMATION - BT CAMPUS</t>
+  </si>
+  <si>
+    <t>5 ALLEE DE L'EUROPE 67960 ENTZHEIM</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>IDEM</t>
+  </si>
+  <si>
+    <t>4 T FG RIVOTTE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>L'ESPACE LANGUES ET COACHING</t>
+  </si>
+  <si>
+    <t>24 AVENUE DU PRADO 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>04/06/2008</t>
   </si>
   <si>
     <t xml:space="preserve">GERVAIS CAROLINE   </t>
   </si>
   <si>
     <t>112 AVENUE DU 18 JUIN 1940 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>18/08/2005</t>
   </si>
   <si>
     <t>RENNES</t>
   </si>
   <si>
     <t>28/02/2018</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t xml:space="preserve">TETE ALEXANDRE   </t>
   </si>
   <si>
     <t>ALTER-NATIVE</t>
   </si>
   <si>
     <t>LE VERCORS - B6 92 AVENUE MICHEL JOURDAN 06150 CANNES</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
+    <t>129 CHEMIN DES REYNAUDS 04120 DEMANDOLX</t>
+  </si>
+  <si>
     <t xml:space="preserve">MINOZZO VERONIQUE   </t>
   </si>
   <si>
     <t>FORMATION ANGLAIS COURS  MATHS FRANCAIS AUCH</t>
   </si>
   <si>
     <t>4 ROUTE D’AUCH 32550 PAVIE</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t xml:space="preserve">SAYONS SANDRINE   </t>
   </si>
   <si>
     <t>ANGLAISPRO</t>
   </si>
   <si>
     <t>3 PLACE DE LUXEMBOURG 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t xml:space="preserve">MAUPAS CAROLINE AGNES  </t>
@@ -262,53 +538,50 @@
   <si>
     <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
   </si>
   <si>
     <t>28/03/2018</t>
   </si>
   <si>
     <t xml:space="preserve">LABADIE SEVERINE   </t>
   </si>
   <si>
     <t>6 RUE DE LA GARENNE 40480 VIEUX-BOUCAU-LES-BAINS</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t xml:space="preserve">CONNELL LISA MARY  </t>
   </si>
   <si>
     <t>CONNELL E L A</t>
   </si>
   <si>
     <t>673 CHEMIN DU SOLEIL COUCHANT 13170 LES PENNES-MIRABEAU</t>
   </si>
   <si>
-    <t>02/11/2006</t>
-[...1 lines deleted...]
-  <si>
     <t>VIA LINGUA</t>
   </si>
   <si>
     <t>12 RUE DE BOURGOGNE 57070 METZ</t>
   </si>
   <si>
     <t>01/10/2011</t>
   </si>
   <si>
     <t>SKILLS INCORPORATED</t>
   </si>
   <si>
     <t>31 ROUTE DE LA WANTZENAU 67800 HŒNHEIM</t>
   </si>
   <si>
     <t>09/12/2014</t>
   </si>
   <si>
     <t>WOOSPEAK FRANCE</t>
   </si>
   <si>
     <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/01/2020</t>
@@ -319,531 +592,705 @@
   <si>
     <t>493 RUE DU MONCEL 61150 AVOINE</t>
   </si>
   <si>
     <t>28/03/2007</t>
   </si>
   <si>
     <t xml:space="preserve">RIEHL CLAUDIA   </t>
   </si>
   <si>
     <t>24 B RUE JEANNE D ALBRET 91390 MORSANG-SUR-ORGE</t>
   </si>
   <si>
     <t>24/04/2007</t>
   </si>
   <si>
     <t>TEMPOTIME</t>
   </si>
   <si>
     <t>5 RUE HENRI DUBOUILLON 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
+    <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
+  </si>
+  <si>
+    <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2006</t>
+  </si>
+  <si>
+    <t>ESPACE LANGUES ET FORMATIONS EURL</t>
+  </si>
+  <si>
+    <t>49 B RUE DE PARIS 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>AKREATOR FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ARIOSTE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>ASSOCIATION TICHRI</t>
+  </si>
+  <si>
+    <t>LIEU DIT "LES CLOS" 938 ROUTE DE MARSEILLE 83860 NANS-LES-PINS</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>ABC FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>224 COURS LAFAYETTE 69003 LYON</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>DB CONSEIL</t>
+  </si>
+  <si>
+    <t>LES TAILLADES 84830 SERIGNAN-DU-COMTAT</t>
+  </si>
+  <si>
+    <t>28/02/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERENGER CELINE   </t>
+  </si>
+  <si>
+    <t>D43D 880 CHEMIN DE SAINT JEAN DE GARGUIER 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/03/2013</t>
+  </si>
+  <si>
+    <t>ARKETYPE FORMATION</t>
+  </si>
+  <si>
+    <t>AF R - CENTRE D AFFAIRES 28 RUE DE LA BRETONNERIE 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>ACTI'FORMATION</t>
+  </si>
+  <si>
+    <t>111 RUE NOTRE DAME 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>17/12/2015</t>
+  </si>
+  <si>
+    <t>SAS SESAME LANGUAGES</t>
+  </si>
+  <si>
+    <t>46 AVENUE GEORGES CLEMENCEAU 06220 VALLAURIS</t>
+  </si>
+  <si>
+    <t>27/02/2017</t>
+  </si>
+  <si>
+    <t>GOODSIR RA</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA TOUR-MAUBOURG 43600 SAINTE-SIGOLENE</t>
+  </si>
+  <si>
+    <t>14/04/2022</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>ALLEVARD</t>
+  </si>
+  <si>
+    <t>13/08/2022</t>
+  </si>
+  <si>
+    <t>UNIVERS PROTEC FORMATION</t>
+  </si>
+  <si>
+    <t>ANDANCETTE ZAC LES PAYOTS 26140 SAINT RAMBERT D'ALBON</t>
+  </si>
+  <si>
+    <t>01/02/2014</t>
+  </si>
+  <si>
+    <t>TO BE CONTINUED</t>
+  </si>
+  <si>
+    <t>12 BOULEVARD DES SPORTS 77700 BAILLY-ROMAINVILLIERS</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>PALMA SPEAK HOLDING</t>
+  </si>
+  <si>
+    <t>7 RUE NOTRE-DAME DE NAZARETH 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>AUDAVIA</t>
+  </si>
+  <si>
+    <t>141 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>JM RISK MANAGEMENT</t>
+  </si>
+  <si>
+    <t>40 CHEMIN DU CHATEAU 74540 VIUZ-LA-CHIESAZ</t>
+  </si>
+  <si>
+    <t>03/03/2010</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>AVA PERFORMANCES</t>
+  </si>
+  <si>
+    <t>67 RUE DE REUILLY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>15/05/2010</t>
+  </si>
+  <si>
+    <t>ESKILLS.NET</t>
+  </si>
+  <si>
+    <t>150 RUE LEGENDRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>15/07/2010</t>
+  </si>
+  <si>
+    <t>PRESTIGE INTERLANGUAGE</t>
+  </si>
+  <si>
+    <t>109 RUE DU PETIT BOIS 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOHNSTON KATIE MARIE  </t>
+  </si>
+  <si>
+    <t>31 RUE SAINTE GENEVIEVE 33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>05/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEWEURS CHRISTINE HELENE REINE </t>
+  </si>
+  <si>
+    <t>COL DE GAGEOT "LA TOUR DE GAGEOT" ROUTE DU LAC 34800 CLERMONT-L'HERAULT</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>PASCAL DILLY CONSEIL</t>
+  </si>
+  <si>
+    <t>LANGUE SOUS HYPNOSE</t>
+  </si>
+  <si>
+    <t>12 RUE HAUTE PIERRE 57000 METZ</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRADLEY KATIE ELIZABETH  </t>
+  </si>
+  <si>
+    <t>3 AVENUE DES TIRVERTS 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT WELCOME</t>
+  </si>
+  <si>
+    <t>14 RUE DE SAUMUR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>CFL WELCOME OLONNE SUR MER</t>
+  </si>
+  <si>
+    <t>4 RUE FLORA TRISTAN 85340 LES SABLES-D'OLONNE</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>CFL PARIS</t>
+  </si>
+  <si>
+    <t>2 RUE DES COUTURES 77400 SAINT-THIBAULT-DES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ERMES SOLUTIONS</t>
+  </si>
+  <si>
+    <t>GALILEE 2 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>30/06/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYAVOU MICHELLE   </t>
+  </si>
+  <si>
+    <t>26 RUE MAURICE HIRSCH 47000 AGEN</t>
+  </si>
+  <si>
+    <t>18/07/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUEMMERLE AMY BETH  </t>
+  </si>
+  <si>
+    <t>8 RUE SAINT PAUL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/11/2022</t>
+  </si>
+  <si>
+    <t>CFORPRO</t>
+  </si>
+  <si>
+    <t>TOUR DE L'HORLOGE 4 PLACE LOUIS ARMAND 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/01/2008</t>
+  </si>
+  <si>
+    <t>FORCE LANGUES</t>
+  </si>
+  <si>
+    <t>POLE ECO 49 RUE DE L’EGALITE 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STUART MARJORIE   </t>
+  </si>
+  <si>
+    <t>5 RUE DE LA VILLE DENEU 22130 CORSEUL</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>ODYSSEE CREATION</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 14 ALLEE DES GRANDES BRUYERES 41200 ROMORANTIN-LANTHENAY</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>46.19B</t>
+  </si>
+  <si>
+    <t>EURL DIXIE</t>
+  </si>
+  <si>
+    <t>LES PETITS BILINGUES</t>
+  </si>
+  <si>
+    <t>37 PLACE AU FEURRE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>08/09/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>A C C</t>
+  </si>
+  <si>
+    <t>9 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>46.90Z</t>
+  </si>
+  <si>
+    <t>17 RUE SAINT-FIACRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAPLETON TIMOTHY KENNETH  </t>
+  </si>
+  <si>
+    <t>2 LE CHETIF VIN 18520 BENGY-SUR-CRAON</t>
+  </si>
+  <si>
+    <t>25/02/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUVET ALEXIA   </t>
+  </si>
+  <si>
+    <t>681 CHEMIN DES AMANDIERS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>LOCMARIA-GRAND-CHAMP</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIEL-FOURTAS FANNY MARIE-PIERRE  </t>
+  </si>
+  <si>
+    <t>57 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERONIE FLORENCE   </t>
+  </si>
+  <si>
+    <t>VINEXPORTAIDE</t>
+  </si>
+  <si>
+    <t>LES ROBINS 71470 CHAPELLE-THECLE (LA)</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARANGI SEEMA   </t>
+  </si>
+  <si>
+    <t>70 BOULEVARD DE CHARONNE 75020 PARIS</t>
+  </si>
+  <si>
+    <t>07/07/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BATAILLARD SYLVIE   </t>
+  </si>
+  <si>
+    <t>2 ROUTE SOUS LE MONT DE VANNES 70270 SAINT-BARTHELEMY</t>
+  </si>
+  <si>
+    <t>15/07/2009</t>
+  </si>
+  <si>
+    <t>LANGUES ET FORMATION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD DES ITALIENS 75002 PARIS</t>
+  </si>
+  <si>
+    <t>02/02/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAAIBES KAMILIA   </t>
+  </si>
+  <si>
+    <t>LIEU DIT LOGIS DE MOULLINS 72600 SAINT-REMY-DU-VAL</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBIZAY JULIE   </t>
+  </si>
+  <si>
+    <t>207 RUE DES CARRIERES 60270 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>14/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOLY VANESSA   </t>
+  </si>
+  <si>
+    <t>CHEZ M. JOLY LAURENT-PIERRE 3 ROCADE DE LA CROIX SAINT GEORGES 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>09/11/2020</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
+  </si>
+  <si>
+    <t>STRAFORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE D'OSLO 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIBERT MARTINE COLETTE ANTOINETTE </t>
+  </si>
+  <si>
+    <t>11 RUE COMMANDANT WAUTHIER 81100 CASTRES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELAN AMELIE NICOLE CHRISTIANE </t>
+  </si>
+  <si>
+    <t>LE CLOSAGE 14260 LES MONTS D'AUNAY</t>
+  </si>
+  <si>
+    <t>10/06/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN ANTONIO BELEN   </t>
+  </si>
+  <si>
+    <t>BELINGUA ACADEMY</t>
+  </si>
+  <si>
+    <t>3EME ETAGE 36 RUE DE LA GRANGE 69009 LYON</t>
+  </si>
+  <si>
+    <t>22/10/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKMANS MARIE CLAIRE   </t>
+  </si>
+  <si>
+    <t>33 CARRIERE DU FAISAN 59184 SAINGHIN-EN-WEPPES</t>
+  </si>
+  <si>
+    <t>24/09/2012</t>
+  </si>
+  <si>
+    <t>COURS DE FRANCE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>25/03/1982</t>
+  </si>
+  <si>
+    <t>INSTIT FRANC TRADUCT INTERPRET</t>
+  </si>
+  <si>
+    <t>IFTI</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD PEREIRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>BC BOOK SHOP</t>
+  </si>
+  <si>
+    <t>ABC BOOKSHOP</t>
+  </si>
+  <si>
+    <t>11 RUE DES FAULX 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>01/02/1986</t>
+  </si>
+  <si>
+    <t>47.61Z</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPER DES COMMUNICATIONS AVENIR</t>
+  </si>
+  <si>
+    <t>VILLA KANSAS 18 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
     <t>ASK ALLIANCE</t>
   </si>
   <si>
     <t>BATIMENT H ACTIPOLE 130 AVENUE JOSEPH KESSEL 78960 VOISINS-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>22/11/2021</t>
   </si>
   <si>
     <t>BG2I</t>
   </si>
   <si>
     <t>71 BD AUGUSTE DURAND - MONTAIGU 85600 MONTAIGU-VENDEE</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
-    <t xml:space="preserve">KUEMMERLE AMY BETH  </t>
-[...299 lines deleted...]
-    <t>18/07/2011</t>
+    <t xml:space="preserve">LAMBERT MATHEW DONALD  </t>
+  </si>
+  <si>
+    <t>23 RUE DES COTEAUX 35190 LA CHAPELLE-AUX-FILTZMEENS</t>
+  </si>
+  <si>
+    <t>26/02/2021</t>
+  </si>
+  <si>
+    <t>SFG DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
+  </si>
+  <si>
+    <t>17/03/2017</t>
+  </si>
+  <si>
+    <t>ENLIGHTEN LANGUAGES</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES DMCI 31 RUE LAURE DIEBOLD 69009 LYON</t>
+  </si>
+  <si>
+    <t>15/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARTHONNET MARIE CHRISTINE  </t>
+  </si>
+  <si>
+    <t>OPENLANG FORMATIONS</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE LA DIVISION LECLERC 72170 BEAUMONT-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
   </si>
   <si>
     <t>ACTION</t>
   </si>
   <si>
     <t>20 ALLEE ERIDAN 95350 SAINT-BRICE-SOUS-FORET</t>
   </si>
   <si>
     <t>18/08/2011</t>
   </si>
   <si>
-    <t xml:space="preserve">LEBIZAY JULIE   </t>
-[...149 lines deleted...]
-    <t>13/08/2022</t>
+    <t xml:space="preserve">THOMASSET SANDRINE   </t>
+  </si>
+  <si>
+    <t>25 BD DU MAL DE LATTRE DE TASSIGNY 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
   </si>
   <si>
     <t>JEREMY WAINSTEAD CONSEIL &amp; FORMATION</t>
   </si>
   <si>
     <t>10 PLACE ANDRE EMLINGER 64100 BAYONNE</t>
   </si>
   <si>
     <t>NATUREL CONSEIL</t>
   </si>
   <si>
     <t>212 AVENUE DE LA CALIFORNIE 06200 NICE</t>
   </si>
   <si>
     <t>03/01/2023</t>
   </si>
   <si>
     <t>74.90B</t>
   </si>
   <si>
     <t>N&amp;N ENGLISH SOLUTIONS</t>
   </si>
   <si>
     <t>5B 52 RUE DE LA TOURELLE 92100 BOULOGNE-BILLANCOURT</t>
   </si>
@@ -865,2219 +1312,1907 @@
   <si>
     <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
   </si>
   <si>
     <t>NATURELIA</t>
   </si>
   <si>
     <t>BATIMENT F 90 RUE PAUL BERT 69400 VILLEFRANCHE-SUR-SAONE</t>
   </si>
   <si>
     <t>30/12/2019</t>
   </si>
   <si>
     <t>PROWINE LANGUAGE</t>
   </si>
   <si>
     <t>48 RUE PIERRE RENAUDEL 33400 TALENCE</t>
   </si>
   <si>
     <t>14/11/2014</t>
   </si>
   <si>
     <t>79.90Z</t>
   </si>
   <si>
-    <t>ABD FORMATIONS</t>
-[...329 lines deleted...]
-    <t>28/02/2013</t>
+    <t>LIFE IN ENGLISH</t>
+  </si>
+  <si>
+    <t>9 ALLEE DE LA FRATERNITE 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>06/10/2020</t>
+  </si>
+  <si>
+    <t>LEADING LANGUAGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINSELLA PHELIM FRANCIS  </t>
+  </si>
+  <si>
+    <t>8 RUE DU PARC 77450 ESBLY</t>
+  </si>
+  <si>
+    <t>19/05/2015</t>
+  </si>
+  <si>
+    <t>AMW ENGLISH TRAINING</t>
+  </si>
+  <si>
+    <t>18 RUE PAUL DOUMER 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHUM CHARLOTTE YI  </t>
+  </si>
+  <si>
+    <t>YI INSTITUTE</t>
+  </si>
+  <si>
+    <t>12 RUE DE VERDUN 81600 GAILLAC</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>MAUJONNET CONSULTING</t>
+  </si>
+  <si>
+    <t>CBNM</t>
+  </si>
+  <si>
+    <t>73 AVENUE LEDRU-ROLLIN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>08/12/2015</t>
+  </si>
+  <si>
+    <t>20 RUE LAVOISIER 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>04/01/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH FOR FRENCH</t>
+  </si>
+  <si>
+    <t>DU 24 AOUT 1944 8 AVENUE DE LA LIBERATION 13210 SAINT-REMY-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>CARDOULINES B1 1360 ROUTE DES DOLINES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>B2H13 MARSEILLE</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>SEE YOU-C.U! CAREER &amp; UNIVERSE</t>
+  </si>
+  <si>
+    <t>4 PLACE DES COULMES 38320 EYBENS</t>
+  </si>
+  <si>
+    <t>26/07/2021</t>
+  </si>
+  <si>
+    <t>MALAC INSTITUT DES LANGUES</t>
+  </si>
+  <si>
+    <t>2 T AVENUE DE FRANCE 91300 MASSY</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>ABSOLUTE MJ SOLUTIONS</t>
+  </si>
+  <si>
+    <t>MBE 1 BOULEVARD DE CHATEAUDUN 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>11/04/2016</t>
+  </si>
+  <si>
+    <t>ASKILL FORMATION</t>
+  </si>
+  <si>
+    <t>PARC MELODIA 1460 CHEMIN DES TERRIERS 06600 ANTIBES</t>
+  </si>
+  <si>
+    <t>08/04/2016</t>
+  </si>
+  <si>
+    <t>JACK N' JILL</t>
+  </si>
+  <si>
+    <t>49 AVENUE JEHAN DE BRIE 77120 COULOMMIERS</t>
+  </si>
+  <si>
+    <t>21/05/2016</t>
+  </si>
+  <si>
+    <t>MINDBOOSTER</t>
+  </si>
+  <si>
+    <t>67 RUE DE CHABROL 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHARDSON YASMINE ALIA  </t>
+  </si>
+  <si>
+    <t>17 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>NOVASANCO</t>
+  </si>
+  <si>
+    <t>30 AVENUE DE CANTERANNE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>COSSE-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>MANOPU-HIGH</t>
+  </si>
+  <si>
+    <t>15 AVENUE CARNOT 78700 CONFLANS-SAINTE-HONORINE</t>
+  </si>
+  <si>
+    <t>10/10/2017</t>
+  </si>
+  <si>
+    <t>LES AUTRES &amp; CIE 2014</t>
+  </si>
+  <si>
+    <t>84 RUE BECHEVELIN 69007 LYON</t>
+  </si>
+  <si>
+    <t>09/01/2017</t>
+  </si>
+  <si>
+    <t>90.01Z</t>
+  </si>
+  <si>
+    <t>ENGLISH OF COURSE</t>
+  </si>
+  <si>
+    <t>ROCHEGUT 42380 ROZIER-COTES-D AUREC</t>
+  </si>
+  <si>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALONZI BRUNO   </t>
+  </si>
+  <si>
+    <t>28 RUE DE LA REPUBLIQUE 57360 AMNEVILLE</t>
+  </si>
+  <si>
+    <t>16/08/2016</t>
+  </si>
+  <si>
+    <t>SERVICES PRO</t>
+  </si>
+  <si>
+    <t>86 ROUTE DE GENAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>16/10/2016</t>
+  </si>
+  <si>
+    <t>SENSORY CENTER</t>
+  </si>
+  <si>
+    <t>45 RUE DE MONCEAU 75008 PARIS 08</t>
+  </si>
+  <si>
+    <t>24/06/2024</t>
+  </si>
+  <si>
+    <t>GOUBSKY ALINE PATRICIA ELIZABETH NGOZI</t>
+  </si>
+  <si>
+    <t>45 GRANDE RUE 01150 SAINT-SORLIN-EN-BUGEY</t>
+  </si>
+  <si>
+    <t>13/12/2016</t>
+  </si>
+  <si>
+    <t>CR2E ACCESSIBILITE</t>
+  </si>
+  <si>
+    <t>126 AVENUE DU GENERAL LECLERC 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>18/09/2018</t>
+  </si>
+  <si>
+    <t>ENGLISH FOR LIFE</t>
+  </si>
+  <si>
+    <t>450 AVENUE DES PHILOSOPHES DES LUMIERES 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>08/06/2017</t>
+  </si>
+  <si>
+    <t>O'BEINGLISH</t>
+  </si>
+  <si>
+    <t>293 BOULEVARD SAINT-DENIS 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>THDS</t>
+  </si>
+  <si>
+    <t>SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>27/05/2024</t>
+  </si>
+  <si>
+    <t>INTGRAL FORMATION</t>
+  </si>
+  <si>
+    <t>33 RUE RAFFET 75016 PARIS</t>
+  </si>
+  <si>
+    <t>19/01/2021</t>
+  </si>
+  <si>
+    <t>MACMILLIN LANGUAGE SERVICES</t>
+  </si>
+  <si>
+    <t>5 RUE DES ALLUMETTES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>29/12/2017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PARIS LAURIE   </t>
+  </si>
+  <si>
+    <t>HELP! MON ANGLAIS</t>
+  </si>
+  <si>
+    <t>BATIMENT VEGA 117 RUE FONTGIEVE 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/08/2023</t>
+  </si>
+  <si>
+    <t>CALL LEARNING</t>
+  </si>
+  <si>
+    <t>35 CHEMIN DE L'ARBOIS 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>614 CHEMIN DE MARSEILLE 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>CAP LEARN</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA BOUTIERE 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>LES ALLUETS-LE-ROI</t>
+  </si>
+  <si>
+    <t>15/03/2022</t>
+  </si>
+  <si>
+    <t>FRANCE FORMATION DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>1 RUE NICOLAS APPERT 75011 PARIS</t>
+  </si>
+  <si>
+    <t>25/11/2019</t>
+  </si>
+  <si>
+    <t>SPEAKUP ENGLISH COACHING</t>
+  </si>
+  <si>
+    <t>RES MY LIBERTY BAT B 7 RUE PIERRE GUIRAL 13003 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>SUCCESSFUL IN ENGLISH</t>
+  </si>
+  <si>
+    <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>15/06/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICHARD VINCENT OLIVIER  </t>
+  </si>
+  <si>
+    <t>BATIMENT 3 80 ROUTE DE LYON 69680 CHASSIEU</t>
+  </si>
+  <si>
+    <t>10/12/2018</t>
+  </si>
+  <si>
+    <t>LM FORMATION</t>
+  </si>
+  <si>
+    <t>4 AVENUE LAURENT CELY 92600 ASNIERES-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/12/2018</t>
+  </si>
+  <si>
+    <t>SPEAK FORMATIONS</t>
+  </si>
+  <si>
+    <t>4 RUE DU QUATORZE JUILLET 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>CMC FORMATIONS</t>
+  </si>
+  <si>
+    <t>COURS &amp; METHODE</t>
+  </si>
+  <si>
+    <t>136 CHAUSSEE DU SILLON 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>13/12/2018</t>
+  </si>
+  <si>
+    <t>MYE FORMATION</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>SYLKA FORMATION</t>
+  </si>
+  <si>
+    <t>RES LE RUBIA BAT B 1 RUE-FRANCOIS-RICHAUD 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>28/02/2019</t>
+  </si>
+  <si>
+    <t>ALEYSSON</t>
+  </si>
+  <si>
+    <t>97 B RUE DU DAUPHINE 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>CSC CONSULTING</t>
+  </si>
+  <si>
+    <t>WORLD ACADEMY</t>
+  </si>
+  <si>
+    <t>7 RUE CARAMAN 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/03/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CLAVERIE AUDREY   </t>
+  </si>
+  <si>
+    <t>95 IMPASSE DE LA COTE 69360 SOLAIZE</t>
+  </si>
+  <si>
+    <t>08/03/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SPECIALISE EN CONSEIL ET FORMATION (ISCOF)</t>
+  </si>
+  <si>
+    <t>FORMAPLUME</t>
+  </si>
+  <si>
+    <t>103 AVENUE CARNOT 54130 SAINT-MAX</t>
+  </si>
+  <si>
+    <t>24/04/2019</t>
+  </si>
+  <si>
+    <t>BUNKER LAB</t>
+  </si>
+  <si>
+    <t>18 RUE LAC SAINT ANDRE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
+  </si>
+  <si>
+    <t>FORMADVANCE</t>
+  </si>
+  <si>
+    <t>8 IMPASSE DOUSSINEAU 92270 BOIS-COLOMBES</t>
+  </si>
+  <si>
+    <t>20/05/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WYETT ADAM   </t>
+  </si>
+  <si>
+    <t>ENGLISHTIME.LIVE</t>
+  </si>
+  <si>
+    <t>70 RUE BERGSON 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>23/10/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT INTERNATIONAL LANGUES &amp; AFFAIRES</t>
+  </si>
+  <si>
+    <t>1 RUE DE CLAIREFONTAINE 78120 RAMBOUILLET</t>
+  </si>
+  <si>
+    <t>01/08/2020</t>
+  </si>
+  <si>
+    <t>L'ATELIER DES COMPETENCES</t>
+  </si>
+  <si>
+    <t>7 RUE DE FRANCE 57370 PHALSBOURG</t>
+  </si>
+  <si>
+    <t>12/07/2019</t>
+  </si>
+  <si>
+    <t>ON TIME CONSEIL</t>
+  </si>
+  <si>
+    <t>75 RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>07/08/2019</t>
+  </si>
+  <si>
+    <t>DOLYTES CENTRE D'APPRENTISSAGE</t>
+  </si>
+  <si>
+    <t>63 RUE BEAUMARCHAIS 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>22/08/2019</t>
+  </si>
+  <si>
+    <t>PROEVENT ACADEMY</t>
+  </si>
+  <si>
+    <t>PROEVENT ACEDEMY</t>
+  </si>
+  <si>
+    <t>26 RUE RENNEQUIN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>28/08/2019</t>
+  </si>
+  <si>
+    <t>LINGOVISIO</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA GARE DE REUILLY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/2021</t>
+  </si>
+  <si>
+    <t>COLLEGE DE PARIS GRAND EST</t>
+  </si>
+  <si>
+    <t>MAISON DU BATIMENT 12 ALLEE NATHAN KATZ 68100 MULHOUSE</t>
+  </si>
+  <si>
+    <t>OUMATECH</t>
+  </si>
+  <si>
+    <t>13 RUE JACQUES DAGUERRE 92500 RUEIL-MALMAISON</t>
+  </si>
+  <si>
+    <t>17/10/2019</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>QUALI PLUS FORMATION</t>
+  </si>
+  <si>
+    <t>99 AVENUE ACHILLE PERETTI 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>ZIA</t>
+  </si>
+  <si>
+    <t>39 BOULEVARD LENINE 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>28/11/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JIAN YIXUAN   </t>
+  </si>
+  <si>
+    <t>RUE J GUEHENNO 83480 PUGET-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>05/10/2021</t>
+  </si>
+  <si>
+    <t>GENIUS FORM</t>
+  </si>
+  <si>
+    <t>5 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
+  </si>
+  <si>
+    <t>17/02/2020</t>
+  </si>
+  <si>
+    <t>WAY UP</t>
+  </si>
+  <si>
+    <t>1 ROUTE DE LYON 69320 FEYZIN</t>
+  </si>
+  <si>
+    <t>12/07/2021</t>
+  </si>
+  <si>
+    <t>96.09Z</t>
+  </si>
+  <si>
+    <t>GLOBE TRAINING &amp; CONSULTING</t>
+  </si>
+  <si>
+    <t>ESPACE MEDIA-LE TECHNOPARC 3 RUE GUSTAVE EIFFEL 78300 POISSY</t>
+  </si>
+  <si>
+    <t>MK COACHING ET FORMATIONS</t>
+  </si>
+  <si>
+    <t>5 RUE DE VIGNIER 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>05/05/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BLASCO DELPHINE MARIE LEONE </t>
+  </si>
+  <si>
+    <t>15 RUE CAPITAINE VICTOR ESCANDE 34300 AGDE</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>EVOYA CONSEILS</t>
+  </si>
+  <si>
+    <t>BATIMENT LE CEZANNE 35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>VISIFORMA</t>
+  </si>
+  <si>
+    <t>49 RUE BARTHELEMY DANJOU 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>15/06/2020</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>GROUPE ANALYZ CONSULTING</t>
+  </si>
+  <si>
+    <t>CITY PARK 1 ALLEE LAVOISIER 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>13/11/2023</t>
+  </si>
+  <si>
+    <t>CIFEP LYON</t>
+  </si>
+  <si>
+    <t>30 RUE DE LA BAISSE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>31/01/2023</t>
+  </si>
+  <si>
+    <t>T F PERFORMANCE</t>
+  </si>
+  <si>
+    <t>118-130 118 AVENUE JEAN JAURES 75019 PARIS</t>
+  </si>
+  <si>
+    <t>12/06/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT INTERNATIONALE DE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>47 RUE LAENNEC 93250 VILLEMOMBLE</t>
+  </si>
+  <si>
+    <t>06/08/2020</t>
+  </si>
+  <si>
+    <t>ELIKYA ACADEMY</t>
+  </si>
+  <si>
+    <t>10 RUE SAINT THEOBALD 38080 L'ISLE-D'ABEAU</t>
+  </si>
+  <si>
+    <t>27/07/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PIEDRAHITA CARDONA JUAN DAVID  </t>
+  </si>
+  <si>
+    <t>32 ROUTE DE LA CROIX RAPEAU 42330 SAINT-GALMIER</t>
+  </si>
+  <si>
+    <t>27/08/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VILAIN AMBROISE   </t>
+  </si>
+  <si>
+    <t>17 ALLEE DU BELVEDERE 78230 LE PECQ</t>
+  </si>
+  <si>
+    <t>10/10/2020</t>
+  </si>
+  <si>
+    <t>62.02B</t>
+  </si>
+  <si>
+    <t>A STAR</t>
+  </si>
+  <si>
+    <t>60 CHEMIN DES CANEBIERS 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
+  </si>
+  <si>
+    <t>FORMIP</t>
+  </si>
+  <si>
+    <t>7 IMPASSE DE LA CHAUX 39110 MARNOZ</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>ACTIV' PROJETS</t>
+  </si>
+  <si>
+    <t>92 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>07/01/2022</t>
+  </si>
+  <si>
+    <t>NOVUS FORMATION</t>
+  </si>
+  <si>
+    <t>13 BOULEVARD VICTOR DUHAMEL 78200 MANTES-LA-JOLIE</t>
+  </si>
+  <si>
+    <t>UNIVERSAL TRAINING ACADEMY</t>
+  </si>
+  <si>
+    <t>79 RUE DES FRERES LUMIERE 93330 NEUILLY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>02/12/2020</t>
+  </si>
+  <si>
+    <t>MY SERVICE ADM</t>
+  </si>
+  <si>
+    <t>MY SERVICE FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE D'ESCHBORN 91230 MONTGERON</t>
+  </si>
+  <si>
+    <t>21/12/2020</t>
+  </si>
+  <si>
+    <t>82.11Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASSON AXEL ROMANENKO  </t>
+  </si>
+  <si>
+    <t>LES DUNES D'OR APPARTEMENT 404 ALLEE DU MINI GOLF 34280 LA GRANDE-MOTTE</t>
+  </si>
+  <si>
+    <t>06/01/2021</t>
+  </si>
+  <si>
+    <t>SF FORMATIONS</t>
+  </si>
+  <si>
+    <t>2 IMPASSE PAUL ELUARD 82100 CASTELSARRASIN</t>
+  </si>
+  <si>
+    <t>14/12/2020</t>
+  </si>
+  <si>
+    <t>EXASSESS</t>
+  </si>
+  <si>
+    <t>115 RUE CARDINET 75017 PARIS</t>
+  </si>
+  <si>
+    <t>18/01/2021</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>88 AVENUE DES TERNES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/01/2025</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>FORMA+</t>
+  </si>
+  <si>
+    <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>15/01/2021</t>
+  </si>
+  <si>
+    <t>CLK LEARNING</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>14/01/2021</t>
+  </si>
+  <si>
+    <t>GAMBIAN UNION</t>
+  </si>
+  <si>
+    <t>112 RUE HELENE COCHENNEC 93300 AUBERVILLIERS</t>
+  </si>
+  <si>
+    <t>06/02/2023</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>SABB</t>
+  </si>
+  <si>
+    <t>E-FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE ALAN TURING 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>TRANS-COMPETENCES</t>
+  </si>
+  <si>
+    <t>76 RUE DE LA CONVENTION 93120 LA COURNEUVE</t>
+  </si>
+  <si>
+    <t>11/02/2021</t>
+  </si>
+  <si>
+    <t>AFB'CONNEXION</t>
+  </si>
+  <si>
+    <t>23 RUE DES GENETS 91250 SAINT-GERMAIN-LES-CORBEIL</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>6 ALLEE DES JARDINS DE LA FROTTRAIS 22770 LANCIEUX</t>
+  </si>
+  <si>
+    <t>RM FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE LEFEBVRE 91350 GRIGNY</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
+  </si>
+  <si>
+    <t>JMD CONSULTING</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD CLEMENCEAU 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>ESN 428</t>
+  </si>
+  <si>
+    <t>AU GRAND BEL AIR 91 CHEMIN DU GRAND CHENE 38200 VILLETTE-DE-VIENNE</t>
+  </si>
+  <si>
+    <t>17/02/2021</t>
+  </si>
+  <si>
+    <t>THOTE</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD CARNOT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>15/04/2021</t>
+  </si>
+  <si>
+    <t>L'ACADEMIE FORMATION</t>
+  </si>
+  <si>
+    <t>31 RUE EDOUARD AYNARD 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>08/04/2021</t>
   </si>
   <si>
     <t>QONT FORMATION</t>
   </si>
   <si>
     <t>2 - 2B 2 B RUE PIERRE DE RONSARD 78200 MANTES-LA-JOLIE</t>
   </si>
   <si>
     <t>28/04/2021</t>
   </si>
   <si>
     <t>ACM CONSULT</t>
   </si>
   <si>
     <t>LE PHENICIA - 46 CHEMIN DES CASALS 06700 SAINT-LAURENT-DU-VAR</t>
   </si>
   <si>
     <t>03/05/2021</t>
   </si>
   <si>
     <t>MYCONNECTING.COM</t>
   </si>
   <si>
     <t>40 RUE DE L'EST 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>12/04/2021</t>
   </si>
   <si>
     <t>DATAIPA</t>
   </si>
   <si>
     <t>40 CHEMIN DE LA REVOLIERE LA FORESTIER 69700 BEAUVALLON</t>
   </si>
   <si>
     <t>27/05/2021</t>
   </si>
   <si>
-    <t>62.01Z</t>
-[...1 lines deleted...]
-  <si>
     <t>TOUS A L'ANGLAIS</t>
   </si>
   <si>
     <t>16 RUE COCHET 76600 LE HAVRE</t>
   </si>
   <si>
     <t>14/06/2021</t>
   </si>
   <si>
-    <t>EURL DIXIE</t>
-[...947 lines deleted...]
-    <t>12/03/2021</t>
+    <t>PRO FORMA</t>
+  </si>
+  <si>
+    <t>6 B RUE DU BAS VILLAGE 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>10/06/2021</t>
+  </si>
+  <si>
+    <t>ORTHOGRAPHE FORMATION</t>
+  </si>
+  <si>
+    <t>155 AVENUE VICTOR HUGO 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>MY ENGLISH SISTER PRO</t>
+  </si>
+  <si>
+    <t>87 GRANDE RUE 69780 TOUSSIEU</t>
+  </si>
+  <si>
+    <t>28/02/2023</t>
+  </si>
+  <si>
+    <t>CAP GOLD CONSEIL</t>
+  </si>
+  <si>
+    <t>PARC D ACTIVITE CRYSTALIDE 8 B RUE GABRIEL VOISIN 51100 REIMS</t>
+  </si>
+  <si>
+    <t>09/05/2022</t>
+  </si>
+  <si>
+    <t>COMPAGNIE DES PARCOURS DE FORMATION</t>
+  </si>
+  <si>
+    <t>10 RUE DU COLISEE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/07/2021</t>
+  </si>
+  <si>
+    <t>STUDEO</t>
+  </si>
+  <si>
+    <t>117 QUAI DE BACALAN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>DEVOLA FORMATION</t>
+  </si>
+  <si>
+    <t>100 RUE D'ANGLETERRE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>30/07/2021</t>
+  </si>
+  <si>
+    <t>FORMAZON</t>
+  </si>
+  <si>
+    <t>14 RUE DES MORVRAINS 94350 VILLIERS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>SE FORMER</t>
+  </si>
+  <si>
+    <t>56 ALLEE DE LA BASINE 73000 BASSENS</t>
+  </si>
+  <si>
+    <t>04/08/2021</t>
+  </si>
+  <si>
+    <t>JOKER FORM</t>
+  </si>
+  <si>
+    <t>24 RUE BUFFAULT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>DATLIN GROUPE</t>
+  </si>
+  <si>
+    <t>ALL12 - 2 ETG 218 AVENUE DAUMESNIL 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>SAS PRO FORMATION</t>
+  </si>
+  <si>
+    <t>193 AVENUE HENRI BARBUSSE 93700 DRANCY</t>
+  </si>
+  <si>
+    <t>25/06/2021</t>
+  </si>
+  <si>
+    <t>MICH</t>
+  </si>
+  <si>
+    <t>ENGLISH ACADEMY</t>
+  </si>
+  <si>
+    <t>20 T RUE JULIEN 69003 LYON 3EME</t>
+  </si>
+  <si>
+    <t>HAPPY FORMA</t>
+  </si>
+  <si>
+    <t>16 RUE CHAUVEAU 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASMANI NADIR   </t>
+  </si>
+  <si>
+    <t>65 RUE EMMANUEL BRUN 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>ISPM FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE SUCHET 94700 MAISONS-ALFORT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>FORMACONCEPT</t>
+  </si>
+  <si>
+    <t>08/11/2021</t>
+  </si>
+  <si>
+    <t>FORMEXPERTS</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DU PIGEONNIER DE LA CEPIERE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/10/2024</t>
+  </si>
+  <si>
+    <t>DYNAMIC LEARNING</t>
+  </si>
+  <si>
+    <t>49-51 49 RUE DE PONTHIEU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>12/11/2021</t>
+  </si>
+  <si>
+    <t>HBD ACADEMY</t>
+  </si>
+  <si>
+    <t>30 RUE GREFFULHE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>18/11/2021</t>
+  </si>
+  <si>
+    <t>TARGET TRAINING &amp; COACHING</t>
+  </si>
+  <si>
+    <t>209 RUE RENE CAUDRON 60280 MARGNY-LES-COMPIEGNE</t>
+  </si>
+  <si>
+    <t>06/05/2022</t>
+  </si>
+  <si>
+    <t>IFDN</t>
+  </si>
+  <si>
+    <t>5 RUE DE CONFLANS 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>03/12/2021</t>
+  </si>
+  <si>
+    <t>EN ACADEMY</t>
+  </si>
+  <si>
+    <t>16 RUE CUVIER 69006 LYON</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>ACADEMIE FORMATION</t>
+  </si>
+  <si>
+    <t>9 ALLEE DES BLEUETS 95400 VILLIERS-LE-BEL</t>
+  </si>
+  <si>
+    <t>25/05/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARANO ANDREA   </t>
+  </si>
+  <si>
+    <t>STUDIO ACADEMY</t>
+  </si>
+  <si>
+    <t>LA MOUTONNE 334 IMPASSE LAVOISIER 83260 LA CRAU</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>CMBC</t>
+  </si>
+  <si>
+    <t>39 RUE PAUL CLAUDEL 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>PCSR FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DU VAL NOTRE DAME 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>SAVI</t>
+  </si>
+  <si>
+    <t>229 RUE SAINT-HONORE 75001 PARIS</t>
+  </si>
+  <si>
+    <t>26/09/2024</t>
+  </si>
+  <si>
+    <t>AI CONSULTING</t>
+  </si>
+  <si>
+    <t>28 RUE DU GENERAL DE GAULLE 77200 TORCY</t>
+  </si>
+  <si>
+    <t>03/02/2022</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>71.20B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEDGE LUCINDA   </t>
+  </si>
+  <si>
+    <t>LUCIDITY BUSINESS ENGLISH</t>
+  </si>
+  <si>
+    <t>244 RUE DE CHANTEPIE 01280 PREVESSIN-MOENS</t>
+  </si>
+  <si>
+    <t>08/03/2022</t>
+  </si>
+  <si>
+    <t>SWITCHING FORMATION</t>
+  </si>
+  <si>
+    <t>57 RUE JEAN JAURES 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
   </si>
   <si>
     <t>85.60Z</t>
   </si>
   <si>
-    <t>ESN 428</t>
-[...289 lines deleted...]
-  <si>
     <t>VICTOR ACADEMY</t>
   </si>
   <si>
     <t>5 ALL WATTEAU 95200 SARCELLES</t>
   </si>
   <si>
     <t>FREEFORMATION</t>
   </si>
   <si>
     <t>24 RUE DE CLICHY 75009 PARIS</t>
   </si>
   <si>
     <t>21/02/2022</t>
   </si>
   <si>
+    <t>ELITE ACADEMIE</t>
+  </si>
+  <si>
+    <t>84 AVENUE DE L’EUROPE 77176 SAVIGNY-LE-TEMPLE</t>
+  </si>
+  <si>
     <t>ATH CONSEIL</t>
   </si>
   <si>
     <t>585 RUE DE LA JUINE 45160 OLIVET</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
-    <t>NEW FORMATION</t>
-[...4 lines deleted...]
-  <si>
     <t>ELEARNING AT HOME</t>
   </si>
   <si>
     <t>ZONE COMMERCIALE FREJORGUES OUEST 300 RUE ROLAND GARROS 34130 MAUGUIO</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>GETSKILLS</t>
   </si>
   <si>
     <t>1 PLACE JEAN MOULIN 38280 JANNEYRIAS</t>
   </si>
   <si>
     <t>RTT - FORMATION &amp; CONSEILS</t>
   </si>
   <si>
     <t>69 A RUE DU PORT 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>DDM FORMATION</t>
   </si>
   <si>
     <t>5 RUE DU CHATEAU 95360 MONTMAGNY</t>
   </si>
   <si>
+    <t>AUTOMATION TEST ACADEMY</t>
+  </si>
+  <si>
+    <t>14 RUE BEFFROY 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
     <t>COURTEO FORMATION</t>
   </si>
   <si>
     <t>61 RUE DU ROUET 13008 MARSEILLE</t>
   </si>
   <si>
     <t>15/04/2022</t>
   </si>
   <si>
-    <t>31/10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>LEARNING GOALS CENTRE DE FORMATION LINGUISTIQUE</t>
   </si>
   <si>
     <t>5 RUE HANS LIST 78290 CROISSY-SUR-SEINE</t>
   </si>
   <si>
     <t>05/05/2022</t>
   </si>
   <si>
+    <t>DEMFIRST</t>
+  </si>
+  <si>
+    <t>114 RUE CHATEAU GAILLARD 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>13/06/2022</t>
+  </si>
+  <si>
     <t>COMPETENCES ET SAVOIR</t>
   </si>
   <si>
     <t>9 AVENUE DES DRUIDES 56170 QUIBERON</t>
   </si>
   <si>
     <t>06/07/2022</t>
   </si>
   <si>
+    <t>FORMASTORE</t>
+  </si>
+  <si>
+    <t>34 B AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
     <t>PHENIX ACADEMY</t>
   </si>
   <si>
     <t>11 RUE NICOLAS FORTIN 75013 PARIS</t>
   </si>
   <si>
     <t>11/05/2022</t>
   </si>
   <si>
     <t>3B CONSULTING</t>
   </si>
   <si>
     <t>13 RUE DE LA MONTJOIE 93210 SAINT-DENIS</t>
   </si>
   <si>
     <t>08/06/2022</t>
   </si>
   <si>
     <t>AMBRE SELECT ACADEMIE</t>
   </si>
   <si>
     <t>2 RUE PAUL CAMELLE 33100 BORDEAUX</t>
   </si>
   <si>
     <t>03/08/2022</t>
   </si>
   <si>
     <t>BACK TO BUSINESS</t>
   </si>
   <si>
     <t>95 RUE PRINCIPALE 68118 HIRTZBACH</t>
   </si>
   <si>
     <t>17/08/2022</t>
   </si>
   <si>
     <t>82.30Z</t>
   </si>
   <si>
-    <t>ADVENTUM PARTNERS</t>
-[...7 lines deleted...]
-  <si>
     <t>PHOENIX FORMATION</t>
   </si>
   <si>
     <t>27 RUE EMILE ZOLA 93100 MONTREUIL</t>
   </si>
   <si>
     <t>PRACTICEYOUR</t>
   </si>
   <si>
     <t>BUREAU 326 78 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
-    <t>ENJOY LANGUES</t>
-[...7 lines deleted...]
-  <si>
     <t>ACADEMIE NATIONALE DES FORMATIONS PROFESSIONNELLES CONTINUES</t>
   </si>
   <si>
     <t>ANFPC</t>
   </si>
   <si>
     <t>7 PLACE JEAN CHARCOT 95200 SARCELLES</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
     <t>SAM'COMPETENCES</t>
   </si>
   <si>
     <t>CTRE. D'ACTIVITES-BUREAU N8 37 RUE EDOUARD BRANLY 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>09/09/2022</t>
   </si>
   <si>
     <t>WIN FORMATIONS</t>
   </si>
   <si>
     <t>14 RUE D'ANTARES 38080 L'ISLE-D'ABEAU</t>
   </si>
   <si>
     <t>10/10/2022</t>
   </si>
   <si>
     <t xml:space="preserve">LOPES GERSON   </t>
   </si>
   <si>
     <t>3 BOULEVARD MANTEGA-RIGHI 06100 NICE</t>
   </si>
   <si>
     <t>13/10/2022</t>
   </si>
   <si>
     <t>CG ACADEMY</t>
   </si>
   <si>
     <t>9-11 9 RUE GEORGES ENESCO 94000 CRETEIL</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
+    <t>CERTYZ CONSEIL</t>
+  </si>
+  <si>
+    <t>21/11/2022</t>
+  </si>
+  <si>
     <t>WORLD CLASSE FORMATIONS</t>
   </si>
   <si>
     <t>6 LES BASTIDONS DU VALLAT 535 AVENUE VICTOR HUGO 13122 VENTABREN</t>
   </si>
   <si>
     <t>06/07/2024</t>
   </si>
   <si>
     <t>UP WORD</t>
   </si>
   <si>
     <t>60 RUE FRANCOIS IER 75008 PARIS</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t xml:space="preserve">FOULAD OMAYMA   </t>
   </si>
   <si>
     <t>8 B RUE ABEL 75012 PARIS</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>THIAIS</t>
   </si>
   <si>
+    <t>PREVENTIS 360</t>
+  </si>
+  <si>
+    <t>14 RUE DE MANTES 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
     <t>DACO BOX DIGITAL</t>
   </si>
   <si>
     <t>774 CHEMIN DU PONT DE LA SABLE 84800 L'ISLE-SUR-LA-SORGUE</t>
   </si>
   <si>
-    <t>COLEEBRI FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>HR FORMATION</t>
   </si>
   <si>
     <t>65 RUE DE LA SOURCE 92000 NANTERRE</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
     <t>IADERA</t>
   </si>
   <si>
     <t>19 RUE DES CHAUFOURNIERS 75019 PARIS</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t xml:space="preserve">MORIN VIRGINIE   </t>
   </si>
   <si>
     <t>243 CHEMIN CAMP DI MONACO 06670 LEVENS</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>PRODRIVE ACADEMY</t>
   </si>
   <si>
-    <t>14 RUE DE MANTES 92700 COLOMBES</t>
-[...1 lines deleted...]
-  <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>YOU'LEARNING</t>
   </si>
   <si>
     <t>12 RUE DE LA PART-DIEU 69003 LYON</t>
   </si>
   <si>
     <t>04/06/2024</t>
   </si>
   <si>
     <t>PASSE LANGUES</t>
   </si>
   <si>
     <t>201 T RUE DU MAS DE NEGRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
-    <t>IDRIFORM</t>
+    <t>NEO-FORMATION</t>
+  </si>
+  <si>
+    <t>190 RUE TOPAZE 13510 EGUILLES</t>
+  </si>
+  <si>
+    <t>04/07/2024</t>
+  </si>
+  <si>
+    <t>FORMA-STAR</t>
+  </si>
+  <si>
+    <t>19/08/2024</t>
+  </si>
+  <si>
+    <t>TO BEE FORMATION</t>
+  </si>
+  <si>
+    <t>61 RUE DE LYON 75012 PARIS</t>
+  </si>
+  <si>
+    <t>18/03/2025</t>
+  </si>
+  <si>
+    <t>EVONOVA</t>
+  </si>
+  <si>
+    <t>32 RUE MONTTESSUY 91260 JUVISY-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>29/08/2024</t>
+  </si>
+  <si>
+    <t>FORMA-LEARNING</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
+    <t>MGS ACADEMY</t>
   </si>
   <si>
     <t>32 RUE DE PARIS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
-    <t>20/05/2024</t>
-[...46 lines deleted...]
-  <si>
     <t>25/09/2024</t>
   </si>
   <si>
     <t>TOTAL LEARNING</t>
   </si>
   <si>
     <t>32 ALLEE DE LA ROBERTSAU 67000 STRASBOURG</t>
   </si>
   <si>
+    <t>FORMATRAIN</t>
+  </si>
+  <si>
+    <t>128 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
     <t>ENGLISH PATH</t>
   </si>
   <si>
     <t>98 RUE DIDOT 75014 PARIS</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VERVEPRO</t>
   </si>
   <si>
     <t>GREEN PARK 75 RUE D'OSTWALD 67200 STRASBOURG</t>
   </si>
   <si>
+    <t>LA CHAPELLE FORMATION</t>
+  </si>
+  <si>
+    <t>58 RUE DE L'EGLISE 05800 LA CHAPELLE-EN-VALGAUDEMAR</t>
+  </si>
+  <si>
+    <t>24/10/2024</t>
+  </si>
+  <si>
     <t>KALIMAT GLOBAL</t>
   </si>
   <si>
     <t>KALIMAT</t>
   </si>
   <si>
     <t>11 B RUE DE L'HARMONIE 59493 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>DERMAQUAL ACADEMY</t>
   </si>
   <si>
     <t>50 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>PROGESTION FORMATION</t>
   </si>
   <si>
     <t>8 B RUE ABEL 75012 PARIS 12</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
+    <t>FOCUSEDGE</t>
+  </si>
+  <si>
+    <t>32 RUE DE PARIS 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
     <t>CAPINSPIRE</t>
   </si>
   <si>
     <t>5 BOULEVARD DES BOUVETS 92000 NANTERRE</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
+    <t>EF PREPA</t>
+  </si>
+  <si>
     <t>CS 48756 75380 CEDEX 08 58 RUE DE MONCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
+    <t>DANCONSULTING</t>
+  </si>
+  <si>
+    <t>23 RUE NOLLET 75017 PARIS</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
     <t>QARA FORMATIONS</t>
   </si>
   <si>
     <t>2 AVENUE D'EYLAU 78570 ANDRESY</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
+    <t>ACADENIUM</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>GINKI FORMATIONS</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>TALENTI'S FORMATION</t>
+  </si>
+  <si>
+    <t>ZI MITRY COMPANS 13 RUE MARC SEGUIN 77290 COMPANS</t>
+  </si>
+  <si>
+    <t>17/03/2025</t>
+  </si>
+  <si>
     <t>EVOCRAFT</t>
   </si>
   <si>
     <t>FORXIA</t>
   </si>
   <si>
     <t>40 RUE ALEXANDRE DUMAS 75011 PARIS</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
+    <t>DS ACADEMIE</t>
+  </si>
+  <si>
+    <t>19 RUE SAINT MARTIN 95000 CERGY</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>SB ACADEMY</t>
+  </si>
+  <si>
+    <t>9 RUE DES COLONNES 75002 PARIS</t>
+  </si>
+  <si>
+    <t>REMS CONSEIL</t>
+  </si>
+  <si>
+    <t>16/05/2025</t>
+  </si>
+  <si>
     <t>CAPITOLE CAMPUS</t>
   </si>
   <si>
     <t>66 BOULEVARD DE STRASBOURG 31000 TOULOUSE</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>A.Z COMPETENCE</t>
   </si>
   <si>
     <t>CENTRE D'AFFAIRES ALL SOLUTIONS 10 AVENUE ANTOINE CHANUT 60100 CREIL</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>EASY ENGLISH LEARNING</t>
   </si>
   <si>
-    <t>20 RUE LAVOISIER 95300 PONTOISE</t>
-[...1 lines deleted...]
-  <si>
     <t>START FORMATION</t>
   </si>
   <si>
     <t>TOUR A 130 RUE DU 8 MAI 1945 92000 NANTERRE</t>
   </si>
   <si>
     <t>10/03/2023</t>
   </si>
   <si>
     <t>OSC FORMA</t>
   </si>
   <si>
     <t>2 BOULEVARD DE LA LIBERATION 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/03/2023</t>
   </si>
   <si>
     <t>JR CONSULTING</t>
   </si>
   <si>
     <t>21 AVENUE MARECHAL FOCH 06000 NICE</t>
   </si>
   <si>
     <t>12/04/2023</t>
   </si>
   <si>
+    <t>ALL FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL 508 F 12 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>20/04/2023</t>
+  </si>
+  <si>
     <t>SBAI-CPF</t>
   </si>
   <si>
     <t>IMPASSE DES AMPHORES RUE DES PAVES 41000 VILLEBAROU</t>
   </si>
   <si>
     <t>15/05/2023</t>
   </si>
   <si>
     <t>MCA FORMATION</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>MT LEARNING</t>
   </si>
   <si>
     <t>21 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>04/09/2023</t>
   </si>
   <si>
     <t>YEP! YOUR ENGLISH PERFECTED</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
-    <t>LUGGAT</t>
-[...7 lines deleted...]
-  <si>
     <t>BUSINESS EXCELLENCE ATTITUDE MINDSET</t>
   </si>
   <si>
     <t>5 RUE PLEYEL 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>AKERIS FORMATION</t>
   </si>
   <si>
     <t>105 RUE DE PARIS 93000 BOBIGNY</t>
   </si>
   <si>
     <t>01/10/2023</t>
   </si>
   <si>
     <t>FORMA FLEX 365</t>
   </si>
   <si>
     <t>33 RUE HENRI JANIN 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>29/09/2023</t>
@@ -3094,50 +3229,59 @@
   <si>
     <t>GOLDEN CREA</t>
   </si>
   <si>
     <t>44 AVENUE DE STALINGRAD 13200 ARLES</t>
   </si>
   <si>
     <t>17/11/2023</t>
   </si>
   <si>
     <t>PROTON FORMATION</t>
   </si>
   <si>
     <t>14 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
   </si>
   <si>
     <t>SUCCESSFORMA</t>
   </si>
   <si>
     <t>1 RUE DU DEBARCADERE 92700 COLOMBES</t>
   </si>
   <si>
     <t>15/11/2023</t>
   </si>
   <si>
+    <t>EASY LEARN</t>
+  </si>
+  <si>
+    <t>17 RUE DE LA REPUBLIQUE 25300 PONTARLIER</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
     <t>ADEPROS FORMATIONS</t>
   </si>
   <si>
     <t>104 BOULEVARD RENE CASSIN 06200 NICE</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ABL TRAINING</t>
   </si>
   <si>
     <t>2 ALLEE DES FOUGERES 78130 LES MUREAUX</t>
   </si>
   <si>
     <t>08/01/2024</t>
   </si>
   <si>
     <t>AMA GROUP</t>
   </si>
   <si>
     <t>117 AVENUE DU GENERAL LECLERC 77400 LAGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>02/06/2025</t>
@@ -3145,84 +3289,141 @@
   <si>
     <t>ARF TRAINING</t>
   </si>
   <si>
     <t>32 RUE DU CHATEAU D'EAU 45140 SAINT-JEAN-DE-LA-RUELLE</t>
   </si>
   <si>
     <t>12/01/2024</t>
   </si>
   <si>
     <t>SKILLSPRINT</t>
   </si>
   <si>
     <t>28/01/2024</t>
   </si>
   <si>
     <t>LE MONASTIER-SUR-GAZEILLE</t>
   </si>
   <si>
     <t>05/02/2024</t>
   </si>
   <si>
     <t>PAS A PAS</t>
   </si>
   <si>
-    <t>14 RUE BEFFROY 92200 NEUILLY-SUR-SEINE</t>
-[...1 lines deleted...]
-  <si>
     <t>06/02/2024</t>
   </si>
   <si>
     <t>KASSIOPEE FORMATION</t>
   </si>
   <si>
     <t>PIERREFITTE-SUR-SEINE 35 RUE ARMAND BRETTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>BLADE ACADEMY</t>
   </si>
   <si>
     <t>26 RUE JULES LEFEBVRE 02130 FERE-EN-TARDENOIS</t>
   </si>
   <si>
     <t>13/02/2024</t>
   </si>
   <si>
     <t>ELISE FORMATION</t>
   </si>
   <si>
+    <t>ELITE FORMATION</t>
+  </si>
+  <si>
+    <t>8 SQUARE DU CLOSEAU 95800 CERGY</t>
+  </si>
+  <si>
+    <t>KEVPROCONSULT</t>
+  </si>
+  <si>
+    <t>21 B RUE DU SIMPLON 75018 PARIS</t>
+  </si>
+  <si>
+    <t>FOCUS FORMA</t>
+  </si>
+  <si>
+    <t>26 RUE BOSQUET 75007 PARIS</t>
+  </si>
+  <si>
+    <t>19/06/2025</t>
+  </si>
+  <si>
+    <t>PROD'LAFORMA</t>
+  </si>
+  <si>
+    <t>24 RUE DE GISORS 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>IA BOOSTER</t>
+  </si>
+  <si>
+    <t>32 RUE GUY MOQUET 92240 MALAKOFF</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
     <t>ANN TALPEY ANGLAIS A LA CARTE SARL</t>
   </si>
   <si>
     <t>86 RUE QUINCAMPOIX 75003 PARIS</t>
   </si>
   <si>
     <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>LEARNING MANAGEMENT CONSEIL</t>
+  </si>
+  <si>
+    <t>23/07/2025</t>
+  </si>
+  <si>
+    <t>INTERNEXA</t>
+  </si>
+  <si>
+    <t>2 RUE COYSEVOX 69001 LYON</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>MAME FORMATIONS</t>
+  </si>
+  <si>
+    <t>LOM ETAGE ' PORTE 244 2 ALLEE DES FOUGERES 78130 LES MUREAUX</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3561,51 +3762,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M342"/>
+  <dimension ref="A1:M372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3627,12792 +3828,13910 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>37951396300023</v>
+        <v>19880153200047</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>93040015104</v>
+        <v>44880137688</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38876048000029</v>
+        <v>34779594000043</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>11910226191</v>
+        <v>11751349275</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38946846300036</v>
+        <v>37951396300023</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>82690326269</v>
+        <v>93040015104</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39205023300023</v>
+        <v>38876048000029</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>11921828692</v>
+        <v>11910226191</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>40043156500011</v>
+        <v>38946846300036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>83630296163</v>
+        <v>82690326269</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40099386100022</v>
+        <v>39205023300023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>82690079969</v>
+        <v>11921828692</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40200646400034</v>
+        <v>40043156500011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>11752489675</v>
+        <v>83630296163</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19880153200047</v>
+        <v>40099386100022</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D9" s="2" t="s">
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="F9" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>44880137688</v>
+        <v>82690079969</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48365186500014</v>
+        <v>40200646400034</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I10" s="3">
-        <v>11921537092</v>
+        <v>11752489675</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48392148200020</v>
+        <v>40410930800027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>53350805735</v>
+        <v>31590376559</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48426285200037</v>
+        <v>40421916400039</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>93060769606</v>
+        <v>24280075128</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48776185000014</v>
+        <v>40468130600043</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>73320034432</v>
+        <v>82691180169</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48828076900024</v>
+        <v>40818282200051</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
-        <v>41540248154</v>
+        <v>84740366874</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48832758600043</v>
+        <v>42069932400026</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3">
-        <v>74190050919</v>
+        <v>93060430706</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48989505200012</v>
+        <v>42084741000024</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>42670478567</v>
+        <v>75331261233</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>49115673300033</v>
+        <v>42179321700025</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>23270140627</v>
+        <v>93060438006</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>49168410600025</v>
+        <v>43302808100027</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>75400144440</v>
+        <v>93840229984</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>49253731100010</v>
+        <v>43871429700043</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
-        <v>93131247413</v>
+        <v>11756514575</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>49341175500025</v>
+        <v>43935471300042</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>41570255357</v>
+        <v>52440468644</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>49375559900039</v>
+        <v>43956212500039</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
-        <v>42670381567</v>
+        <v>52490184049</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>49449841300041</v>
+        <v>44064762600058</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I22" s="3">
-        <v>32600349260</v>
+        <v>76310874731</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>49519289000012</v>
+        <v>44068290400022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>28610107461</v>
+        <v>11950399995</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>49773899700012</v>
+        <v>44337622300022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="2"/>
-      <c r="E24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>11910614991</v>
+        <v>25610071561</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>49876139400028</v>
+        <v>44343537500029</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>11940721894</v>
+        <v>82260121026</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49931397100024</v>
+        <v>44391934500035</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="D26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I26" s="3">
-        <v>11788055978</v>
+        <v>82690769669</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>49976049400041</v>
+        <v>44415864600018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>52850130285</v>
+        <v>53560856056</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>50096571000022</v>
+        <v>44772679500043</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="I28" s="3">
-        <v>76341214134</v>
+        <v>11788103678</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50218786700010</v>
+        <v>44826048900043</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>11754276775</v>
+        <v>76660247666</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>50315793500035</v>
+        <v>45000545900034</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>31590677559</v>
+        <v>11753805675</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>50344412700024</v>
+        <v>47843034100014</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="D31" s="2"/>
+      <c r="D31" s="2" t="s">
+        <v>116</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I31" s="3">
-        <v>53220887522</v>
+        <v>11780808278</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>50419477000047</v>
+        <v>47856337200026</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>24410092441</v>
+        <v>93131290913</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43871429700043</v>
+        <v>48023315400016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>11756514575</v>
+        <v>93131796713</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43935471300042</v>
+        <v>48040593500010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I34" s="3">
-        <v>52440468644</v>
+        <v>93131199013</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>43956212500039</v>
+        <v>48121600000044</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>52490184049</v>
+        <v>42670351367</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44064762600058</v>
+        <v>48121966500033</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D36" s="2"/>
+      <c r="D36" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="E36" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>76310874731</v>
+        <v>43250204325</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44068290400022</v>
+        <v>48177787800028</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>11950399995</v>
+        <v>93131187813</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44337622300022</v>
+        <v>48365186500014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>25610071561</v>
+        <v>11921537092</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44343537500029</v>
+        <v>48392148200020</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I39" s="3">
-        <v>82260121026</v>
+        <v>53350805735</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>44391934500035</v>
+        <v>48426285200037</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C40" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D40" s="2"/>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="F40" s="2" t="s">
+      <c r="G40" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>82690769669</v>
+        <v>93060769606</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>44415864600018</v>
+        <v>48426285200045</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="D41" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="2" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>53560856056</v>
+        <v>93060769606</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>44772679500043</v>
+        <v>48776185000014</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>153</v>
-      </c>
-[...5 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3">
-        <v>11788103678</v>
+        <v>73320034432</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>44826048900043</v>
+        <v>48828076900024</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>40</v>
+        <v>155</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>76660247666</v>
+        <v>41540248154</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>47843034100014</v>
+        <v>48832758600043</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="D44" s="2"/>
+      <c r="E44" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>11780808278</v>
+        <v>74190050919</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>47856337200026</v>
+        <v>48989505200012</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D45" s="2" t="s">
         <v>162</v>
       </c>
-      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I45" s="3">
-        <v>93131290913</v>
+        <v>42670478567</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>48023315400016</v>
+        <v>49115673300033</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>93131796713</v>
+        <v>23270140627</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>48040593500010</v>
+        <v>49168410600025</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>93131199013</v>
+        <v>75400144440</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52442812500016</v>
+        <v>49253731100010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D48" s="2"/>
+      <c r="D48" s="2" t="s">
+        <v>172</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>173</v>
+        <v>114</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>11754598975</v>
+        <v>93131247413</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>52465887900027</v>
+        <v>49341175500025</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>24450327445</v>
+        <v>41570255357</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>52498533000033</v>
+        <v>49375559900039</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I50" s="3">
-        <v>75331110933</v>
+        <v>42670381567</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>52816492400011</v>
+        <v>49449841300041</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>91340803234</v>
+        <v>32600349260</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>52877396300046</v>
+        <v>49519289000012</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D52" s="2" t="s">
+      <c r="D52" s="2"/>
+      <c r="E52" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="F52" s="2" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>41570292957</v>
+        <v>28610107461</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>53137841200021</v>
+        <v>49773899700012</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I53" s="3">
-        <v>44100101310</v>
+        <v>11910614991</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>53338783300023</v>
+        <v>49876139400028</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>52850156985</v>
+        <v>11940721894</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>53338783300049</v>
+        <v>78422661500036</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D55" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I55" s="3">
-        <v>52850156985</v>
+        <v>11750128575</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>53338783300056</v>
+        <v>79024598900047</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D56" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>52850156985</v>
+        <v>22600270560</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>53338783300064</v>
+        <v>79054901800030</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="D57" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="E57" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>52850156985</v>
+        <v>11754968275</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>53342177200021</v>
+        <v>79116855200044</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>72640341764</v>
+        <v>93131463813</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>53353746000016</v>
+        <v>79121316800028</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>72470124747</v>
+        <v>82010150801</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>53418175500016</v>
+        <v>79140637400011</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I60" s="3">
-        <v>11950520095</v>
+        <v>93840339184</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>53475762000016</v>
+        <v>79231879200019</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I61" s="3">
-        <v>22600302260</v>
+        <v>93131632713</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>53867940800020</v>
+        <v>79344960400016</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>11922525392</v>
+        <v>11950548295</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>53939708300020</v>
+        <v>79352258200022</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="D63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="2" t="s">
+      <c r="F63" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I63" s="3">
-        <v>42670468267</v>
+        <v>31590833959</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>53951433100013</v>
+        <v>79431983000020</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D64" s="2"/>
+      <c r="D64" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E64" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>73810102281</v>
+        <v>93060806206</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>74996448200014</v>
+        <v>79520804000035</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>28</v>
+        <v>225</v>
       </c>
       <c r="I65" s="3">
-        <v>11788252578</v>
+        <v>82691319869</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>75283708800026</v>
+        <v>79812131500047</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E66" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>227</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>25140262914</v>
+        <v>82380570838</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>75388031900037</v>
+        <v>79905298000015</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D67" s="2" t="s">
+      <c r="D67" s="2"/>
+      <c r="E67" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="F67" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>82691286169</v>
+        <v>82260221026</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>75403416300016</v>
+        <v>51870186700039</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>31590822659</v>
+        <v>11770489777</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78422661500036</v>
+        <v>51936755100024</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I69" s="3">
-        <v>11750128575</v>
+        <v>11754580275</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>79024598900047</v>
+        <v>52038890100065</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>240</v>
+        <v>182</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I70" s="3">
-        <v>22600270560</v>
+        <v>11754512575</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>79054901800030</v>
+        <v>52118726000018</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>241</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>28</v>
+        <v>242</v>
       </c>
       <c r="I71" s="3">
-        <v>11754968275</v>
+        <v>82740250874</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>79231879200019</v>
+        <v>52137814100027</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="D72" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
         <v>245</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>246</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>93131632713</v>
+        <v>76341044834</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>79344960400016</v>
+        <v>52226703800019</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>11950548295</v>
+        <v>11756575775</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>79352258200022</v>
+        <v>52442812500016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>31590833959</v>
+        <v>11754598975</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>79431983000020</v>
+        <v>52465887900027</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="D75" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>255</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I75" s="3">
-        <v>93060806206</v>
+        <v>24450327445</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>79520804000035</v>
+        <v>52498533000033</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>258</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>259</v>
+        <v>31</v>
       </c>
       <c r="I76" s="3">
-        <v>82691319869</v>
+        <v>75331110933</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>79812131500047</v>
+        <v>52816492400011</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>260</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>261</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I77" s="3">
-        <v>82380570838</v>
+        <v>91340803234</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>79953548900014</v>
+        <v>52877396300046</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="D78" s="2"/>
+      <c r="D78" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="E78" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>65</v>
+        <v>265</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I78" s="3">
-        <v>72640364364</v>
+        <v>41570292957</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>80042605800031</v>
+        <v>53137841200021</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>267</v>
+        <v>31</v>
       </c>
       <c r="I79" s="3">
-        <v>93060864006</v>
+        <v>44100101310</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>80340769100036</v>
+        <v>53338783300023</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I80" s="3">
-        <v>11754903175</v>
+        <v>52850156985</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>80448581100017</v>
+        <v>53338783300049</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="D81" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="E81" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I81" s="3">
-        <v>11930696693</v>
+        <v>52850156985</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>80515653600031</v>
+        <v>53338783300056</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>243</v>
+        <v>277</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>42670537667</v>
+        <v>52850156985</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>80762873000044</v>
+        <v>53338783300064</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D83" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="E83" s="2" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>84691465169</v>
+        <v>52850156985</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>80779275900019</v>
+        <v>53342177200021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>282</v>
+        <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>75331094433</v>
+        <v>72640341764</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>50857207000037</v>
+        <v>53353746000016</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D85" s="2" t="s">
         <v>284</v>
       </c>
+      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I85" s="3">
-        <v>11788129378</v>
+        <v>72470124747</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>50897713900049</v>
+        <v>50096571000022</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="G86" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>291</v>
+        <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>11754568475</v>
+        <v>76341214134</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>50897713900056</v>
+        <v>50218786700010</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>291</v>
+        <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>11754568475</v>
+        <v>11754276775</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>51073703400015</v>
+        <v>50315793500035</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>295</v>
+        <v>182</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I88" s="3">
-        <v>24180092918</v>
+        <v>31590677559</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>51090976500032</v>
+        <v>50344412700024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>299</v>
+        <v>31</v>
       </c>
       <c r="I89" s="3">
-        <v>91340767734</v>
+        <v>53220887522</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>51147725900028</v>
+        <v>50419477000047</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>28</v>
+        <v>301</v>
       </c>
       <c r="I90" s="3">
-        <v>53560972056</v>
+        <v>24410092441</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>51177043000037</v>
+        <v>50456496400022</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="D91" s="2"/>
-      <c r="E91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I91" s="3">
-        <v>82691046969</v>
+        <v>22800140180</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>51284564500013</v>
+        <v>50857207000037</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>306</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>307</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>308</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>309</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>26710200671</v>
+        <v>11788129378</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>51294383800015</v>
+        <v>50897713900049</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>310</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>311</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="G93" s="2"/>
+      <c r="G93" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="H93" s="2" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="I93" s="3">
-        <v>11754429075</v>
+        <v>11754568475</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>51370507900012</v>
+        <v>50897713900056</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="I94" s="3">
-        <v>43700058970</v>
+        <v>11754568475</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>51394696200026</v>
+        <v>51073703400015</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>316</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
         <v>317</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>318</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I95" s="3">
-        <v>11754453175</v>
+        <v>24180092918</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>51769619100033</v>
+        <v>51090976500032</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>321</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>28</v>
+        <v>322</v>
       </c>
       <c r="I96" s="3">
-        <v>52720235472</v>
+        <v>91340767734</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>51850671200018</v>
+        <v>51147725900028</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E97" s="2" t="s">
         <v>323</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="G97" s="2"/>
+      <c r="G97" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="H97" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I97" s="3">
-        <v>54170137217</v>
+        <v>53560972056</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>51870186700039</v>
+        <v>51177043000037</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I98" s="3">
-        <v>11770489777</v>
+        <v>82691046969</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>51936755100024</v>
+        <v>51284564500013</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D99" s="2"/>
+      <c r="D99" s="2" t="s">
+        <v>329</v>
+      </c>
       <c r="E99" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="I99" s="3">
-        <v>11754580275</v>
+        <v>26710200671</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>52038890100065</v>
+        <v>51294383800015</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>91</v>
+        <v>334</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I100" s="3">
-        <v>11754512575</v>
+        <v>11754429075</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>52118726000018</v>
+        <v>51370507900012</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>336</v>
+        <v>18</v>
       </c>
       <c r="I101" s="3">
-        <v>82740250874</v>
+        <v>43700058970</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>52137814100027</v>
+        <v>51394696200026</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="D102" s="2" t="s">
         <v>338</v>
       </c>
+      <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
         <v>339</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>340</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I102" s="3">
-        <v>76341044834</v>
+        <v>11754453175</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>52226703800019</v>
+        <v>51769619100033</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>341</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
         <v>342</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>343</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I103" s="3">
-        <v>11756575775</v>
+        <v>52720235472</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>32420576400016</v>
+        <v>53475762000016</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>345</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>346</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I104" s="3">
-        <v>11750686975</v>
+        <v>22600302260</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>32756034800036</v>
+        <v>53778618800020</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="D105" s="2" t="s">
+      <c r="D105" s="2"/>
+      <c r="E105" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="F105" s="2" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>259</v>
+        <v>60</v>
       </c>
       <c r="I105" s="3">
-        <v>11752848975</v>
+        <v>11770699177</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>33007561500022</v>
+        <v>53867940800020</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="D106" s="2" t="s">
+      <c r="F106" s="2" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>355</v>
+        <v>18</v>
       </c>
       <c r="I106" s="3">
-        <v>28760599876</v>
+        <v>11922525392</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>33751741100019</v>
+        <v>53939708300020</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="D107" s="2"/>
+        <v>353</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>353</v>
+      </c>
       <c r="E107" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>358</v>
+        <v>142</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>11751059475</v>
+        <v>42670468267</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>33838083500037</v>
+        <v>53951433100013</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>73310072231</v>
+        <v>73810102281</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>40818282200051</v>
+        <v>75283708800026</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="I109" s="3">
-        <v>84740366874</v>
+        <v>25140262914</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>42069932400026</v>
+        <v>75388031900037</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>361</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>362</v>
+      </c>
       <c r="E110" s="2" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I110" s="3">
-        <v>93060430706</v>
+        <v>82691286169</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>42084741000024</v>
+        <v>75403416300016</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I111" s="3">
-        <v>75331261233</v>
+        <v>31590822659</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>42179321700025</v>
+        <v>32420576400016</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I112" s="3">
-        <v>93060438006</v>
+        <v>11750686975</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>42889103000036</v>
+        <v>32756034800036</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="E113" s="2" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I113" s="3"/>
+        <v>225</v>
+      </c>
+      <c r="I113" s="3">
+        <v>11752848975</v>
+      </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>42900105000013</v>
+        <v>33007561500022</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>381</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>28</v>
+        <v>379</v>
       </c>
       <c r="I114" s="3">
-        <v>52720129372</v>
+        <v>28760599876</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>43302808100027</v>
+        <v>33751741100019</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I115" s="3">
-        <v>93840229984</v>
+        <v>11751059475</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>79116855200044</v>
+        <v>33838083500037</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I116" s="3">
-        <v>93131463813</v>
+        <v>73310072231</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>79121316800028</v>
+        <v>49931397100024</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>388</v>
-      </c>
-[...5 lines deleted...]
-        <v>390</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I117" s="3">
-        <v>82010150801</v>
+        <v>11788055978</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>79140637400011</v>
+        <v>49976049400041</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I118" s="3">
-        <v>93840339184</v>
+        <v>52850130285</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>89884299200015</v>
+        <v>81422331900025</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I119" s="3">
-        <v>11788485978</v>
+        <v>53351103535</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>89957129300013</v>
+        <v>81473972800024</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I120" s="3">
-        <v>93060943106</v>
+        <v>11950590895</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>89973775300017</v>
+        <v>42889103000036</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I121" s="3"/>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>89983017800013</v>
+        <v>42900105000013</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="E122" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="D122" s="2"/>
-      <c r="E122" s="2" t="s">
+      <c r="F122" s="2" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>406</v>
+        <v>18</v>
       </c>
       <c r="I122" s="3">
-        <v>84692346269</v>
+        <v>52720129372</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>89984727100017</v>
+        <v>53418175500016</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>28760635276</v>
+        <v>11950520095</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>50456496400022</v>
+        <v>51850671200018</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>410</v>
-      </c>
-[...7 lines deleted...]
-        <v>413</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I124" s="3">
-        <v>22800140180</v>
+        <v>54170137217</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>48121600000044</v>
+        <v>79953548900014</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>411</v>
+      </c>
+      <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>417</v>
+        <v>157</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I125" s="3">
-        <v>42670351367</v>
+        <v>72640364364</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>48121966500033</v>
+        <v>80042605800031</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>418</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>28</v>
+        <v>416</v>
       </c>
       <c r="I126" s="3">
-        <v>43250204325</v>
+        <v>93060864006</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>48177787800028</v>
+        <v>80340769100036</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I127" s="3">
-        <v>93131187813</v>
+        <v>11754903175</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>34779594000043</v>
+        <v>80448581100017</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I128" s="3">
-        <v>11751349275</v>
+        <v>11930696693</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>40410930800027</v>
+        <v>80515653600031</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>429</v>
+        <v>200</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I129" s="3">
-        <v>31590376559</v>
+        <v>42670537667</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>40421916400039</v>
+        <v>80762873000044</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>430</v>
-[...3 lines deleted...]
-      </c>
+        <v>425</v>
+      </c>
+      <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I130" s="3">
-        <v>24280075128</v>
+        <v>84691465169</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>40468130600043</v>
+        <v>80779275900019</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>138</v>
+        <v>431</v>
       </c>
       <c r="I131" s="3">
-        <v>82691180169</v>
+        <v>75331094433</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
         <v>80907715900030</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I132" s="3">
         <v>11922065592</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
         <v>80919787400013</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I133" s="3">
         <v>41570355457</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>81145326500027</v>
+        <v>81149690000010</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I134" s="3">
-        <v>11922092692</v>
+        <v>11770586777</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>81149690000010</v>
+        <v>81280408600021</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I135" s="3">
-        <v>11770586777</v>
+        <v>23270191627</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>81280408600021</v>
+        <v>81389616400031</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="D136" s="2"/>
+        <v>444</v>
+      </c>
+      <c r="D136" s="2" t="s">
+        <v>445</v>
+      </c>
       <c r="E136" s="2" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I136" s="3">
-        <v>23270191627</v>
+        <v>76810159581</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>81389616400031</v>
+        <v>81537543100013</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I137" s="3">
-        <v>76810159581</v>
+        <v>11755437875</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>81422331900025</v>
+        <v>81537543100021</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I138" s="3">
-        <v>53351103535</v>
+        <v>11755437875</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>81473972800024</v>
+        <v>81779652700031</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>461</v>
+        <v>197</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I139" s="3">
-        <v>11950590895</v>
+        <v>93131615913</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>81537543100013</v>
+        <v>81779652700064</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>465</v>
+        <v>203</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I140" s="3">
-        <v>11755437875</v>
+        <v>93131615913</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>81779652700031</v>
+        <v>81839227600015</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>240</v>
+        <v>459</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I141" s="3">
-        <v>93131615913</v>
+        <v>93131671713</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>81779652700064</v>
+        <v>81939783700041</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>387</v>
+        <v>462</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I142" s="3">
-        <v>93131615913</v>
+        <v>84380794338</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>81839227600015</v>
+        <v>81945096600018</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I143" s="3">
-        <v>93131671713</v>
+        <v>11910895591</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>81939783700041</v>
+        <v>81964881700016</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I144" s="3">
-        <v>84380794338</v>
+        <v>24450333045</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>81945096600018</v>
+        <v>81978669000019</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="D145" s="2"/>
+        <v>469</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>469</v>
+      </c>
       <c r="E145" s="2" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I145" s="3">
-        <v>11910895591</v>
+        <v>93060777206</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>81964881700016</v>
+        <v>82092615200019</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="I146" s="3">
-        <v>24450333045</v>
+        <v>11770608277</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>81978669000019</v>
+        <v>82103578900022</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I147" s="3">
-        <v>93060777206</v>
+        <v>11755502975</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>82092615200019</v>
+        <v>82108499300038</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I148" s="3">
-        <v>11770608277</v>
+        <v>11756731875</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>82103578900022</v>
+        <v>82114052200037</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>28</v>
+        <v>484</v>
       </c>
       <c r="I149" s="3">
-        <v>11755502975</v>
+        <v>75331478933</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>82108499300038</v>
+        <v>82153039100027</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="D150" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E150" s="2" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I150" s="3">
-        <v>11756731875</v>
+        <v>52530121153</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>82114052200037</v>
+        <v>82155208000029</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>496</v>
+        <v>31</v>
       </c>
       <c r="I151" s="3">
-        <v>75331478933</v>
+        <v>11788368578</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>82153039100027</v>
+        <v>82194123400022</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>23</v>
+        <v>493</v>
       </c>
       <c r="I152" s="3">
-        <v>52530121153</v>
+        <v>84691585769</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>82155208000029</v>
+        <v>82194126700014</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I153" s="3">
-        <v>11788368578</v>
+        <v>84420291942</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>82194123400022</v>
+        <v>82209105400012</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>507</v>
+        <v>31</v>
       </c>
       <c r="I154" s="3">
-        <v>84691585769</v>
+        <v>44570429457</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>82194126700014</v>
+        <v>82346156100016</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I155" s="3">
-        <v>84420291942</v>
+        <v>84691511469</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>82209105400012</v>
+        <v>82419421100036</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>23</v>
+        <v>416</v>
       </c>
       <c r="I156" s="3">
-        <v>44570429457</v>
+        <v>11755643875</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>82346156100016</v>
+        <v>82436001000014</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I157" s="3">
-        <v>84691511469</v>
+        <v>84010190201</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>82419421100036</v>
+        <v>82478716200026</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>267</v>
+        <v>18</v>
       </c>
       <c r="I158" s="3">
-        <v>11755643875</v>
+        <v>11922825192</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>82436001000014</v>
+        <v>83051573000018</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I159" s="3">
-        <v>84010190201</v>
+        <v>76340947434</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>83051573000018</v>
+        <v>83115032100014</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I160" s="3">
-        <v>76340947434</v>
+        <v>11922182492</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>83115032100014</v>
+        <v>83277408700023</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I161" s="3">
-        <v>11922182492</v>
+        <v>11931056093</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>83369946500021</v>
+        <v>83293434300035</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I162" s="3">
-        <v>93131840213</v>
+        <v>11755673275</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>83464430400042</v>
+        <v>83369946500021</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>533</v>
+        <v>303</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I163" s="3">
-        <v>84691805669</v>
+        <v>93131840213</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>83511437200013</v>
+        <v>83464430400042</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="D164" s="2"/>
+        <v>527</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>528</v>
+      </c>
       <c r="E164" s="2" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>365</v>
+        <v>31</v>
       </c>
       <c r="I164" s="3">
-        <v>93131718313</v>
+        <v>84691805669</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M164" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>83511437200039</v>
+        <v>83511437200013</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="G165" s="2"/>
+        <v>533</v>
+      </c>
+      <c r="G165" s="2" t="s">
+        <v>534</v>
+      </c>
       <c r="H165" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="I165" s="3">
         <v>93131718313</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>83794037800024</v>
+        <v>83511437200039</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I166" s="3">
-        <v>27710274471</v>
+        <v>93131718313</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>83813754500029</v>
+        <v>83794037800024</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I167" s="3">
-        <v>11788735678</v>
+        <v>27710274471</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>84065395000021</v>
+        <v>83813754500029</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="D168" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E168" s="2" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I168" s="3">
-        <v>11940976594</v>
+        <v>11788735678</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>84121471100027</v>
+        <v>84065395000021</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I169" s="3">
-        <v>93131728913</v>
+        <v>11940976594</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>84217216500024</v>
+        <v>84121471100027</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>553</v>
+        <v>545</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="I170" s="3">
-        <v>11756385175</v>
+        <v>93131728913</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>84426874800010</v>
+        <v>84217216500024</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I171" s="3">
-        <v>84691651469</v>
+        <v>11756385175</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>84497126700019</v>
+        <v>84426874800010</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I172" s="3">
-        <v>11922821492</v>
+        <v>84691651469</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>84523503500035</v>
+        <v>84497126700019</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>100</v>
+        <v>556</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I173" s="3">
-        <v>84420322942</v>
+        <v>11922821492</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>84762254500014</v>
+        <v>84523503500035</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>567</v>
+        <v>191</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I174" s="3">
-        <v>53351067135</v>
+        <v>84420322942</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>84891880100012</v>
+        <v>84762254500014</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="D175" s="2"/>
+        <v>559</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>560</v>
+      </c>
       <c r="E175" s="2" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I175" s="3">
-        <v>93840409584</v>
+        <v>53351067135</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>84934046800016</v>
+        <v>84891477600010</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I176" s="3">
-        <v>84691733669</v>
+        <v>11755909375</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>84977792500017</v>
+        <v>84891880100012</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I177" s="3">
-        <v>76310955931</v>
+        <v>93840409584</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>85013734000020</v>
+        <v>84934046800016</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I178" s="3">
-        <v>84692476369</v>
+        <v>84691733669</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>85020243300031</v>
+        <v>84977792500017</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="D179" s="2"/>
+        <v>571</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>572</v>
+      </c>
       <c r="E179" s="2" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>321</v>
+        <v>574</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I179" s="3">
-        <v>11931050493</v>
+        <v>76310955931</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>85053239100016</v>
+        <v>85013734000020</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>575</v>
+      </c>
+      <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I180" s="3">
-        <v>44540379054</v>
+        <v>84692476369</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>85139769500012</v>
+        <v>85020243300031</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>586</v>
+        <v>549</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>587</v>
+        <v>343</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I181" s="3">
-        <v>11910861391</v>
+        <v>11931050493</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>85141413600032</v>
+        <v>85053239100016</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>579</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>579</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>589</v>
+        <v>580</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>590</v>
+        <v>581</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="I182" s="3">
-        <v>84730223073</v>
+        <v>44540379054</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>85191136200016</v>
+        <v>85141413600032</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I183" s="3">
-        <v>11922301492</v>
+        <v>84730223073</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>85212685300021</v>
+        <v>85191136200016</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I184" s="3">
-        <v>84420432242</v>
+        <v>11922301492</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>85238870100033</v>
+        <v>85212685300021</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="D185" s="2"/>
+        <v>588</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>589</v>
+      </c>
       <c r="E185" s="2" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>600</v>
+        <v>591</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I185" s="3">
-        <v>11788421378</v>
+        <v>84420432242</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>85290416800014</v>
+        <v>85238870100033</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>601</v>
+        <v>592</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>602</v>
+        <v>593</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I186" s="3">
-        <v>44570400657</v>
+        <v>11788421378</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>85317546100013</v>
+        <v>85290416800014</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I187" s="3">
-        <v>11755958275</v>
+        <v>44570400657</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>85346966600012</v>
+        <v>85317546100013</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I188" s="3">
-        <v>11930870093</v>
+        <v>11755958275</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>85361748800012</v>
+        <v>85346966600012</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>601</v>
+      </c>
+      <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I189" s="3">
-        <v>11756111275</v>
+        <v>11930870093</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>87850686400049</v>
+        <v>85361748800012</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="D190" s="2"/>
+        <v>604</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>605</v>
+      </c>
       <c r="E190" s="2" t="s">
-        <v>615</v>
+        <v>606</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>495</v>
+        <v>607</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I190" s="3">
-        <v>44680299468</v>
+        <v>11756111275</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>87852644100018</v>
+        <v>87830414600029</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>616</v>
+        <v>608</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>619</v>
+        <v>18</v>
       </c>
       <c r="I191" s="3">
-        <v>11922695492</v>
+        <v>11755964775</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>87967732600032</v>
+        <v>87850686400049</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>621</v>
+        <v>612</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>128</v>
+        <v>483</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I192" s="3">
-        <v>11922850792</v>
+        <v>44680299468</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>87991776300010</v>
+        <v>87852644100018</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>624</v>
+        <v>615</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>28</v>
+        <v>616</v>
       </c>
       <c r="I193" s="3">
-        <v>84691710169</v>
+        <v>11922695492</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>88129459900025</v>
+        <v>87967732600032</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>627</v>
+        <v>83</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I194" s="3">
-        <v>93830601383</v>
+        <v>11922850792</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>88171930600014</v>
+        <v>87991776300010</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I195" s="3">
-        <v>11941019694</v>
+        <v>84691710169</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>88189978500029</v>
+        <v>88129459900025</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>634</v>
+        <v>31</v>
       </c>
       <c r="I196" s="3">
-        <v>84691781369</v>
+        <v>93830601383</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>88198482700017</v>
+        <v>88171930600014</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>455</v>
+        <v>627</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I197" s="3">
-        <v>11788447378</v>
+        <v>11941019694</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>88329297100016</v>
+        <v>88189978500029</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>638</v>
+        <v>629</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>138</v>
+        <v>631</v>
       </c>
       <c r="I198" s="3">
-        <v>27250336725</v>
+        <v>84691781369</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>88400754300025</v>
+        <v>88198482700017</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>640</v>
+        <v>632</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>641</v>
+        <v>633</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>642</v>
+        <v>447</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I199" s="3">
-        <v>76341246234</v>
+        <v>11788447378</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>88420142700033</v>
+        <v>88329297100016</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>643</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I200" s="3">
-        <v>11770698477</v>
+        <v>27250336725</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>88438743200013</v>
+        <v>88400754300025</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>649</v>
+        <v>31</v>
       </c>
       <c r="I201" s="3">
-        <v>11922360192</v>
+        <v>76341246234</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>88440980600046</v>
+        <v>88420142700033</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+        <v>640</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>640</v>
+      </c>
       <c r="E202" s="2" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I202" s="3">
-        <v>32591031259</v>
+        <v>11770698477</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>88458529000023</v>
+        <v>88438743200013</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>28</v>
+        <v>646</v>
       </c>
       <c r="I203" s="3">
-        <v>84691750169</v>
+        <v>11922360192</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>88506506000018</v>
+        <v>88440980600046</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>656</v>
+        <v>647</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>658</v>
+        <v>649</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I204" s="3">
-        <v>11756128575</v>
+        <v>32591031259</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>88788710700019</v>
+        <v>88458529000023</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>659</v>
+        <v>650</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I205" s="3">
-        <v>11930868793</v>
+        <v>84691750169</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>88806133000013</v>
+        <v>88506506000018</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I206" s="3">
-        <v>84380757838</v>
+        <v>11756128575</v>
       </c>
       <c r="J206" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>88973403400016</v>
+        <v>88788710700019</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>665</v>
+        <v>656</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>666</v>
+        <v>657</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>668</v>
+        <v>18</v>
       </c>
       <c r="I207" s="3">
-        <v>11788772878</v>
+        <v>11930868793</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>89025698500015</v>
+        <v>88806133000013</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I208" s="3">
-        <v>93060907406</v>
+        <v>84380757838</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>89049529400021</v>
+        <v>88822051400010</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I209" s="3">
-        <v>27390126739</v>
+        <v>84420346242</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>89093375700019</v>
+        <v>88973403400016</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I210" s="3"/>
+        <v>668</v>
+      </c>
+      <c r="I210" s="3">
+        <v>11788772878</v>
+      </c>
       <c r="J210" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M210" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>89230737200011</v>
+        <v>89025698500015</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I211" s="3">
-        <v>11930848593</v>
+        <v>93060907406</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>89243699900015</v>
+        <v>89049529400021</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>685</v>
+        <v>18</v>
       </c>
       <c r="I212" s="3">
-        <v>11910936891</v>
+        <v>27390126739</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>89270356200017</v>
+        <v>89058179600020</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>687</v>
+        <v>676</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>507</v>
+        <v>18</v>
       </c>
       <c r="I213" s="3">
-        <v>76341099534</v>
+        <v>11756164675</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>89276761700012</v>
+        <v>89077439100019</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>689</v>
-[...3 lines deleted...]
-      </c>
+        <v>678</v>
+      </c>
+      <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>691</v>
+        <v>349</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I214" s="3">
-        <v>76820099882</v>
+        <v>11922368992</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>89308978900018</v>
+        <v>89230737200011</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>303</v>
+        <v>682</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I215" s="3">
-        <v>11770719077</v>
+        <v>11930848593</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>89318642900013</v>
+        <v>89243699900015</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>683</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>684</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="I216" s="3"/>
+        <v>687</v>
+      </c>
+      <c r="I216" s="3">
+        <v>11910936891</v>
+      </c>
       <c r="J216" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M216" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>89318642900021</v>
+        <v>89270356200017</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>698</v>
+        <v>689</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="I217" s="3"/>
+        <v>493</v>
+      </c>
+      <c r="I217" s="3">
+        <v>76341099534</v>
+      </c>
       <c r="J217" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M217" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>89371474100020</v>
+        <v>89276761700012</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="D218" s="2" t="s">
-        <v>700</v>
+        <v>691</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>701</v>
+        <v>692</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>702</v>
+        <v>693</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I218" s="3">
-        <v>84730230773</v>
+        <v>76820099882</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>89387111100017</v>
+        <v>89318642900013</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>703</v>
+        <v>694</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>704</v>
+        <v>695</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="G219" s="2"/>
+        <v>696</v>
+      </c>
+      <c r="G219" s="2" t="s">
+        <v>697</v>
+      </c>
       <c r="H219" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="I219" s="3"/>
       <c r="J219" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>89405484000026</v>
+        <v>89318642900021</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>708</v>
+        <v>697</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>698</v>
+      </c>
+      <c r="I220" s="3"/>
       <c r="J220" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>89469351400016</v>
+        <v>89333276700035</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>710</v>
+        <v>46</v>
       </c>
       <c r="D221" s="2" t="s">
-        <v>711</v>
+        <v>47</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>712</v>
+        <v>700</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>155</v>
+        <v>701</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I221" s="3">
-        <v>84630584663</v>
+        <v>76341316734</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>89508161000019</v>
+        <v>89347784400011</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="D222" s="2"/>
+        <v>702</v>
+      </c>
+      <c r="D222" s="2" t="s">
+        <v>703</v>
+      </c>
       <c r="E222" s="2" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="I222" s="3">
-        <v>11930867293</v>
+        <v>28760624976</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>89525326800018</v>
+        <v>89387111100017</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>718</v>
-[...3 lines deleted...]
-      </c>
+        <v>708</v>
+      </c>
+      <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I223" s="3">
-        <v>53220952922</v>
+        <v>11756196475</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M223" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>89525326800026</v>
+        <v>89405484000026</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>28</v>
+        <v>712</v>
       </c>
       <c r="I224" s="3">
-        <v>53220952922</v>
+        <v>11931058093</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>89530990400012</v>
+        <v>89469351400016</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="D225" s="2"/>
+        <v>713</v>
+      </c>
+      <c r="D225" s="2" t="s">
+        <v>714</v>
+      </c>
       <c r="E225" s="2" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>723</v>
+        <v>109</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I225" s="3">
-        <v>11910892391</v>
+        <v>84630584663</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>89539537400021</v>
+        <v>89508161000019</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>727</v>
+        <v>60</v>
       </c>
       <c r="I226" s="3">
-        <v>11756264475</v>
+        <v>11930867293</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>89792639000013</v>
+        <v>89525326800018</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>728</v>
+        <v>719</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="G227" s="2"/>
+        <v>721</v>
+      </c>
+      <c r="G227" s="2" t="s">
+        <v>722</v>
+      </c>
       <c r="H227" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I227" s="3">
-        <v>84380782438</v>
+        <v>53220952922</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>89835736300016</v>
+        <v>89525326800026</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>731</v>
+        <v>719</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>733</v>
+        <v>722</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I228" s="3">
-        <v>32620325462</v>
+        <v>53220952922</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>89837669400011</v>
+        <v>89530990400012</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I229" s="3">
-        <v>84691843869</v>
+        <v>11910892391</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>90038394400015</v>
+        <v>89540574400015</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>738</v>
+        <v>728</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I230" s="3">
-        <v>53351103735</v>
+        <v>44670862667</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>90091193400017</v>
+        <v>89792639000013</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>387</v>
+        <v>732</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I231" s="3">
-        <v>84260319326</v>
+        <v>84380782438</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>90096220000029</v>
+        <v>89835736300016</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>742</v>
+        <v>733</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I232" s="3">
-        <v>84691865869</v>
+        <v>32620325462</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>90144215200020</v>
+        <v>89837669400011</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="D233" s="2"/>
+        <v>736</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>736</v>
+      </c>
       <c r="E233" s="2" t="s">
-        <v>746</v>
+        <v>737</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>747</v>
+        <v>738</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I233" s="3">
-        <v>44510215051</v>
+        <v>84691843869</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>90167248500017</v>
+        <v>89884299200015</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>749</v>
+        <v>740</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I234" s="3">
-        <v>75331348133</v>
+        <v>11788485978</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>90198551500013</v>
+        <v>89957129300013</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>751</v>
+        <v>742</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>752</v>
+        <v>743</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>365</v>
+        <v>18</v>
       </c>
       <c r="I235" s="3">
-        <v>84730242973</v>
+        <v>93060943106</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>90240150400011</v>
+        <v>89973775300017</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I236" s="3">
-        <v>84730250273</v>
+        <v>11922438892</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>90290305300012</v>
+        <v>89983017800013</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>590</v>
+        <v>750</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>28</v>
+        <v>698</v>
       </c>
       <c r="I237" s="3">
-        <v>11756318975</v>
+        <v>84692346269</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>90302661500018</v>
+        <v>89984727100017</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I238" s="3">
-        <v>11930901393</v>
+        <v>28760635276</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>90331993700012</v>
+        <v>90038394400015</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I239" s="3">
-        <v>32591089759</v>
+        <v>53351103735</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M239" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>90335843000010</v>
+        <v>90091193400017</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>757</v>
+      </c>
+      <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I240" s="3">
-        <v>84692002569</v>
+        <v>84260319326</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>90350731700019</v>
+        <v>90096220000029</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I241" s="3">
-        <v>11922440192</v>
+        <v>84691865869</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>90416193200028</v>
+        <v>90144215200020</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>772</v>
+        <v>763</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>350</v>
+        <v>764</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I242" s="3">
-        <v>84420372942</v>
+        <v>44510215051</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>90476996500016</v>
+        <v>90163865000019</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>773</v>
+        <v>765</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I243" s="3">
-        <v>11941112594</v>
+        <v>11756324475</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>90504508400019</v>
+        <v>90167248500017</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>776</v>
+        <v>768</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>460</v>
+        <v>769</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I244" s="3">
-        <v>11950729795</v>
+        <v>75331348133</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>90505943200047</v>
+        <v>90198551500013</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>778</v>
+        <v>770</v>
       </c>
       <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>780</v>
+        <v>772</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="I245" s="3">
-        <v>76311388231</v>
+        <v>84730242973</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>90749040300017</v>
+        <v>90201350700014</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>783</v>
+        <v>462</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I246" s="3">
-        <v>11756421175</v>
+        <v>11941093394</v>
       </c>
       <c r="J246" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M246" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>90756669900019</v>
+        <v>90240150400011</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I247" s="3">
-        <v>11922460392</v>
+        <v>84730250273</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M247" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>90787643700027</v>
+        <v>90290305300012</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>789</v>
+        <v>584</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I248" s="3">
-        <v>32600380660</v>
+        <v>11756318975</v>
       </c>
       <c r="J248" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>90817892400019</v>
+        <v>90292779700016</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>685</v>
+        <v>31</v>
       </c>
       <c r="I249" s="3">
-        <v>11941106294</v>
+        <v>11756358775</v>
       </c>
       <c r="J249" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>90836599200019</v>
+        <v>90302661500018</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I250" s="3">
-        <v>84691920569</v>
+        <v>11930901393</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M250" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>90878492900030</v>
+        <v>90335843000010</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="D251" s="2"/>
+        <v>786</v>
+      </c>
+      <c r="D251" s="2" t="s">
+        <v>787</v>
+      </c>
       <c r="E251" s="2" t="s">
-        <v>797</v>
+        <v>788</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>798</v>
+        <v>352</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I251" s="3">
-        <v>11950772695</v>
+        <v>84692002569</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>90893196700024</v>
+        <v>90350731700019</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>789</v>
+      </c>
+      <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>801</v>
+        <v>790</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>802</v>
+        <v>791</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I252" s="3">
-        <v>93830794283</v>
+        <v>11922440192</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>90934379000012</v>
+        <v>90416193200028</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>803</v>
+        <v>792</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>804</v>
+        <v>793</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>795</v>
+        <v>374</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I253" s="3">
-        <v>11910936091</v>
+        <v>84420372942</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>90935219700018</v>
+        <v>90476996500016</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>805</v>
+        <v>794</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>806</v>
+        <v>795</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>807</v>
+        <v>796</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
       <c r="I254" s="3">
-        <v>11950916395</v>
+        <v>11941112594</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>90936617100025</v>
+        <v>90504508400019</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>809</v>
+        <v>396</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I255" s="3">
-        <v>93060980806</v>
+        <v>11950729795</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>90999123400024</v>
+        <v>90505943200047</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I256" s="3">
-        <v>11941228894</v>
+        <v>76311388231</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>91003850400015</v>
+        <v>90749040300017</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>817</v>
+        <v>18</v>
       </c>
       <c r="I257" s="3">
-        <v>11770768177</v>
+        <v>11756421175</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>91012533500018</v>
+        <v>90756669900019</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>818</v>
-[...3 lines deleted...]
-      </c>
+        <v>805</v>
+      </c>
+      <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>821</v>
+        <v>807</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I258" s="3">
-        <v>84010254401</v>
+        <v>11922460392</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>91037571600016</v>
+        <v>90787643700027</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>822</v>
+        <v>808</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>823</v>
+        <v>809</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>824</v>
+        <v>810</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>727</v>
+        <v>31</v>
       </c>
       <c r="I259" s="3">
-        <v>11941118994</v>
+        <v>32600380660</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>91064556300016</v>
+        <v>90817892400019</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>825</v>
+        <v>811</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>826</v>
+        <v>812</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>824</v>
+        <v>813</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>28</v>
+        <v>687</v>
       </c>
       <c r="I260" s="3">
-        <v>11950749795</v>
+        <v>11941106294</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>91069104700013</v>
+        <v>90836599200019</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>827</v>
+        <v>814</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>828</v>
+        <v>815</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>829</v>
+        <v>816</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I261" s="3">
-        <v>11756534875</v>
+        <v>84691920569</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>91134274900023</v>
+        <v>90878492900030</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>830</v>
+        <v>817</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I262" s="3">
-        <v>24450418345</v>
+        <v>11950772695</v>
       </c>
       <c r="J262" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>91142546000019</v>
+        <v>90893196700024</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D263" s="2"/>
+        <v>820</v>
+      </c>
+      <c r="D263" s="2" t="s">
+        <v>821</v>
+      </c>
       <c r="E263" s="2" t="s">
-        <v>834</v>
+        <v>822</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I263" s="3">
-        <v>11950759395</v>
+        <v>93830794283</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>91159492700020</v>
+        <v>90934379000012</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>835</v>
+        <v>824</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>836</v>
+        <v>825</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>837</v>
+        <v>816</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I264" s="3">
-        <v>76341346434</v>
+        <v>11910936091</v>
       </c>
       <c r="J264" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>91182637800018</v>
+        <v>90935219700018</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>546</v>
+        <v>828</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="I265" s="3">
-        <v>84380829938</v>
+        <v>11950916395</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>91205802100011</v>
+        <v>90999123400024</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>840</v>
+        <v>829</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I266" s="3">
-        <v>11930942193</v>
+        <v>11941228894</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>91214591900011</v>
+        <v>91003850400015</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>843</v>
+        <v>832</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>844</v>
+        <v>833</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="G267" s="2"/>
+        <v>834</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>835</v>
+      </c>
       <c r="H267" s="2" t="s">
-        <v>28</v>
+        <v>836</v>
       </c>
       <c r="I267" s="3">
-        <v>11950781195</v>
+        <v>11770768177</v>
       </c>
       <c r="J267" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>91272849000018</v>
+        <v>91012533500018</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="D268" s="2"/>
+        <v>837</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>838</v>
+      </c>
       <c r="E268" s="2" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I268" s="3">
-        <v>93132334213</v>
+        <v>84010254401</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M268" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>91355095000012</v>
+        <v>91037571600016</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>28</v>
+        <v>844</v>
       </c>
       <c r="I269" s="3">
-        <v>11788545878</v>
+        <v>11941118994</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>91533575600010</v>
+        <v>91064556300016</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I270" s="3">
-        <v>53560995056</v>
+        <v>11950749795</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>91766872500018</v>
+        <v>91069104700013</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>855</v>
+        <v>847</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>856</v>
+        <v>848</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I271" s="3">
-        <v>11756629275</v>
+        <v>11756534875</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>91807726400011</v>
+        <v>91120805600018</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>860</v>
+        <v>843</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I272" s="3">
-        <v>11930971693</v>
+        <v>11770771377</v>
       </c>
       <c r="J272" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>91834678400013</v>
+        <v>91134274900023</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>861</v>
+        <v>852</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>863</v>
+        <v>854</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I273" s="3">
-        <v>75331467333</v>
+        <v>24450418345</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>91843372300015</v>
+        <v>91159492700020</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>864</v>
+        <v>855</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>865</v>
+        <v>856</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>867</v>
+        <v>18</v>
       </c>
       <c r="I274" s="3">
-        <v>44680333468</v>
+        <v>76341346434</v>
       </c>
       <c r="J274" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>91858529000011</v>
+        <v>91182637800018</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>870</v>
+        <v>541</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I275" s="3">
-        <v>11931020293</v>
+        <v>84380829938</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>91871091400022</v>
+        <v>91205802100011</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>871</v>
+        <v>860</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>674</v>
+        <v>862</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I276" s="3">
-        <v>11931125793</v>
+        <v>11930942193</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>91887332400019</v>
+        <v>91214591900011</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>420</v>
+        <v>843</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I277" s="3">
-        <v>11756674775</v>
+        <v>11950781195</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>91892647800010</v>
+        <v>91266100600029</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I278" s="3">
-        <v>44570437057</v>
+        <v>11922675492</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>91918892000012</v>
+        <v>91272849000018</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>878</v>
-[...3 lines deleted...]
-      </c>
+        <v>868</v>
+      </c>
+      <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="G279" s="2"/>
+        <v>870</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>835</v>
+      </c>
       <c r="H279" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I279" s="3">
-        <v>11950776995</v>
+        <v>93132334213</v>
       </c>
       <c r="J279" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>91921784400019</v>
+        <v>91355095000012</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>882</v>
+        <v>871</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>883</v>
+        <v>872</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I280" s="3">
-        <v>52850252985</v>
+        <v>11788545878</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>91982415100014</v>
+        <v>91472813400018</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>885</v>
+        <v>874</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>887</v>
+        <v>876</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>28</v>
+        <v>416</v>
       </c>
       <c r="I281" s="3">
-        <v>84380853438</v>
+        <v>84692136269</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>92042647500017</v>
+        <v>91533575600010</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>888</v>
+        <v>877</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I282" s="3">
-        <v>93061020506</v>
+        <v>53560995056</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>92065060300011</v>
+        <v>91759484800025</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>893</v>
+        <v>882</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I283" s="3">
-        <v>11941160194</v>
+        <v>11950768795</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K283" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>92185896500020</v>
+        <v>91766872500018</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I284" s="3">
-        <v>93132282813</v>
+        <v>11756629275</v>
       </c>
       <c r="J284" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>92234834700019</v>
+        <v>91807726400011</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I285" s="3">
-        <v>11756647875</v>
+        <v>11930971693</v>
       </c>
       <c r="J285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>92317504600013</v>
+        <v>91834678400013</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>901</v>
+        <v>890</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>138</v>
+        <v>31</v>
       </c>
       <c r="I286" s="3">
-        <v>11756713875</v>
+        <v>75331467333</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>92428360900015</v>
+        <v>91843372300015</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>892</v>
+      </c>
+      <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>903</v>
+        <v>893</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>652</v>
+        <v>894</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>28</v>
+        <v>895</v>
       </c>
       <c r="I287" s="3">
-        <v>11941249794</v>
+        <v>44680333468</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>92801878700012</v>
+        <v>91871091400022</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>350</v>
+        <v>674</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I288" s="3">
-        <v>93840513784</v>
+        <v>11931125793</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>92922969800014</v>
+        <v>91887332400019</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>908</v>
+        <v>134</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>365</v>
+        <v>18</v>
       </c>
       <c r="I289" s="3">
-        <v>76320093432</v>
+        <v>11756674775</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>92935385200015</v>
+        <v>91918892000012</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>909</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>900</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>901</v>
+      </c>
       <c r="E290" s="2" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I290" s="3">
-        <v>11922755392</v>
+        <v>11950776995</v>
       </c>
       <c r="J290" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>92950657400011</v>
+        <v>91921784400019</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I291" s="3">
-        <v>11757015375</v>
+        <v>52850252985</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>92951836300015</v>
+        <v>91982415100014</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I292" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I292" s="3">
+        <v>84380853438</v>
+      </c>
       <c r="J292" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M292" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>92958363100023</v>
+        <v>92042647500017</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>918</v>
+        <v>910</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I293" s="3">
-        <v>11922753992</v>
+        <v>93061020506</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>92960787700016</v>
+        <v>92065060300011</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I294" s="3">
-        <v>84692282969</v>
+        <v>11941160194</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>93022557800010</v>
+        <v>92155962100013</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>925</v>
+        <v>830</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I295" s="3">
-        <v>76341307034</v>
+        <v>11756810175</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>93055766500013</v>
+        <v>92185896500020</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>927</v>
+        <v>918</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>928</v>
+        <v>919</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>929</v>
+        <v>920</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I296" s="3">
-        <v>11922788692</v>
+        <v>93132282813</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>93104131300012</v>
+        <v>92234834700019</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>930</v>
+        <v>921</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>931</v>
+        <v>922</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>932</v>
+        <v>923</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I297" s="3">
-        <v>93132268213</v>
+        <v>11756647875</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>93220043900010</v>
+        <v>92317504600013</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>933</v>
+        <v>924</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>621</v>
+        <v>925</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I298" s="3">
-        <v>11922783992</v>
+        <v>11756713875</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>93241134100021</v>
+        <v>92428360900015</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="D299" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E299" s="2" t="s">
-        <v>936</v>
+        <v>927</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>937</v>
+        <v>649</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I299" s="3">
-        <v>11757238475</v>
+        <v>11941249794</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>93278158600015</v>
+        <v>92502551200029</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>940</v>
+        <v>930</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I300" s="3">
-        <v>11911072891</v>
+        <v>11922734592</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>93286473900010</v>
+        <v>92801878700012</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>943</v>
+        <v>374</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I301" s="3">
-        <v>11757184575</v>
+        <v>93840513784</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M301" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>93352167600017</v>
+        <v>92935385200015</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>944</v>
+        <v>933</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I302" s="3">
-        <v>11922797092</v>
+        <v>11922755392</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M302" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>93375737900013</v>
+        <v>92950657400011</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>198</v>
+        <v>938</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I303" s="3">
-        <v>44670812567</v>
+        <v>11757015375</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>93417777500012</v>
+        <v>92951836300015</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>948</v>
+        <v>939</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I304" s="3"/>
       <c r="J304" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>93456656300011</v>
+        <v>92958363100023</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>952</v>
+        <v>942</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>953</v>
+        <v>929</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>201</v>
+        <v>943</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I305" s="3">
-        <v>44670823467</v>
+        <v>11922753992</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>93904931800016</v>
+        <v>92960787700016</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>944</v>
+      </c>
+      <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I306" s="3">
-        <v>32591368759</v>
+        <v>84692282969</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>93939108200012</v>
+        <v>93022557800010</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I307" s="3">
-        <v>11757238675</v>
+        <v>76341307034</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>93995403800013</v>
+        <v>93104131300012</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
       <c r="D308" s="2"/>
       <c r="E308" s="2" t="s">
-        <v>962</v>
+        <v>951</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>963</v>
+        <v>952</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I308" s="3">
-        <v>11757174775</v>
+        <v>93132268213</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>94060951400010</v>
+        <v>93220043900010</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>964</v>
+        <v>953</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>965</v>
+        <v>618</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>966</v>
+        <v>954</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I309" s="3">
-        <v>11922868492</v>
+        <v>11922783992</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>94127224700011</v>
+        <v>93241134100021</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>711</v>
+        <v>955</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>967</v>
+        <v>956</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>968</v>
+        <v>957</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I310" s="3">
-        <v>11757239175</v>
+        <v>11757238475</v>
       </c>
       <c r="J310" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M310" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>94270848800013</v>
+        <v>93278158600015</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>970</v>
+        <v>959</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>971</v>
+        <v>960</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I311" s="3">
-        <v>11788764378</v>
+        <v>11911072891</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>94388577200013</v>
+        <v>93324617500014</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>972</v>
+        <v>961</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>965</v>
+        <v>815</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I312" s="3">
-        <v>11922900692</v>
+        <v>84692336069</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>94472552200014</v>
+        <v>93352167600017</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I313" s="3">
-        <v>11757277075</v>
+        <v>11922797092</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M313" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>94882198800011</v>
+        <v>93375737900013</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>978</v>
+        <v>277</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I314" s="3">
-        <v>76311312431</v>
+        <v>44670812567</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>94967401400012</v>
+        <v>93401365700010</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>979</v>
+        <v>968</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>980</v>
+        <v>969</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>981</v>
+        <v>277</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I315" s="3">
-        <v>32600420760</v>
+        <v>11757122575</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M315" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>94971063600018</v>
+        <v>93417777500012</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>580</v>
+        <v>972</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>28</v>
+        <v>973</v>
       </c>
       <c r="I316" s="3">
-        <v>11950807495</v>
+        <v>11757155375</v>
       </c>
       <c r="J316" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>94976631500012</v>
+        <v>93456656300011</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
       <c r="D317" s="2"/>
       <c r="E317" s="2" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>986</v>
+        <v>280</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I317" s="3">
-        <v>11922607992</v>
+        <v>44670823467</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M317" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>94998086600014</v>
+        <v>93467306200014</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>989</v>
+        <v>978</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I318" s="3">
-        <v>11931031393</v>
+        <v>93050106905</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M318" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>95172178600014</v>
+        <v>93904931800016</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="D319" s="2"/>
+        <v>979</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>980</v>
+      </c>
       <c r="E319" s="2" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I319" s="3">
-        <v>93061054806</v>
+        <v>32591368759</v>
       </c>
       <c r="J319" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>95258511500019</v>
+        <v>93939108200012</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>993</v>
+        <v>983</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>994</v>
+        <v>984</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>995</v>
+        <v>985</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I320" s="3">
-        <v>24410157941</v>
+        <v>11757238675</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>95355898800036</v>
+        <v>93995403800013</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>621</v>
+        <v>987</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I321" s="3">
-        <v>11756908275</v>
+        <v>11757174775</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>97776515500014</v>
+        <v>94049839700014</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>999</v>
+        <v>990</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1000</v>
+        <v>991</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I322" s="3">
-        <v>11931027293</v>
+        <v>11922868292</v>
       </c>
       <c r="J322" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>97822715500022</v>
+        <v>94060951400010</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>962</v>
+        <v>993</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I323" s="3">
-        <v>11922647392</v>
+        <v>11922868492</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M323" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>97894698600012</v>
+        <v>94127224700011</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>138</v>
+        <v>18</v>
       </c>
       <c r="I324" s="3">
-        <v>11922646292</v>
+        <v>11757239175</v>
       </c>
       <c r="J324" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M324" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>97895784300011</v>
+        <v>94159973000012</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I325" s="3">
-        <v>11931060593</v>
+        <v>11757205175</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>98002345100019</v>
+        <v>94270848800013</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I326" s="3">
-        <v>11931038793</v>
+        <v>11788764378</v>
       </c>
       <c r="J326" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>98013230200012</v>
+        <v>94332898900018</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>1013</v>
+        <v>848</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I327" s="3">
-        <v>11941217594</v>
+        <v>11757268475</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>98090103700013</v>
+        <v>94383427500019</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I328" s="3">
-        <v>32800246180</v>
+        <v>11788781478</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>98130819000017</v>
+        <v>94387755500012</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1019</v>
+        <v>1009</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1020</v>
+        <v>1010</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I329" s="3">
-        <v>93132197613</v>
+        <v>11770966177</v>
       </c>
       <c r="J329" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M329" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>98219707100029</v>
+        <v>94388577200013</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1021</v>
+        <v>1011</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>1022</v>
+        <v>993</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>780</v>
+        <v>1003</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I330" s="3">
-        <v>11770866477</v>
+        <v>11922900692</v>
       </c>
       <c r="J330" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>98242193500015</v>
+        <v>94472552200014</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1025</v>
+        <v>1014</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I331" s="3">
-        <v>11922726092</v>
+        <v>11757277075</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M331" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>98308243900016</v>
+        <v>94480467300019</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1026</v>
+        <v>1015</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1028</v>
+        <v>1017</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I332" s="3">
-        <v>93061096406</v>
+        <v>11950954595</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M332" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>98335225300014</v>
+        <v>94513529100017</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>1018</v>
+      </c>
+      <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>1030</v>
+        <v>1019</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1031</v>
+        <v>1007</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I333" s="3">
-        <v>11788650878</v>
+        <v>11757318675</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>98382468100024</v>
+        <v>94533253400011</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>1033</v>
+        <v>999</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1034</v>
+        <v>1021</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I334" s="3">
-        <v>11770873277</v>
+        <v>11757320275</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>98382471500012</v>
+        <v>94882198800011</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1035</v>
+        <v>1022</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1037</v>
+        <v>1024</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I335" s="3">
-        <v>24450428145</v>
+        <v>76311312431</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M335" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>98399521800010</v>
+        <v>94967401400012</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1038</v>
+        <v>1025</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I336" s="3">
-        <v>11922697292</v>
+        <v>32600420760</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>98420494100012</v>
+        <v>94971063600018</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>1028</v>
+      </c>
+      <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>1040</v>
+        <v>452</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1041</v>
+        <v>577</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I337" s="3">
-        <v>84430369143</v>
+        <v>11950807495</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M337" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>98429932100013</v>
+        <v>94976631500012</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1042</v>
+        <v>1029</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1043</v>
+        <v>1030</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1044</v>
+        <v>1031</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>267</v>
+        <v>18</v>
       </c>
       <c r="I338" s="3">
-        <v>11922717192</v>
+        <v>11922607992</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M338" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>98445977600014</v>
+        <v>94998086600014</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1045</v>
+        <v>1032</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1047</v>
+        <v>1034</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I339" s="3">
-        <v>11931071993</v>
+        <v>11931031393</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>98461765400012</v>
+        <v>95172178600014</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I340" s="3">
-        <v>32020170602</v>
+        <v>93061054806</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M340" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>98738468200017</v>
+        <v>95181842600011</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1051</v>
+        <v>1038</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>880</v>
+        <v>1039</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>541</v>
+        <v>1040</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I341" s="3">
-        <v>11950879795</v>
+        <v>11950826395</v>
       </c>
       <c r="J341" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>98925278800017</v>
+        <v>95258511500019</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1052</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="D342" s="2"/>
       <c r="E342" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I342" s="3">
+        <v>24410157941</v>
+      </c>
+      <c r="J342" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K342" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L342" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M342" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13">
+      <c r="A343" s="1">
+        <v>95355898800036</v>
+      </c>
+      <c r="B343" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D343" s="2"/>
+      <c r="E343" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G343" s="2"/>
+      <c r="H343" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I343" s="3">
+        <v>11756908275</v>
+      </c>
+      <c r="J343" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K343" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L343" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M343" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13">
+      <c r="A344" s="1">
+        <v>97776515500014</v>
+      </c>
+      <c r="B344" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D344" s="2"/>
+      <c r="E344" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>1048</v>
+      </c>
+      <c r="G344" s="2"/>
+      <c r="H344" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I344" s="3">
+        <v>11931027293</v>
+      </c>
+      <c r="J344" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K344" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L344" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M344" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13">
+      <c r="A345" s="1">
+        <v>97822715500022</v>
+      </c>
+      <c r="B345" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D345" s="2"/>
+      <c r="E345" s="2" t="s">
+        <v>987</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G345" s="2"/>
+      <c r="H345" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I345" s="3">
+        <v>11922647392</v>
+      </c>
+      <c r="J345" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K345" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L345" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M345" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13">
+      <c r="A346" s="1">
+        <v>97895784300011</v>
+      </c>
+      <c r="B346" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C346" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D346" s="2"/>
+      <c r="E346" s="2" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G346" s="2"/>
+      <c r="H346" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I346" s="3">
+        <v>11931060593</v>
+      </c>
+      <c r="J346" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K346" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L346" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M346" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13">
+      <c r="A347" s="1">
+        <v>98002345100019</v>
+      </c>
+      <c r="B347" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D347" s="2"/>
+      <c r="E347" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>1056</v>
+      </c>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I347" s="3">
+        <v>11931038793</v>
+      </c>
+      <c r="J347" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K347" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L347" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M347" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13">
+      <c r="A348" s="1">
+        <v>98013230200012</v>
+      </c>
+      <c r="B348" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D348" s="2"/>
+      <c r="E348" s="2" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G348" s="2"/>
+      <c r="H348" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I348" s="3">
+        <v>11941217594</v>
+      </c>
+      <c r="J348" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K348" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L348" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M348" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13">
+      <c r="A349" s="1">
+        <v>98090103700013</v>
+      </c>
+      <c r="B349" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C349" s="2" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D349" s="2"/>
+      <c r="E349" s="2" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="G349" s="2"/>
+      <c r="H349" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I349" s="3">
+        <v>32800246180</v>
+      </c>
+      <c r="J349" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K349" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L349" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M349" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13">
+      <c r="A350" s="1">
+        <v>98130819000017</v>
+      </c>
+      <c r="B350" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C350" s="2" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D350" s="2"/>
+      <c r="E350" s="2" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G350" s="2"/>
+      <c r="H350" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I350" s="3">
+        <v>93132197613</v>
+      </c>
+      <c r="J350" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K350" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L350" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M350" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13">
+      <c r="A351" s="1">
+        <v>98219707100029</v>
+      </c>
+      <c r="B351" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C351" s="2" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D351" s="2"/>
+      <c r="E351" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="G351" s="2"/>
+      <c r="H351" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I351" s="3">
+        <v>11770866477</v>
+      </c>
+      <c r="J351" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K351" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L351" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M351" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13">
+      <c r="A352" s="1">
+        <v>98242193500015</v>
+      </c>
+      <c r="B352" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C352" s="2" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D352" s="2"/>
+      <c r="E352" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F352" s="2" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G352" s="2"/>
+      <c r="H352" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I352" s="3">
+        <v>11922726092</v>
+      </c>
+      <c r="J352" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K352" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L352" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M352" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13">
+      <c r="A353" s="1">
+        <v>98297687000013</v>
+      </c>
+      <c r="B353" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C353" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D353" s="2"/>
+      <c r="E353" s="2" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F353" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G353" s="2"/>
+      <c r="H353" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I353" s="3">
+        <v>27250373025</v>
+      </c>
+      <c r="J353" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K353" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L353" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M353" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13">
+      <c r="A354" s="1">
+        <v>98308243900016</v>
+      </c>
+      <c r="B354" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C354" s="2" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D354" s="2"/>
+      <c r="E354" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F354" s="2" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G354" s="2"/>
+      <c r="H354" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I354" s="3">
+        <v>93061096406</v>
+      </c>
+      <c r="J354" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K354" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L354" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M354" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13">
+      <c r="A355" s="1">
+        <v>98335225300014</v>
+      </c>
+      <c r="B355" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C355" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E355" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="G355" s="2"/>
+      <c r="H355" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I355" s="3">
+        <v>11788650878</v>
+      </c>
+      <c r="J355" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K355" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L355" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M355" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13">
+      <c r="A356" s="1">
+        <v>98382468100024</v>
+      </c>
+      <c r="B356" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C356" s="2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D356" s="2"/>
+      <c r="E356" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G356" s="2"/>
+      <c r="H356" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I356" s="3">
+        <v>11770873277</v>
+      </c>
+      <c r="J356" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K356" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L356" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M356" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13">
+      <c r="A357" s="1">
+        <v>98382471500012</v>
+      </c>
+      <c r="B357" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D357" s="2"/>
+      <c r="E357" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F357" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G357" s="2"/>
+      <c r="H357" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I357" s="3">
+        <v>24450428145</v>
+      </c>
+      <c r="J357" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K357" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L357" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M357" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13">
+      <c r="A358" s="1">
+        <v>98399521800010</v>
+      </c>
+      <c r="B358" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C358" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D358" s="2"/>
+      <c r="E358" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F358" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="G358" s="2"/>
+      <c r="H358" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I358" s="3">
+        <v>11922697292</v>
+      </c>
+      <c r="J358" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K358" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L358" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M358" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13">
+      <c r="A359" s="1">
+        <v>98420494100012</v>
+      </c>
+      <c r="B359" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G359" s="2"/>
+      <c r="H359" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I359" s="3">
+        <v>84430369143</v>
+      </c>
+      <c r="J359" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K359" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L359" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M359" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13">
+      <c r="A360" s="1">
+        <v>98429932100013</v>
+      </c>
+      <c r="B360" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D360" s="2"/>
+      <c r="E360" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>1091</v>
+      </c>
+      <c r="G360" s="2"/>
+      <c r="H360" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="I360" s="3">
+        <v>11922717192</v>
+      </c>
+      <c r="J360" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K360" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L360" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M360" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13">
+      <c r="A361" s="1">
+        <v>98445977600014</v>
+      </c>
+      <c r="B361" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C361" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D361" s="2"/>
+      <c r="E361" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F361" s="2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I361" s="3">
+        <v>11931071993</v>
+      </c>
+      <c r="J361" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K361" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L361" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M361" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13">
+      <c r="A362" s="1">
+        <v>98461765400012</v>
+      </c>
+      <c r="B362" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D362" s="2"/>
+      <c r="E362" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G362" s="2"/>
+      <c r="H362" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I362" s="3">
+        <v>32020170602</v>
+      </c>
+      <c r="J362" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K362" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L362" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M362" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13">
+      <c r="A363" s="1">
+        <v>98738468200017</v>
+      </c>
+      <c r="B363" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D363" s="2"/>
+      <c r="E363" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="G363" s="2"/>
+      <c r="H363" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I363" s="3">
+        <v>11950879795</v>
+      </c>
+      <c r="J363" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K363" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L363" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M363" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13">
+      <c r="A364" s="1">
+        <v>98782736700010</v>
+      </c>
+      <c r="B364" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D364" s="2"/>
+      <c r="E364" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="G364" s="2"/>
+      <c r="H364" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I364" s="3">
+        <v>11950926395</v>
+      </c>
+      <c r="J364" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K364" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L364" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M364" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13">
+      <c r="A365" s="1">
+        <v>98806508200014</v>
+      </c>
+      <c r="B365" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D365" s="2"/>
+      <c r="E365" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F365" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G365" s="2"/>
+      <c r="H365" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I365" s="3">
+        <v>11757367375</v>
+      </c>
+      <c r="J365" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K365" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L365" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M365" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13">
+      <c r="A366" s="1">
+        <v>98859103800019</v>
+      </c>
+      <c r="B366" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C366" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D366" s="2"/>
+      <c r="E366" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="G366" s="2"/>
+      <c r="H366" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I366" s="3">
+        <v>11757320875</v>
+      </c>
+      <c r="J366" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K366" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L366" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M366" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13">
+      <c r="A367" s="1">
+        <v>98880269000012</v>
+      </c>
+      <c r="B367" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C367" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D367" s="2"/>
+      <c r="E367" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="G367" s="2"/>
+      <c r="H367" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I367" s="3">
+        <v>11950957195</v>
+      </c>
+      <c r="J367" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K367" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L367" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M367" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13">
+      <c r="A368" s="1">
+        <v>98889581900015</v>
+      </c>
+      <c r="B368" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D368" s="2"/>
+      <c r="E368" s="2" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G368" s="2"/>
+      <c r="H368" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I368" s="3">
+        <v>11922946792</v>
+      </c>
+      <c r="J368" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K368" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L368" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M368" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13">
+      <c r="A369" s="1">
+        <v>98925278800017</v>
+      </c>
+      <c r="B369" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C369" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D369" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E369" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F369" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I369" s="3">
         <v>11757365975</v>
       </c>
-      <c r="J342" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M342" s="2" t="s">
+      <c r="J369" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K369" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L369" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M369" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13">
+      <c r="A370" s="1">
+        <v>98972836500010</v>
+      </c>
+      <c r="B370" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C370" s="2" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D370" s="2"/>
+      <c r="E370" s="2" t="s">
+        <v>993</v>
+      </c>
+      <c r="F370" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G370" s="2"/>
+      <c r="H370" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I370" s="3">
+        <v>11922942692</v>
+      </c>
+      <c r="J370" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K370" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L370" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M370" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13">
+      <c r="A371" s="1">
+        <v>98983403100019</v>
+      </c>
+      <c r="B371" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D371" s="2"/>
+      <c r="E371" s="2" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F371" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G371" s="2"/>
+      <c r="H371" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I371" s="3">
+        <v>84692522269</v>
+      </c>
+      <c r="J371" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K371" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L371" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M371" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13">
+      <c r="A372" s="1">
+        <v>99012155000018</v>
+      </c>
+      <c r="B372" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D372" s="2"/>
+      <c r="E372" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F372" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="G372" s="2"/>
+      <c r="H372" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I372" s="3">
+        <v>11788804078</v>
+      </c>
+      <c r="J372" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K372" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L372" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M372" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -16426,31 +17745,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 03:12:53</dc:description>
+  <dc:description>Export en date du 12/24/2025 13:23:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>