--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1235">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -76,107 +76,350 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYCEE ANDRE MALRAUX - LYCEE DES METIERS DU BOIS</t>
   </si>
   <si>
     <t>GRETA LORRAINE SUD</t>
   </si>
   <si>
     <t>13 RUE DE L'EPINETTE 88200 REMIREMONT</t>
   </si>
   <si>
     <t>23/10/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>COURS DE FRANCE</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA REPUBLIQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>25/03/1982</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>INSTIT FRANC TRADUCT INTERPRET</t>
+  </si>
+  <si>
+    <t>IFTI</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD PEREIRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>74.30Z</t>
+  </si>
+  <si>
+    <t>BC BOOK SHOP</t>
+  </si>
+  <si>
+    <t>ABC BOOKSHOP</t>
+  </si>
+  <si>
+    <t>11 RUE DES FAULX 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>01/02/1986</t>
+  </si>
+  <si>
+    <t>47.61Z</t>
+  </si>
+  <si>
+    <t>PROFORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE DE BRAQUE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/04/1986</t>
+  </si>
+  <si>
+    <t>11997077975, 11751059475</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPER DES COMMUNICATIONS AVENIR</t>
+  </si>
+  <si>
+    <t>VILLA KANSAS 18 AVENUE DE L’EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>15/09/1994</t>
+  </si>
+  <si>
     <t>ACCOM INSTITUT</t>
   </si>
   <si>
     <t>2 RUE DE SEZE 75009 PARIS</t>
   </si>
   <si>
     <t>20/03/1999</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>ALPES DEVELOPPEMENT FORMATION</t>
   </si>
   <si>
     <t>ZI SAINT JOSEPH RUE DES ENTREPRENEURS 04100 MANOSQUE</t>
   </si>
   <si>
     <t>27/07/1993</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>GROUPE JPL</t>
   </si>
   <si>
     <t>124 AVENUE DU GENERAL LECLERC 91800 BRUNOY</t>
   </si>
   <si>
     <t>01/02/1998</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AMERICAN TEACHERS</t>
   </si>
   <si>
     <t>A T TRADUCTION - ENGLISH TEACHERS - BRITISH TEACHE</t>
   </si>
   <si>
     <t>9 B RUE GABILLOT 69003 LYON</t>
   </si>
   <si>
     <t>16/10/2018</t>
   </si>
   <si>
     <t>FORMA 2+</t>
   </si>
   <si>
     <t>3 RUE BELLANGER 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>08/11/1995</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JIAN YIXUAN   </t>
+  </si>
+  <si>
+    <t>RUE J GUEHENNO 83480 PUGET-SUR-ARGENS</t>
+  </si>
+  <si>
+    <t>05/10/2021</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEDY EMMANUELLE   </t>
+  </si>
+  <si>
+    <t>EMMANUELLE LEDY</t>
+  </si>
+  <si>
+    <t>3 PLACE SAINT-THOMAS 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/05/2006</t>
+  </si>
+  <si>
+    <t>A.C.E TRAINING</t>
+  </si>
+  <si>
+    <t>ZAC FIESCHI 4 RUE BONAPARTE 27200 VERNON</t>
+  </si>
+  <si>
+    <t>28/03/2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LABADIE SEVERINE   </t>
+  </si>
+  <si>
+    <t>6 RUE DE LA GARENNE 40480 VIEUX-BOUCAU-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>AS LEARN</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA SEE 78711 MANTES-LA-VILLE</t>
+  </si>
+  <si>
+    <t>01/03/2012</t>
+  </si>
+  <si>
+    <t>GOODSIR RA</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA TOUR-MAUBOURG 43600 SAINTE-SIGOLENE</t>
+  </si>
+  <si>
+    <t>14/04/2022</t>
+  </si>
+  <si>
+    <t>MICH</t>
+  </si>
+  <si>
+    <t>ENGLISH ACADEMY</t>
+  </si>
+  <si>
+    <t>20 T RUE JULIEN 69003 LYON 3EME</t>
+  </si>
+  <si>
+    <t>17/09/2021</t>
+  </si>
+  <si>
+    <t>HAPPY FORMA</t>
+  </si>
+  <si>
+    <t>16 RUE CHAUVEAU 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>06/09/2021</t>
+  </si>
+  <si>
+    <t>ENGLISH JOURNEY</t>
+  </si>
+  <si>
+    <t>LES PETITS BILINGUES</t>
+  </si>
+  <si>
+    <t>12 PLACE DE LA GARE 91120 PALAISEAU</t>
+  </si>
+  <si>
+    <t>04/10/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASMANI NADIR   </t>
+  </si>
+  <si>
+    <t>65 RUE EMMANUEL BRUN 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>MAUJONNET CONSULTING</t>
+  </si>
+  <si>
+    <t>CBNM</t>
+  </si>
+  <si>
+    <t>73 AVENUE LEDRU-ROLLIN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>08/12/2015</t>
+  </si>
+  <si>
+    <t>20 RUE LAVOISIER 95300 PONTOISE</t>
+  </si>
+  <si>
+    <t>04/01/2019</t>
+  </si>
+  <si>
+    <t>ENGLISH FOR FRENCH</t>
+  </si>
+  <si>
+    <t>DU 24 AOUT 1944 8 AVENUE DE LA LIBERATION 13210 SAINT-REMY-DE-PROVENCE</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>CARDOULINES B1 1360 ROUTE DES DOLINES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>B2H13 MARSEILLE</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>CALL LEARNING</t>
+  </si>
+  <si>
+    <t>35 CHEMIN DE L'ARBOIS 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>614 CHEMIN DE MARSEILLE 13880 VELAUX</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>CAP LEARN</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA BOUTIERE 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DAAIBES KAMILIA   </t>
+  </si>
+  <si>
+    <t>LIEU DIT LOGIS DE MOULLINS 72600 SAINT-REMY-DU-VAL</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
     <t xml:space="preserve">GERAGHTY LORNA   </t>
   </si>
   <si>
     <t>LES GAILLARDS 4 RUE DU 19 MARS 1962 63190 ORLEAT</t>
   </si>
   <si>
     <t>01/04/1995</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>SARL FORMANTER</t>
   </si>
   <si>
     <t>208 RUE DU GENERAL DE GAULLE 69530 BRIGNAIS</t>
   </si>
   <si>
     <t>21/09/2020</t>
   </si>
   <si>
     <t>[ND] [ND] [ND] [ND] [ND]</t>
   </si>
   <si>
     <t>[ND]</t>
@@ -208,80 +451,107 @@
   <si>
     <t>01/05/2002</t>
   </si>
   <si>
     <t>CALAD'IMPULSION</t>
   </si>
   <si>
     <t>847 ROUTE DE FRANS 69400 VILLEFRANCHE-SUR-SAONE</t>
   </si>
   <si>
     <t>19/05/2011</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>OURAGAN FORMATION</t>
   </si>
   <si>
     <t>11 AV DES VIEUX MOULINS - ANNECY 74000 ANNECY</t>
   </si>
   <si>
     <t>25/10/2019</t>
   </si>
   <si>
-    <t>70.10Z</t>
-[...1 lines deleted...]
-  <si>
     <t>EXPLORA LANGUES</t>
   </si>
   <si>
     <t>1ER ETAGE 54 RUE GIOFFREDO 06000 NICE</t>
   </si>
   <si>
     <t>12/05/2013</t>
   </si>
   <si>
     <t xml:space="preserve">MOSS CLARE   </t>
   </si>
   <si>
     <t>170 B CHEMIN DU COQUILLAT 33850 LEOGNAN</t>
   </si>
   <si>
     <t>01/10/2010</t>
   </si>
   <si>
     <t>AUDRA LANGUES</t>
   </si>
   <si>
     <t>27 AVENUE NOTRE-DAME 06000 NICE</t>
   </si>
   <si>
     <t>15/06/2011</t>
   </si>
   <si>
+    <t>ENLIGHTEN LANGUAGES</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES DMCI 31 RUE LAURE DIEBOLD 69009 LYON</t>
+  </si>
+  <si>
+    <t>15/07/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BARTHONNET MARIE CHRISTINE  </t>
+  </si>
+  <si>
+    <t>OPENLANG FORMATIONS</t>
+  </si>
+  <si>
+    <t>6 AVENUE DE LA DIVISION LECLERC 72170 BEAUMONT-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>01/01/2000</t>
+  </si>
+  <si>
+    <t>EXEGO</t>
+  </si>
+  <si>
+    <t>PORTE A 26 RUE DES MAGASINS GENERAUX 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
     <t>I B L</t>
   </si>
   <si>
     <t>LES JARDINS DE FARGUES  -  BAT F 19 B AVENUE GUILLAUME DE FARGIS 84130 LE PONTET</t>
   </si>
   <si>
     <t>01/10/2008</t>
   </si>
   <si>
     <t>UNION NATIONALE DES JUMELAGES POUR TOUS</t>
   </si>
   <si>
     <t>13 RUE DE JAVEL 75015 PARIS</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>SHERWOOD FORMATION</t>
   </si>
   <si>
     <t>1 ALLEE DU PARC DE MESEMENA 44500 LA BAULE-ESCOUBLAC</t>
@@ -445,53 +715,50 @@
   <si>
     <t>L'ESPACE LANGUES ET COACHING</t>
   </si>
   <si>
     <t>24 AVENUE DU PRADO 13006 MARSEILLE</t>
   </si>
   <si>
     <t>04/06/2008</t>
   </si>
   <si>
     <t xml:space="preserve">GERVAIS CAROLINE   </t>
   </si>
   <si>
     <t>112 AVENUE DU 18 JUIN 1940 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>18/08/2005</t>
   </si>
   <si>
     <t>RENNES</t>
   </si>
   <si>
     <t>28/02/2018</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">TETE ALEXANDRE   </t>
   </si>
   <si>
     <t>ALTER-NATIVE</t>
   </si>
   <si>
     <t>LE VERCORS - B6 92 AVENUE MICHEL JOURDAN 06150 CANNES</t>
   </si>
   <si>
     <t>03/07/2015</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>129 CHEMIN DES REYNAUDS 04120 DEMANDOLX</t>
   </si>
   <si>
     <t xml:space="preserve">MINOZZO VERONIQUE   </t>
   </si>
   <si>
     <t>FORMATION ANGLAIS COURS  MATHS FRANCAIS AUCH</t>
   </si>
   <si>
     <t>4 ROUTE D’AUCH 32550 PAVIE</t>
@@ -499,80 +766,50 @@
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t xml:space="preserve">SAYONS SANDRINE   </t>
   </si>
   <si>
     <t>ANGLAISPRO</t>
   </si>
   <si>
     <t>3 PLACE DE LUXEMBOURG 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t xml:space="preserve">MAUPAS CAROLINE AGNES  </t>
   </si>
   <si>
     <t>8 RUE DE CORREZE 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>01/06/2014</t>
   </si>
   <si>
-    <t xml:space="preserve">LEDY EMMANUELLE   </t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">CONNELL LISA MARY  </t>
   </si>
   <si>
     <t>CONNELL E L A</t>
   </si>
   <si>
     <t>673 CHEMIN DU SOLEIL COUCHANT 13170 LES PENNES-MIRABEAU</t>
   </si>
   <si>
     <t>VIA LINGUA</t>
   </si>
   <si>
     <t>12 RUE DE BOURGOGNE 57070 METZ</t>
   </si>
   <si>
     <t>01/10/2011</t>
   </si>
   <si>
     <t>SKILLS INCORPORATED</t>
   </si>
   <si>
     <t>31 ROUTE DE LA WANTZENAU 67800 HŒNHEIM</t>
   </si>
   <si>
     <t>09/12/2014</t>
@@ -583,95 +820,602 @@
   <si>
     <t>HOLDIPARC 2 CAR JEAN MONNET 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t xml:space="preserve">BIRD ANTHONY   </t>
   </si>
   <si>
     <t>493 RUE DU MONCEL 61150 AVOINE</t>
   </si>
   <si>
     <t>28/03/2007</t>
   </si>
   <si>
     <t xml:space="preserve">RIEHL CLAUDIA   </t>
   </si>
   <si>
     <t>24 B RUE JEANNE D ALBRET 91390 MORSANG-SUR-ORGE</t>
   </si>
   <si>
     <t>24/04/2007</t>
   </si>
   <si>
+    <t>YOUNG ENGLISH SPEAKERS</t>
+  </si>
+  <si>
+    <t>RES PENTES DE LA SOURCE LOCAL 1 BAT A ALLEE DES GIRASOLS 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>25/06/2007</t>
+  </si>
+  <si>
+    <t>04973088497</t>
+  </si>
+  <si>
     <t>TEMPOTIME</t>
   </si>
   <si>
     <t>5 RUE HENRI DUBOUILLON 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
+    <t>ASK ALLIANCE</t>
+  </si>
+  <si>
+    <t>BATIMENT H ACTIPOLE 130 AVENUE JOSEPH KESSEL 78960 VOISINS-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>22/11/2021</t>
+  </si>
+  <si>
+    <t>BG2I</t>
+  </si>
+  <si>
+    <t>71 BD AUGUSTE DURAND - MONTAIGU 85600 MONTAIGU-VENDEE</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KUEMMERLE AMY BETH  </t>
+  </si>
+  <si>
+    <t>8 RUE SAINT PAUL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>15/11/2022</t>
+  </si>
+  <si>
+    <t>CFORPRO</t>
+  </si>
+  <si>
+    <t>TOUR DE L'HORLOGE 4 PLACE LOUIS ARMAND 75012 PARIS</t>
+  </si>
+  <si>
+    <t>21/01/2008</t>
+  </si>
+  <si>
+    <t>FORCE LANGUES</t>
+  </si>
+  <si>
+    <t>POLE ECO 49 RUE DE L’EGALITE 59600 MAUBEUGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STUART MARJORIE   </t>
+  </si>
+  <si>
+    <t>5 RUE DE LA VILLE DENEU 22130 CORSEUL</t>
+  </si>
+  <si>
+    <t>01/07/2009</t>
+  </si>
+  <si>
+    <t>ODYSSEE CREATION</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES 14 ALLEE DES GRANDES BRUYERES 41200 ROMORANTIN-LANTHENAY</t>
+  </si>
+  <si>
+    <t>01/02/2012</t>
+  </si>
+  <si>
+    <t>46.19B</t>
+  </si>
+  <si>
+    <t>EURL DIXIE</t>
+  </si>
+  <si>
+    <t>37 PLACE AU FEURRE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>08/09/2008</t>
+  </si>
+  <si>
+    <t>CALUEN</t>
+  </si>
+  <si>
+    <t>9 PLACE DE METZ 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>ABD FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAPCOURS</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES PRES 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>17/07/2017</t>
+  </si>
+  <si>
+    <t>A C C</t>
+  </si>
+  <si>
+    <t>9 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>46.90Z</t>
+  </si>
+  <si>
+    <t>17 RUE SAINT-FIACRE 75002 PARIS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">STAPLETON TIMOTHY KENNETH  </t>
+  </si>
+  <si>
+    <t>2 LE CHETIF VIN 18520 BENGY-SUR-CRAON</t>
+  </si>
+  <si>
+    <t>25/02/2009</t>
+  </si>
+  <si>
+    <t>ARRIMAGE LANGUES</t>
+  </si>
+  <si>
+    <t>ARRIMAGES LANGUES</t>
+  </si>
+  <si>
+    <t>LE PHENIX - BAT 9 1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAUVET ALEXIA   </t>
+  </si>
+  <si>
+    <t>681 CHEMIN DES AMANDIERS 34400 LUNEL</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>85.52Z</t>
+  </si>
+  <si>
+    <t>LOCMARIA-GRAND-CHAMP</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AMIEL-FOURTAS FANNY MARIE-PIERRE  </t>
+  </si>
+  <si>
+    <t>57 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERONIE FLORENCE   </t>
+  </si>
+  <si>
+    <t>VINEXPORTAIDE</t>
+  </si>
+  <si>
+    <t>LES ROBINS 71470 CHAPELLE-THECLE (LA)</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SARANGI SEEMA   </t>
+  </si>
+  <si>
+    <t>70 BOULEVARD DE CHARONNE 75020 PARIS</t>
+  </si>
+  <si>
+    <t>07/07/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BATAILLARD SYLVIE   </t>
+  </si>
+  <si>
+    <t>2 ROUTE SOUS LE MONT DE VANNES 70270 SAINT-BARTHELEMY</t>
+  </si>
+  <si>
+    <t>15/07/2009</t>
+  </si>
+  <si>
+    <t>LANGUES ET FORMATION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD DES ITALIENS 75002 PARIS</t>
+  </si>
+  <si>
+    <t>02/02/2015</t>
+  </si>
+  <si>
+    <t>LITTLE LUTINS</t>
+  </si>
+  <si>
+    <t>10 RUE PRESIDENT FAVRE 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THOMASSET SANDRINE   </t>
+  </si>
+  <si>
+    <t>25 BD DU MAL DE LATTRE DE TASSIGNY 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>TO BE CONTINUED</t>
+  </si>
+  <si>
+    <t>12 BOULEVARD DES SPORTS 77700 BAILLY-ROMAINVILLIERS</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>PALMA SPEAK HOLDING</t>
+  </si>
+  <si>
+    <t>7 RUE NOTRE-DAME DE NAZARETH 75003 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2011</t>
+  </si>
+  <si>
+    <t>AUDAVIA</t>
+  </si>
+  <si>
+    <t>141 AVENUE DE WAGRAM 75017 PARIS</t>
+  </si>
+  <si>
+    <t>JM RISK MANAGEMENT</t>
+  </si>
+  <si>
+    <t>40 CHEMIN DU CHATEAU 74540 VIUZ-LA-CHIESAZ</t>
+  </si>
+  <si>
+    <t>03/03/2010</t>
+  </si>
+  <si>
+    <t>66.22Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CALLES THAIS ROSALIA  </t>
+  </si>
+  <si>
+    <t>DOC'LANGUES</t>
+  </si>
+  <si>
+    <t>6 RUE TORTE 34660 COURNONTERRAL</t>
+  </si>
+  <si>
+    <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>AVA PERFORMANCES</t>
+  </si>
+  <si>
+    <t>67 RUE DE REUILLY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>15/05/2010</t>
+  </si>
+  <si>
+    <t>CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>05/09/2020</t>
+  </si>
+  <si>
+    <t>62.01Z</t>
+  </si>
+  <si>
+    <t>ESKILLS.NET</t>
+  </si>
+  <si>
+    <t>150 RUE LEGENDRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>15/07/2010</t>
+  </si>
+  <si>
+    <t>PRESTIGE INTERLANGUAGE</t>
+  </si>
+  <si>
+    <t>109 RUE DU PETIT BOIS 45800 SAINT-JEAN-DE-BRAYE</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOHNSTON KATIE MARIE  </t>
+  </si>
+  <si>
+    <t>31 RUE SAINTE GENEVIEVE 33800 BORDEAUX</t>
+  </si>
+  <si>
+    <t>05/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEWEURS CHRISTINE HELENE REINE </t>
+  </si>
+  <si>
+    <t>COL DE GAGEOT "LA TOUR DE GAGEOT" ROUTE DU LAC 34800 CLERMONT-L'HERAULT</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>PASCAL DILLY CONSEIL</t>
+  </si>
+  <si>
+    <t>LANGUE SOUS HYPNOSE</t>
+  </si>
+  <si>
+    <t>12 RUE HAUTE PIERRE 57000 METZ</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRADLEY KATIE ELIZABETH  </t>
+  </si>
+  <si>
+    <t>3 AVENUE DES TIRVERTS 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION LANGUES</t>
+  </si>
+  <si>
+    <t>ZONE COMMERCIALE LA BOUSSOLE 73 RUE DES PLESSES 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>02/08/2012</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT WELCOME</t>
+  </si>
+  <si>
+    <t>14 RUE DE SAUMUR 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
+    <t>CFL WELCOME OLONNE SUR MER</t>
+  </si>
+  <si>
+    <t>4 RUE FLORA TRISTAN 85340 LES SABLES-D'OLONNE</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>CFL PARIS</t>
+  </si>
+  <si>
+    <t>2 RUE DES COUTURES 77400 SAINT-THIBAULT-DES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ERMES SOLUTIONS</t>
+  </si>
+  <si>
+    <t>GALILEE 2 2 AVENUE DU PRESIDENT PIERRE ANGOT 64000 PAU</t>
+  </si>
+  <si>
+    <t>30/06/2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AYAVOU MICHELLE   </t>
+  </si>
+  <si>
+    <t>26 RUE MAURICE HIRSCH 47000 AGEN</t>
+  </si>
+  <si>
+    <t>18/07/2011</t>
+  </si>
+  <si>
+    <t>ACTION</t>
+  </si>
+  <si>
+    <t>20 ALLEE ERIDAN 95350 SAINT-BRICE-SOUS-FORET</t>
+  </si>
+  <si>
+    <t>18/08/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WATTEZ THERESE MICHELE PIERRETTE </t>
+  </si>
+  <si>
+    <t>CLOSE UP CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>42 T RUE VIRGILE 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>20/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEBIZAY JULIE   </t>
+  </si>
+  <si>
+    <t>207 RUE DES CARRIERES 60270 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>14/09/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOLY VANESSA   </t>
+  </si>
+  <si>
+    <t>CHEZ M. JOLY LAURENT-PIERRE 3 ROCADE DE LA CROIX SAINT GEORGES 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>09/11/2020</t>
+  </si>
+  <si>
+    <t>BUSINESS SPEAKING</t>
+  </si>
+  <si>
+    <t>26 RUE JACQUES DULUD 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>STRAFORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE D'OSLO 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALIBERT MARTINE COLETTE ANTOINETTE </t>
+  </si>
+  <si>
+    <t>11 RUE COMMANDANT WAUTHIER 81100 CASTRES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>KID CLASS</t>
+  </si>
+  <si>
+    <t>57 RUE CHARLES DE GAULLE 77700 CHESSY</t>
+  </si>
+  <si>
+    <t>01/06/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BELAN AMELIE NICOLE CHRISTIANE </t>
+  </si>
+  <si>
+    <t>LE CLOSAGE 14260 LES MONTS D'AUNAY</t>
+  </si>
+  <si>
+    <t>10/06/2013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAN ANTONIO BELEN   </t>
+  </si>
+  <si>
+    <t>BELINGUA ACADEMY</t>
+  </si>
+  <si>
+    <t>3EME ETAGE 36 RUE DE LA GRANGE 69009 LYON</t>
+  </si>
+  <si>
+    <t>22/10/2020</t>
+  </si>
+  <si>
+    <t>ALBA - ENGLISH FOR BUSINESS</t>
+  </si>
+  <si>
+    <t>11 RUE DE L'EGLISE 27430 VATTEVILLE</t>
+  </si>
+  <si>
+    <t>13/09/2012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BERKMANS MARIE CLAIRE   </t>
+  </si>
+  <si>
+    <t>33 CARRIERE DU FAISAN 59184 SAINGHIN-EN-WEPPES</t>
+  </si>
+  <si>
+    <t>24/09/2012</t>
+  </si>
+  <si>
     <t>POUR LA PROMO DES LANGUES ETRANG.EN FRAN</t>
   </si>
   <si>
     <t>52 BOULEVARD DE MAGENTA 75010 PARIS</t>
   </si>
   <si>
     <t>01/07/2006</t>
   </si>
   <si>
     <t>ESPACE LANGUES ET FORMATIONS EURL</t>
   </si>
   <si>
     <t>49 B RUE DE PARIS 60200 COMPIEGNE</t>
   </si>
   <si>
-    <t>01/01/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>AKREATOR FORMATIONS</t>
   </si>
   <si>
     <t>3 RUE DE L'ARIOSTE 75016 PARIS</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
     <t>ASSOCIATION TICHRI</t>
   </si>
   <si>
     <t>LIEU DIT "LES CLOS" 938 ROUTE DE MARSEILLE 83860 NANS-LES-PINS</t>
   </si>
   <si>
-    <t>01/07/2021</t>
-[...1 lines deleted...]
-  <si>
     <t>ABC FORMATION CONTINUE</t>
   </si>
   <si>
     <t>224 COURS LAFAYETTE 69003 LYON</t>
   </si>
   <si>
     <t>30/09/2022</t>
   </si>
   <si>
     <t>DB CONSEIL</t>
   </si>
   <si>
     <t>LES TAILLADES 84830 SERIGNAN-DU-COMTAT</t>
   </si>
   <si>
     <t>28/02/2013</t>
   </si>
   <si>
     <t xml:space="preserve">BERENGER CELINE   </t>
   </si>
   <si>
     <t>D43D 880 CHEMIN DE SAINT JEAN DE GARGUIER 13400 AUBAGNE</t>
   </si>
   <si>
     <t>01/03/2013</t>
@@ -682,800 +1426,239 @@
   <si>
     <t>AF R - CENTRE D AFFAIRES 28 RUE DE LA BRETONNERIE 95300 PONTOISE</t>
   </si>
   <si>
     <t>01/06/2013</t>
   </si>
   <si>
     <t>ACTI'FORMATION</t>
   </si>
   <si>
     <t>111 RUE NOTRE DAME 59190 HAZEBROUCK</t>
   </si>
   <si>
     <t>17/12/2015</t>
   </si>
   <si>
     <t>SAS SESAME LANGUAGES</t>
   </si>
   <si>
     <t>46 AVENUE GEORGES CLEMENCEAU 06220 VALLAURIS</t>
   </si>
   <si>
     <t>27/02/2017</t>
   </si>
   <si>
-    <t>GOODSIR RA</t>
-[...10 lines deleted...]
-  <si>
     <t>ALLEVARD</t>
   </si>
   <si>
     <t>13/08/2022</t>
   </si>
   <si>
     <t>UNIVERS PROTEC FORMATION</t>
   </si>
   <si>
     <t>ANDANCETTE ZAC LES PAYOTS 26140 SAINT RAMBERT D'ALBON</t>
   </si>
   <si>
     <t>01/02/2014</t>
   </si>
   <si>
-    <t>TO BE CONTINUED</t>
-[...479 lines deleted...]
-    <t>01/07/2013</t>
+    <t>JEREMY WAINSTEAD CONSEIL &amp; FORMATION</t>
+  </si>
+  <si>
+    <t>10 PLACE ANDRE EMLINGER 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>NATUREL CONSEIL</t>
+  </si>
+  <si>
+    <t>212 AVENUE DE LA CALIFORNIE 06200 NICE</t>
+  </si>
+  <si>
+    <t>03/01/2023</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>N&amp;N ENGLISH SOLUTIONS</t>
+  </si>
+  <si>
+    <t>5B 52 RUE DE LA TOURELLE 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ABETTAN LESLIE MESSODY  </t>
+  </si>
+  <si>
+    <t>11 ALLEE DENAIN 93320 LES PAVILLONS-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>22/09/2014</t>
+  </si>
+  <si>
+    <t>CECI FORMATION</t>
+  </si>
+  <si>
+    <t>202 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>NATURELIA</t>
+  </si>
+  <si>
+    <t>BATIMENT F 90 RUE PAUL BERT 69400 VILLEFRANCHE-SUR-SAONE</t>
+  </si>
+  <si>
+    <t>30/12/2019</t>
+  </si>
+  <si>
+    <t>PROWINE LANGUAGE</t>
+  </si>
+  <si>
+    <t>48 RUE PIERRE RENAUDEL 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>14/11/2014</t>
+  </si>
+  <si>
+    <t>79.90Z</t>
+  </si>
+  <si>
+    <t>LIFE IN ENGLISH</t>
+  </si>
+  <si>
+    <t>9 ALLEE DE LA FRATERNITE 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>06/10/2020</t>
+  </si>
+  <si>
+    <t>LEADING LANGUAGE INSTITUTE</t>
+  </si>
+  <si>
+    <t>23 RUE DE LA GARE 57300 MONDELANGE</t>
+  </si>
+  <si>
+    <t>19/01/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KINSELLA PHELIM FRANCIS  </t>
+  </si>
+  <si>
+    <t>8 RUE DU PARC 77450 ESBLY</t>
+  </si>
+  <si>
+    <t>19/05/2015</t>
+  </si>
+  <si>
+    <t>AMW ENGLISH TRAINING</t>
+  </si>
+  <si>
+    <t>18 RUE PAUL DOUMER 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHUM CHARLOTTE YI  </t>
+  </si>
+  <si>
+    <t>YI INSTITUTE</t>
+  </si>
+  <si>
+    <t>12 RUE DE VERDUN 81600 GAILLAC</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
   </si>
   <si>
     <t xml:space="preserve">LAMBERT MATHEW DONALD  </t>
   </si>
   <si>
     <t>23 RUE DES COTEAUX 35190 LA CHAPELLE-AUX-FILTZMEENS</t>
   </si>
   <si>
     <t>26/02/2021</t>
   </si>
   <si>
     <t>SFG DEVELOPPEMENT</t>
   </si>
   <si>
     <t>20 AVENUE GABRIEL PERI 95870 BEZONS</t>
   </si>
   <si>
     <t>17/03/2017</t>
   </si>
   <si>
-    <t>ENLIGHTEN LANGUAGES</t>
-[...184 lines deleted...]
-  <si>
     <t>SEE YOU-C.U! CAREER &amp; UNIVERSE</t>
   </si>
   <si>
     <t>4 PLACE DES COULMES 38320 EYBENS</t>
   </si>
   <si>
     <t>26/07/2021</t>
   </si>
   <si>
     <t>MALAC INSTITUT DES LANGUES</t>
   </si>
   <si>
     <t>2 T AVENUE DE FRANCE 91300 MASSY</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>ABSOLUTE MJ SOLUTIONS</t>
   </si>
   <si>
     <t>MBE 1 BOULEVARD DE CHATEAUDUN 45000 ORLEANS</t>
   </si>
   <si>
     <t>11/04/2016</t>
   </si>
   <si>
     <t>ASKILL FORMATION</t>
   </si>
   <si>
     <t>PARC MELODIA 1460 CHEMIN DES TERRIERS 06600 ANTIBES</t>
   </si>
   <si>
     <t>08/04/2016</t>
   </si>
   <si>
+    <t>VA FORMATION</t>
+  </si>
+  <si>
+    <t>51 RUE SIBERT 42400 SAINT-CHAMOND</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
     <t>JACK N' JILL</t>
   </si>
   <si>
     <t>49 AVENUE JEHAN DE BRIE 77120 COULOMMIERS</t>
   </si>
   <si>
     <t>21/05/2016</t>
   </si>
   <si>
     <t>MINDBOOSTER</t>
   </si>
   <si>
     <t>67 RUE DE CHABROL 75010 PARIS</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t xml:space="preserve">RICHARDSON YASMINE ALIA  </t>
   </si>
   <si>
     <t>17 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
   </si>
   <si>
     <t>28/04/2023</t>
@@ -1570,116 +1753,107 @@
   <si>
     <t>126 AVENUE DU GENERAL LECLERC 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>18/09/2018</t>
   </si>
   <si>
     <t>ENGLISH FOR LIFE</t>
   </si>
   <si>
     <t>450 AVENUE DES PHILOSOPHES DES LUMIERES 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>08/06/2017</t>
   </si>
   <si>
     <t>O'BEINGLISH</t>
   </si>
   <si>
     <t>293 BOULEVARD SAINT-DENIS 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/07/2017</t>
   </si>
   <si>
+    <t>OPLURIEL FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES MARAICHERS 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/11/2021</t>
+  </si>
+  <si>
     <t>THDS</t>
   </si>
   <si>
     <t>SAINT-DENIS</t>
   </si>
   <si>
     <t>27/05/2024</t>
   </si>
   <si>
     <t>INTGRAL FORMATION</t>
   </si>
   <si>
     <t>33 RUE RAFFET 75016 PARIS</t>
   </si>
   <si>
     <t>19/01/2021</t>
   </si>
   <si>
     <t>MACMILLIN LANGUAGE SERVICES</t>
   </si>
   <si>
     <t>5 RUE DES ALLUMETTES 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>29/12/2017</t>
   </si>
   <si>
+    <t>4 C +</t>
+  </si>
+  <si>
+    <t>6 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>20/12/2017</t>
+  </si>
+  <si>
     <t xml:space="preserve">PARIS LAURIE   </t>
   </si>
   <si>
     <t>HELP! MON ANGLAIS</t>
   </si>
   <si>
     <t>BATIMENT VEGA 117 RUE FONTGIEVE 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>15/08/2023</t>
   </si>
   <si>
-    <t>CALL LEARNING</t>
-[...25 lines deleted...]
-  <si>
     <t>LES ALLUETS-LE-ROI</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
     <t>FRANCE FORMATION DEVELOPPEMENT</t>
   </si>
   <si>
     <t>1 RUE NICOLAS APPERT 75011 PARIS</t>
   </si>
   <si>
     <t>25/11/2019</t>
   </si>
   <si>
     <t>SPEAKUP ENGLISH COACHING</t>
   </si>
   <si>
     <t>RES MY LIBERTY BAT B 7 RUE PIERRE GUIRAL 13003 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>SUCCESSFUL IN ENGLISH</t>
@@ -1753,50 +1927,59 @@
   <si>
     <t>CSC CONSULTING</t>
   </si>
   <si>
     <t>WORLD ACADEMY</t>
   </si>
   <si>
     <t>7 RUE CARAMAN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>21/03/2019</t>
   </si>
   <si>
     <t xml:space="preserve">CLAVERIE AUDREY   </t>
   </si>
   <si>
     <t>95 IMPASSE DE LA COTE 69360 SOLAIZE</t>
   </si>
   <si>
     <t>08/03/2023</t>
   </si>
   <si>
     <t>INSTITUT SPECIALISE EN CONSEIL ET FORMATION (ISCOF)</t>
   </si>
   <si>
+    <t>EURO MARKET DIGITAL</t>
+  </si>
+  <si>
+    <t>BAT SXB1 16 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>18/03/2019</t>
+  </si>
+  <si>
     <t>FORMAPLUME</t>
   </si>
   <si>
     <t>103 AVENUE CARNOT 54130 SAINT-MAX</t>
   </si>
   <si>
     <t>24/04/2019</t>
   </si>
   <si>
     <t>BUNKER LAB</t>
   </si>
   <si>
     <t>18 RUE LAC SAINT ANDRE 73370 LE BOURGET-DU-LAC</t>
   </si>
   <si>
     <t>01/08/2021</t>
   </si>
   <si>
     <t>FORMADVANCE</t>
   </si>
   <si>
     <t>8 IMPASSE DOUSSINEAU 92270 BOIS-COLOMBES</t>
   </si>
   <si>
     <t>20/05/2019</t>
@@ -1819,59 +2002,50 @@
   <si>
     <t>1 RUE DE CLAIREFONTAINE 78120 RAMBOUILLET</t>
   </si>
   <si>
     <t>01/08/2020</t>
   </si>
   <si>
     <t>L'ATELIER DES COMPETENCES</t>
   </si>
   <si>
     <t>7 RUE DE FRANCE 57370 PHALSBOURG</t>
   </si>
   <si>
     <t>12/07/2019</t>
   </si>
   <si>
     <t>ON TIME CONSEIL</t>
   </si>
   <si>
     <t>75 RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>07/08/2019</t>
   </si>
   <si>
-    <t>DOLYTES CENTRE D'APPRENTISSAGE</t>
-[...7 lines deleted...]
-  <si>
     <t>PROEVENT ACADEMY</t>
   </si>
   <si>
     <t>PROEVENT ACEDEMY</t>
   </si>
   <si>
     <t>26 RUE RENNEQUIN 75017 PARIS</t>
   </si>
   <si>
     <t>28/08/2019</t>
   </si>
   <si>
     <t>LINGOVISIO</t>
   </si>
   <si>
     <t>39 RUE DE LA GARE DE REUILLY 75012 PARIS</t>
   </si>
   <si>
     <t>03/11/2021</t>
   </si>
   <si>
     <t>COLLEGE DE PARIS GRAND EST</t>
   </si>
   <si>
     <t>MAISON DU BATIMENT 12 ALLEE NATHAN KATZ 68100 MULHOUSE</t>
@@ -1882,102 +2056,102 @@
   <si>
     <t>13 RUE JACQUES DAGUERRE 92500 RUEIL-MALMAISON</t>
   </si>
   <si>
     <t>17/10/2019</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>QUALI PLUS FORMATION</t>
   </si>
   <si>
     <t>99 AVENUE ACHILLE PERETTI 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>ZIA</t>
   </si>
   <si>
     <t>39 BOULEVARD LENINE 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>28/11/2019</t>
   </si>
   <si>
-    <t xml:space="preserve">JIAN YIXUAN   </t>
-[...7 lines deleted...]
-  <si>
     <t>GENIUS FORM</t>
   </si>
   <si>
     <t>5 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
   </si>
   <si>
     <t>17/02/2020</t>
   </si>
   <si>
     <t>WAY UP</t>
   </si>
   <si>
     <t>1 ROUTE DE LYON 69320 FEYZIN</t>
   </si>
   <si>
     <t>12/07/2021</t>
   </si>
   <si>
     <t>96.09Z</t>
   </si>
   <si>
     <t>GLOBE TRAINING &amp; CONSULTING</t>
   </si>
   <si>
     <t>ESPACE MEDIA-LE TECHNOPARC 3 RUE GUSTAVE EIFFEL 78300 POISSY</t>
   </si>
   <si>
+    <t>LET IT SPEAK</t>
+  </si>
+  <si>
+    <t>3 PLACE DE LA RESISTANCE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
     <t>MK COACHING ET FORMATIONS</t>
   </si>
   <si>
     <t>5 RUE DE VIGNIER 25000 BESANCON</t>
   </si>
   <si>
     <t>05/05/2020</t>
   </si>
   <si>
-    <t xml:space="preserve">BLASCO DELPHINE MARIE LEONE </t>
-[...5 lines deleted...]
-    <t>30/06/2023</t>
+    <t>CLERMONT CAROLINA ENGLISH</t>
+  </si>
+  <si>
+    <t>30 RUE DE RABANESSE 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>09/06/2020</t>
   </si>
   <si>
     <t>EVOYA CONSEILS</t>
   </si>
   <si>
     <t>BATIMENT LE CEZANNE 35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>VISIFORMA</t>
   </si>
   <si>
     <t>49 RUE BARTHELEMY DANJOU 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
     <t>GROUPE ANALYZ CONSULTING</t>
   </si>
@@ -2056,107 +2230,122 @@
   <si>
     <t>FORMIP</t>
   </si>
   <si>
     <t>7 IMPASSE DE LA CHAUX 39110 MARNOZ</t>
   </si>
   <si>
     <t>01/05/2024</t>
   </si>
   <si>
     <t>ACTIV' PROJETS</t>
   </si>
   <si>
     <t>92 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>07/01/2022</t>
   </si>
   <si>
     <t>NOVUS FORMATION</t>
   </si>
   <si>
     <t>13 BOULEVARD VICTOR DUHAMEL 78200 MANTES-LA-JOLIE</t>
   </si>
   <si>
+    <t>BUSINESS K CONCEPT</t>
+  </si>
+  <si>
+    <t>2 RUE DU NOUVEAU BERCY 94220 CHARENTON-LE-PONT</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
     <t>UNIVERSAL TRAINING ACADEMY</t>
   </si>
   <si>
     <t>79 RUE DES FRERES LUMIERE 93330 NEUILLY-SUR-MARNE</t>
   </si>
   <si>
     <t>02/12/2020</t>
   </si>
   <si>
     <t>MY SERVICE ADM</t>
   </si>
   <si>
     <t>MY SERVICE FORMATION</t>
   </si>
   <si>
     <t>10 RUE D'ESCHBORN 91230 MONTGERON</t>
   </si>
   <si>
     <t>21/12/2020</t>
   </si>
   <si>
     <t>82.11Z</t>
   </si>
   <si>
+    <t>CONCEPT FORMATION</t>
+  </si>
+  <si>
+    <t>4 IMPASSE JEAN FRANCOIS MILLET 77127 LIEUSAINT</t>
+  </si>
+  <si>
+    <t>22/12/2020</t>
+  </si>
+  <si>
     <t xml:space="preserve">MASSON AXEL ROMANENKO  </t>
   </si>
   <si>
     <t>LES DUNES D'OR APPARTEMENT 404 ALLEE DU MINI GOLF 34280 LA GRANDE-MOTTE</t>
   </si>
   <si>
     <t>06/01/2021</t>
   </si>
   <si>
     <t>SF FORMATIONS</t>
   </si>
   <si>
     <t>2 IMPASSE PAUL ELUARD 82100 CASTELSARRASIN</t>
   </si>
   <si>
     <t>14/12/2020</t>
   </si>
   <si>
     <t>EXASSESS</t>
   </si>
   <si>
     <t>115 RUE CARDINET 75017 PARIS</t>
   </si>
   <si>
     <t>18/01/2021</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
-    <t>62.01Z</t>
-[...1 lines deleted...]
-  <si>
     <t>88 AVENUE DES TERNES 75017 PARIS</t>
   </si>
   <si>
     <t>MONTPELLIER</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>FORMA PLUS</t>
   </si>
   <si>
     <t>FORMA+</t>
   </si>
   <si>
     <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
   </si>
   <si>
     <t>15/01/2021</t>
   </si>
   <si>
     <t>CLK LEARNING</t>
   </si>
   <si>
     <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
@@ -2164,59 +2353,50 @@
   <si>
     <t>14/01/2021</t>
   </si>
   <si>
     <t>GAMBIAN UNION</t>
   </si>
   <si>
     <t>112 RUE HELENE COCHENNEC 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>06/02/2023</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>SABB</t>
   </si>
   <si>
     <t>E-FORMATION</t>
   </si>
   <si>
     <t>22 RUE ALAN TURING 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
-    <t>TRANS-COMPETENCES</t>
-[...7 lines deleted...]
-  <si>
     <t>AFB'CONNEXION</t>
   </si>
   <si>
     <t>23 RUE DES GENETS 91250 SAINT-GERMAIN-LES-CORBEIL</t>
   </si>
   <si>
     <t>15/03/2021</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>6 ALLEE DES JARDINS DE LA FROTTRAIS 22770 LANCIEUX</t>
   </si>
   <si>
     <t>RM FORMATION</t>
   </si>
   <si>
     <t>4 RUE LEFEBVRE 91350 GRIGNY</t>
   </si>
   <si>
     <t>05/01/2021</t>
   </si>
   <si>
     <t>JMD CONSULTING</t>
@@ -2374,74 +2554,50 @@
   <si>
     <t>JOKER FORM</t>
   </si>
   <si>
     <t>24 RUE BUFFAULT 75009 PARIS</t>
   </si>
   <si>
     <t>DATLIN GROUPE</t>
   </si>
   <si>
     <t>ALL12 - 2 ETG 218 AVENUE DAUMESNIL 75012 PARIS</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>SAS PRO FORMATION</t>
   </si>
   <si>
     <t>193 AVENUE HENRI BARBUSSE 93700 DRANCY</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
-    <t>MICH</t>
-[...22 lines deleted...]
-  <si>
     <t>ISPM FORMATION</t>
   </si>
   <si>
     <t>2 RUE SUCHET 94700 MAISONS-ALFORT</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>FORMACONCEPT</t>
   </si>
   <si>
     <t>08/11/2021</t>
   </si>
   <si>
     <t>FORMEXPERTS</t>
   </si>
   <si>
     <t>1 CHEMIN DU PIGEONNIER DE LA CEPIERE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>21/10/2024</t>
   </si>
   <si>
     <t>DYNAMIC LEARNING</t>
@@ -2503,50 +2659,59 @@
   <si>
     <t>STUDIO ACADEMY</t>
   </si>
   <si>
     <t>LA MOUTONNE 334 IMPASSE LAVOISIER 83260 LA CRAU</t>
   </si>
   <si>
     <t>30/07/2024</t>
   </si>
   <si>
     <t>CMBC</t>
   </si>
   <si>
     <t>39 RUE PAUL CLAUDEL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>PCSR FORMATION</t>
   </si>
   <si>
     <t>6 RUE DU VAL NOTRE DAME 95100 ARGENTEUIL</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
   <si>
+    <t>FORMATION DE FRANCE</t>
+  </si>
+  <si>
+    <t>10 RUE BLACAS 06000 NICE</t>
+  </si>
+  <si>
+    <t>07/03/2022</t>
+  </si>
+  <si>
     <t>SAVI</t>
   </si>
   <si>
     <t>229 RUE SAINT-HONORE 75001 PARIS</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
     <t>AI CONSULTING</t>
   </si>
   <si>
     <t>28 RUE DU GENERAL DE GAULLE 77200 TORCY</t>
   </si>
   <si>
     <t>03/02/2022</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t xml:space="preserve">GEDGE LUCINDA   </t>
@@ -2638,50 +2803,59 @@
   <si>
     <t>14 RUE BEFFROY 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>COURTEO FORMATION</t>
   </si>
   <si>
     <t>61 RUE DU ROUET 13008 MARSEILLE</t>
   </si>
   <si>
     <t>15/04/2022</t>
   </si>
   <si>
     <t>LEARNING GOALS CENTRE DE FORMATION LINGUISTIQUE</t>
   </si>
   <si>
     <t>5 RUE HANS LIST 78290 CROISSY-SUR-SEINE</t>
   </si>
   <si>
     <t>05/05/2022</t>
   </si>
   <si>
+    <t>NN ACADEMY DE PARIS</t>
+  </si>
+  <si>
+    <t>37 ALLEE DES CHARMILLES 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
     <t>DEMFIRST</t>
   </si>
   <si>
     <t>114 RUE CHATEAU GAILLARD 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>13/06/2022</t>
   </si>
   <si>
     <t>COMPETENCES ET SAVOIR</t>
   </si>
   <si>
     <t>9 AVENUE DES DRUIDES 56170 QUIBERON</t>
   </si>
   <si>
     <t>06/07/2022</t>
   </si>
   <si>
     <t>FORMASTORE</t>
   </si>
   <si>
     <t>34 B AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
   </si>
   <si>
     <t>19/06/2024</t>
@@ -2815,50 +2989,68 @@
   <si>
     <t>8 B RUE ABEL 75012 PARIS</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>THIAIS</t>
   </si>
   <si>
     <t>PREVENTIS 360</t>
   </si>
   <si>
     <t>14 RUE DE MANTES 92700 COLOMBES</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>DACO BOX DIGITAL</t>
   </si>
   <si>
     <t>774 CHEMIN DU PONT DE LA SABLE 84800 L'ISLE-SUR-LA-SORGUE</t>
   </si>
   <si>
+    <t>TKS FORMATIONS</t>
+  </si>
+  <si>
+    <t>3 RUE DU 11 NOVEMBRE 57310 GUENANGE</t>
+  </si>
+  <si>
+    <t>13/05/2024</t>
+  </si>
+  <si>
+    <t>NOVAWAVE</t>
+  </si>
+  <si>
+    <t>1 ALLEE DES CHEVREUILS 78170 LA CELLE-SAINT-CLOUD</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
     <t>HR FORMATION</t>
   </si>
   <si>
     <t>65 RUE DE LA SOURCE 92000 NANTERRE</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
     <t>IADERA</t>
   </si>
   <si>
     <t>19 RUE DES CHAUFOURNIERS 75019 PARIS</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t xml:space="preserve">MORIN VIRGINIE   </t>
   </si>
   <si>
     <t>243 CHEMIN CAMP DI MONACO 06670 LEVENS</t>
   </si>
   <si>
     <t>01/06/2024</t>
@@ -2866,260 +3058,314 @@
   <si>
     <t>PRODRIVE ACADEMY</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>YOU'LEARNING</t>
   </si>
   <si>
     <t>12 RUE DE LA PART-DIEU 69003 LYON</t>
   </si>
   <si>
     <t>04/06/2024</t>
   </si>
   <si>
     <t>PASSE LANGUES</t>
   </si>
   <si>
     <t>201 T RUE DU MAS DE NEGRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
+    <t>CFT DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>211 RUE DES MOULINS 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
     <t>NEO-FORMATION</t>
   </si>
   <si>
     <t>190 RUE TOPAZE 13510 EGUILLES</t>
   </si>
   <si>
     <t>04/07/2024</t>
   </si>
   <si>
     <t>FORMA-STAR</t>
   </si>
   <si>
     <t>19/08/2024</t>
   </si>
   <si>
     <t>TO BEE FORMATION</t>
   </si>
   <si>
     <t>61 RUE DE LYON 75012 PARIS</t>
   </si>
   <si>
     <t>18/03/2025</t>
   </si>
   <si>
     <t>EVONOVA</t>
   </si>
   <si>
     <t>32 RUE MONTTESSUY 91260 JUVISY-SUR-ORGE</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
+    <t>OPTIMA-LEARNING</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
     <t>FORMA-LEARNING</t>
   </si>
   <si>
-    <t>13/09/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>MGS ACADEMY</t>
   </si>
   <si>
     <t>32 RUE DE PARIS 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>25/09/2024</t>
   </si>
   <si>
     <t>TOTAL LEARNING</t>
   </si>
   <si>
     <t>32 ALLEE DE LA ROBERTSAU 67000 STRASBOURG</t>
   </si>
   <si>
     <t>FORMATRAIN</t>
   </si>
   <si>
     <t>128 RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>ENGLISH PATH</t>
   </si>
   <si>
     <t>98 RUE DIDOT 75014 PARIS</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>VERVEPRO</t>
   </si>
   <si>
     <t>GREEN PARK 75 RUE D'OSTWALD 67200 STRASBOURG</t>
   </si>
   <si>
     <t>LA CHAPELLE FORMATION</t>
   </si>
   <si>
     <t>58 RUE DE L'EGLISE 05800 LA CHAPELLE-EN-VALGAUDEMAR</t>
   </si>
   <si>
     <t>24/10/2024</t>
   </si>
   <si>
+    <t>ESTART</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
     <t>KALIMAT GLOBAL</t>
   </si>
   <si>
     <t>KALIMAT</t>
   </si>
   <si>
     <t>11 B RUE DE L'HARMONIE 59493 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>DERMAQUAL ACADEMY</t>
   </si>
   <si>
     <t>50 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
+    <t>HK ACADEMY</t>
+  </si>
+  <si>
+    <t>16/01/2025</t>
+  </si>
+  <si>
     <t>PROGESTION FORMATION</t>
   </si>
   <si>
     <t>8 B RUE ABEL 75012 PARIS 12</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>FOCUSEDGE</t>
   </si>
   <si>
     <t>32 RUE DE PARIS 92100 BOULOGNE BILLANCOURT</t>
   </si>
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
+    <t>MINDVIBE</t>
+  </si>
+  <si>
     <t>CAPINSPIRE</t>
   </si>
   <si>
     <t>5 BOULEVARD DES BOUVETS 92000 NANTERRE</t>
   </si>
   <si>
     <t>30/01/2025</t>
   </si>
   <si>
     <t>EF PREPA</t>
   </si>
   <si>
     <t>CS 48756 75380 CEDEX 08 58 RUE DE MONCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>DANCONSULTING</t>
   </si>
   <si>
     <t>23 RUE NOLLET 75017 PARIS</t>
   </si>
   <si>
     <t>08/10/2024</t>
   </si>
   <si>
+    <t>EDVENTIS</t>
+  </si>
+  <si>
     <t>QARA FORMATIONS</t>
   </si>
   <si>
     <t>2 AVENUE D'EYLAU 78570 ANDRESY</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
+    <t>TALENTREX</t>
+  </si>
+  <si>
+    <t>200 RUE DE LA CROIX NIVERT 75015 PARIS</t>
+  </si>
+  <si>
+    <t>24/03/2025</t>
+  </si>
+  <si>
+    <t>VMIND</t>
+  </si>
+  <si>
+    <t>144 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
     <t>ACADENIUM</t>
   </si>
   <si>
-    <t>14/04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>GINKI FORMATIONS</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>TALENTI'S FORMATION</t>
   </si>
   <si>
     <t>ZI MITRY COMPANS 13 RUE MARC SEGUIN 77290 COMPANS</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>EVOCRAFT</t>
   </si>
   <si>
+    <t>MS FORMATION</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
     <t>FORXIA</t>
   </si>
   <si>
     <t>40 RUE ALEXANDRE DUMAS 75011 PARIS</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>DS ACADEMIE</t>
   </si>
   <si>
     <t>19 RUE SAINT MARTIN 95000 CERGY</t>
   </si>
   <si>
-    <t>05/05/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>SB ACADEMY</t>
   </si>
   <si>
     <t>9 RUE DES COLONNES 75002 PARIS</t>
   </si>
   <si>
+    <t>ATTITUDE RH</t>
+  </si>
+  <si>
+    <t>VINCENNES CEDEX CS20010 110 RUE DE FONTENAY 94300 VINCENNES</t>
+  </si>
+  <si>
     <t>REMS CONSEIL</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>CAPITOLE CAMPUS</t>
   </si>
   <si>
     <t>66 BOULEVARD DE STRASBOURG 31000 TOULOUSE</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>A.Z COMPETENCE</t>
   </si>
   <si>
     <t>CENTRE D'AFFAIRES ALL SOLUTIONS 10 AVENUE ANTOINE CHANUT 60100 CREIL</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>EASY ENGLISH LEARNING</t>
@@ -3148,140 +3394,170 @@
   <si>
     <t>21 AVENUE MARECHAL FOCH 06000 NICE</t>
   </si>
   <si>
     <t>12/04/2023</t>
   </si>
   <si>
     <t>ALL FORMATIONS</t>
   </si>
   <si>
     <t>IMMEUBLE ORDINAL 508 F 12 RUE DES CHAUFFOURS 95000 CERGY</t>
   </si>
   <si>
     <t>20/04/2023</t>
   </si>
   <si>
     <t>SBAI-CPF</t>
   </si>
   <si>
     <t>IMPASSE DES AMPHORES RUE DES PAVES 41000 VILLEBAROU</t>
   </si>
   <si>
     <t>15/05/2023</t>
   </si>
   <si>
+    <t>CREATIF'FORMATION</t>
+  </si>
+  <si>
+    <t>1 RUE DU DEBARCADERE 92700 COLOMBES</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
     <t>MCA FORMATION</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>MT LEARNING</t>
   </si>
   <si>
     <t>21 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>04/09/2023</t>
   </si>
   <si>
+    <t>ID8</t>
+  </si>
+  <si>
+    <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
     <t>YEP! YOUR ENGLISH PERFECTED</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
     <t>BUSINESS EXCELLENCE ATTITUDE MINDSET</t>
   </si>
   <si>
     <t>5 RUE PLEYEL 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>25/08/2023</t>
   </si>
   <si>
     <t>AKERIS FORMATION</t>
   </si>
   <si>
     <t>105 RUE DE PARIS 93000 BOBIGNY</t>
   </si>
   <si>
     <t>01/10/2023</t>
   </si>
   <si>
     <t>FORMA FLEX 365</t>
   </si>
   <si>
     <t>33 RUE HENRI JANIN 94190 VILLENEUVE-SAINT-GEORGES</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
+    <t>ESPRIT SKOLE</t>
+  </si>
+  <si>
+    <t>40K RUE PAUL BERT 69200 VENISSIEUX 40 RUE PAUL BERT 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>11/10/2023</t>
+  </si>
+  <si>
     <t>LEARNING SMART</t>
   </si>
   <si>
     <t>14 ALLEE DE LA PEPINIERE - OASIS 80480 DURY</t>
   </si>
   <si>
     <t>22/10/2023</t>
   </si>
   <si>
     <t>GOLDEN CREA</t>
   </si>
   <si>
     <t>44 AVENUE DE STALINGRAD 13200 ARLES</t>
   </si>
   <si>
     <t>17/11/2023</t>
   </si>
   <si>
+    <t>OLVIDO FORMATION</t>
+  </si>
+  <si>
+    <t>23 RUE DES PETITS CHAMPS 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>04/11/2023</t>
+  </si>
+  <si>
     <t>PROTON FORMATION</t>
   </si>
   <si>
     <t>14 AVENUE DU GENERAL DE GAULLE 94160 SAINT-MANDE</t>
   </si>
   <si>
     <t>SUCCESSFORMA</t>
   </si>
   <si>
-    <t>1 RUE DU DEBARCADERE 92700 COLOMBES</t>
-[...1 lines deleted...]
-  <si>
     <t>15/11/2023</t>
   </si>
   <si>
     <t>EASY LEARN</t>
   </si>
   <si>
     <t>17 RUE DE LA REPUBLIQUE 25300 PONTARLIER</t>
   </si>
   <si>
-    <t>29/11/2023</t>
-[...1 lines deleted...]
-  <si>
     <t>ADEPROS FORMATIONS</t>
   </si>
   <si>
     <t>104 BOULEVARD RENE CASSIN 06200 NICE</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ABL TRAINING</t>
   </si>
   <si>
     <t>2 ALLEE DES FOUGERES 78130 LES MUREAUX</t>
   </si>
   <si>
     <t>08/01/2024</t>
   </si>
   <si>
     <t>AMA GROUP</t>
   </si>
   <si>
     <t>117 AVENUE DU GENERAL LECLERC 77400 LAGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>02/06/2025</t>
@@ -3310,120 +3586,183 @@
   <si>
     <t>PAS A PAS</t>
   </si>
   <si>
     <t>06/02/2024</t>
   </si>
   <si>
     <t>KASSIOPEE FORMATION</t>
   </si>
   <si>
     <t>PIERREFITTE-SUR-SEINE 35 RUE ARMAND BRETTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>BLADE ACADEMY</t>
   </si>
   <si>
     <t>26 RUE JULES LEFEBVRE 02130 FERE-EN-TARDENOIS</t>
   </si>
   <si>
     <t>13/02/2024</t>
   </si>
   <si>
+    <t>SFACADEMY</t>
+  </si>
+  <si>
+    <t>32 BOULEVARD DE LA PAIX 51100 REIMS</t>
+  </si>
+  <si>
+    <t>02/02/2025</t>
+  </si>
+  <si>
     <t>ELISE FORMATION</t>
   </si>
   <si>
+    <t>FORMAPRO</t>
+  </si>
+  <si>
+    <t>ZAC DES SAUREDES LOT19 603 AVENUE GEORGES FRECHE 34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
     <t>ELITE FORMATION</t>
   </si>
   <si>
     <t>8 SQUARE DU CLOSEAU 95800 CERGY</t>
   </si>
   <si>
+    <t>EVOLYNTA</t>
+  </si>
+  <si>
+    <t>6 RUE DES BATELIERS 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
     <t>KEVPROCONSULT</t>
   </si>
   <si>
     <t>21 B RUE DU SIMPLON 75018 PARIS</t>
   </si>
   <si>
+    <t>CLEARITH</t>
+  </si>
+  <si>
+    <t>40 RUE MADELEINE MICHELIS 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
     <t>FOCUS FORMA</t>
   </si>
   <si>
     <t>26 RUE BOSQUET 75007 PARIS</t>
   </si>
   <si>
     <t>19/06/2025</t>
   </si>
   <si>
+    <t>STARTEO</t>
+  </si>
+  <si>
+    <t>BUREAU 3 6 RUE DES BATELIERS 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
     <t>PROD'LAFORMA</t>
   </si>
   <si>
     <t>24 RUE DE GISORS 95300 PONTOISE</t>
   </si>
   <si>
     <t>IA BOOSTER</t>
   </si>
   <si>
     <t>32 RUE GUY MOQUET 92240 MALAKOFF</t>
   </si>
   <si>
-    <t>30/06/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ANN TALPEY ANGLAIS A LA CARTE SARL</t>
   </si>
   <si>
     <t>86 RUE QUINCAMPOIX 75003 PARIS</t>
   </si>
   <si>
     <t>01/07/1995</t>
   </si>
   <si>
     <t>LEARNING MANAGEMENT CONSEIL</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
+    <t>JN RESSOURCES</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
+  </si>
+  <si>
     <t>INTERNEXA</t>
   </si>
   <si>
     <t>2 RUE COYSEVOX 69001 LYON</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>MAME FORMATIONS</t>
   </si>
   <si>
     <t>LOM ETAGE ' PORTE 244 2 ALLEE DES FOUGERES 78130 LES MUREAUX</t>
   </si>
   <si>
     <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>FRANCE ACADEMY</t>
+  </si>
+  <si>
+    <t>22 B AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>05/09/2025</t>
+  </si>
+  <si>
+    <t>STRAT FYN</t>
+  </si>
+  <si>
+    <t>176 AVENUE CHARLES DE GAULLE 92200 NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3762,51 +4101,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M372"/>
+  <dimension ref="A1:M414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3867,13871 +4206,15431 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>44880137688</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34779594000043</v>
+        <v>32420576400016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11751349275</v>
+        <v>11750686975</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>37951396300023</v>
+        <v>32756034800036</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>25</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>93040015104</v>
+        <v>11752848975</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38876048000029</v>
+        <v>33007561500022</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3">
-        <v>11910226191</v>
+        <v>28760599876</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38946846300036</v>
+        <v>33751741100019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I6" s="3">
-        <v>82690326269</v>
+      <c r="I6" s="3" t="s">
+        <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39205023300023</v>
+        <v>33838083500037</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>11921828692</v>
+        <v>73310072231</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40043156500011</v>
+        <v>34779594000043</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>83630296163</v>
+        <v>11751349275</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>40099386100022</v>
+        <v>37951396300023</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I9" s="3">
-        <v>82690079969</v>
+        <v>93040015104</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>40200646400034</v>
+        <v>38876048000029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11752489675</v>
+        <v>11910226191</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>40410930800027</v>
+        <v>38946846300036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>52</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>31590376559</v>
+        <v>82690326269</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40421916400039</v>
+        <v>39205023300023</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>24280075128</v>
+        <v>11921828692</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>40468130600043</v>
+        <v>88129459900025</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G13" s="2"/>
+        <v>62</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="H13" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40818282200051</v>
+        <v>48989505200012</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>84740366874</v>
+        <v>42670478567</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42069932400026</v>
+        <v>49115673300033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>93060430706</v>
+        <v>23270140627</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42084741000024</v>
+        <v>49168410600025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>75331261233</v>
+        <v>75400144440</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42179321700025</v>
+        <v>74996448200014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>93060438006</v>
+        <v>11788252578</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>43302808100027</v>
+        <v>79520804000035</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3">
-        <v>93840229984</v>
+        <v>82691319869</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>43871429700043</v>
+        <v>90335843000010</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>80</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>11756514575</v>
+        <v>84692002569</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>43935471300042</v>
+        <v>90350731700019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>52440468644</v>
+        <v>11922440192</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43956212500039</v>
+        <v>90393374500015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>52490184049</v>
+        <v>11910984591</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44064762600058</v>
+        <v>90416193200028</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>76310874731</v>
+        <v>84420372942</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44068290400022</v>
+        <v>81537543100013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>11950399995</v>
+        <v>11755437875</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44337622300022</v>
+        <v>81537543100021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>25610071561</v>
+        <v>11755437875</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44343537500029</v>
+        <v>81779652700031</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>82260121026</v>
+        <v>93131615913</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44391934500035</v>
+        <v>81779652700064</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>82690769669</v>
+        <v>93131615913</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>44415864600018</v>
+        <v>81839227600015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D27" s="2" t="s">
         <v>104</v>
       </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="3">
-        <v>53560856056</v>
+        <v>93131671713</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>44772679500043</v>
+        <v>83511437200013</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>44826048900043</v>
+        <v>83511437200039</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>76660247666</v>
+        <v>93131718313</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>45000545900034</v>
+        <v>83794037800024</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>11753805675</v>
+        <v>27710274471</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>47843034100014</v>
+        <v>51769619100033</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>11780808278</v>
+        <v>52720235472</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>47856337200026</v>
+        <v>40043156500011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="I32" s="3">
-        <v>93131290913</v>
+        <v>83630296163</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48023315400016</v>
+        <v>40099386100022</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>93131796713</v>
+        <v>82690079969</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>48040593500010</v>
+        <v>40200646400034</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I34" s="3">
-        <v>93131199013</v>
+        <v>11752489675</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>48121600000044</v>
+        <v>40410930800027</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>42670351367</v>
+        <v>31590376559</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>48121966500033</v>
+        <v>40421916400039</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>43250204325</v>
+        <v>24280075128</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>48177787800028</v>
+        <v>40468130600043</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>138</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I37" s="3">
-        <v>93131187813</v>
+        <v>82691180169</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>48365186500014</v>
+        <v>40818282200051</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="I38" s="3">
-        <v>11921537092</v>
+        <v>84740366874</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>48392148200020</v>
+        <v>42069932400026</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>53350805735</v>
+        <v>93060430706</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>48426285200037</v>
+        <v>42084741000024</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>93060769606</v>
+        <v>75331261233</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>48426285200045</v>
+        <v>42179321700025</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>93060769606</v>
+        <v>93060438006</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>48776185000014</v>
+        <v>42889103000036</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I42" s="3"/>
       <c r="J42" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>48828076900024</v>
+        <v>42900105000013</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>41540248154</v>
+        <v>52720129372</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>48832758600043</v>
+        <v>43201196300050</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>74190050919</v>
+        <v>23760336876</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>48989505200012</v>
+        <v>43302808100027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I45" s="3">
-        <v>42670478567</v>
+        <v>93840229984</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>49115673300033</v>
+        <v>43871429700043</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="I46" s="3">
-        <v>23270140627</v>
+        <v>11756514575</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>49168410600025</v>
+        <v>43935471300042</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="3">
-        <v>75400144440</v>
+        <v>52440468644</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49253731100010</v>
+        <v>43956212500039</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>171</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>114</v>
+        <v>176</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="3">
-        <v>93131247413</v>
+        <v>52490184049</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>49341175500025</v>
+        <v>44064762600058</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I49" s="3">
-        <v>41570255357</v>
+        <v>76310874731</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>49375559900039</v>
+        <v>44068290400022</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I50" s="3">
-        <v>42670381567</v>
+        <v>11950399995</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>49449841300041</v>
+        <v>44337622300022</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>183</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>184</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>32600349260</v>
+        <v>25610071561</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>49519289000012</v>
+        <v>44343537500029</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>28610107461</v>
+        <v>82260121026</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>49773899700012</v>
+        <v>44391934500035</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I53" s="3">
-        <v>11910614991</v>
+        <v>82690769669</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>49876139400028</v>
+        <v>44415864600018</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="D54" s="2"/>
+        <v>193</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="E54" s="2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>11940721894</v>
+        <v>53560856056</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78422661500036</v>
+        <v>44772679500043</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>31</v>
+        <v>123</v>
       </c>
       <c r="I55" s="3">
-        <v>11750128575</v>
+        <v>11788103678</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>79024598900047</v>
+        <v>44826048900043</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>22600270560</v>
+        <v>76660247666</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>79054901800030</v>
+        <v>45000545900034</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>11754968275</v>
+        <v>11753805675</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>79116855200044</v>
+        <v>47843034100014</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D58" s="2"/>
+        <v>205</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>206</v>
+      </c>
       <c r="E58" s="2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I58" s="3">
-        <v>93131463813</v>
+        <v>11780808278</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>79121316800028</v>
+        <v>47856337200026</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>82010150801</v>
+        <v>93131290913</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>79140637400011</v>
+        <v>48023315400016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>93840339184</v>
+        <v>93131796713</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>79231879200019</v>
+        <v>48040593500010</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I61" s="3">
-        <v>93131632713</v>
+        <v>93131199013</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>79344960400016</v>
+        <v>48121600000044</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>218</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="3">
-        <v>11950548295</v>
+        <v>42670351367</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>79352258200022</v>
+        <v>48121966500033</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>222</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>222</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="3">
-        <v>31590833959</v>
+        <v>43250204325</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>79431983000020</v>
+        <v>48177787800028</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="3">
-        <v>93060806206</v>
+        <v>93131187813</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>79520804000035</v>
+        <v>48365186500014</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>225</v>
+        <v>18</v>
       </c>
       <c r="I65" s="3">
-        <v>82691319869</v>
+        <v>11921537092</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>79812131500047</v>
+        <v>48392148200020</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I66" s="3">
-        <v>82380570838</v>
+        <v>53350805735</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>79905298000015</v>
+        <v>48426285200037</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>233</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>234</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="G67" s="2"/>
+        <v>236</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I67" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>51870186700039</v>
+        <v>48426285200045</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>11770489777</v>
+        <v>93060769606</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>51936755100024</v>
+        <v>48776185000014</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="D69" s="2"/>
+        <v>239</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>240</v>
+      </c>
       <c r="E69" s="2" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I69" s="3">
-        <v>11754580275</v>
+        <v>73320034432</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>52038890100065</v>
+        <v>48828076900024</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>243</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>244</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>182</v>
+        <v>246</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="3">
-        <v>11754512575</v>
+        <v>41540248154</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>52118726000018</v>
+        <v>48832758600043</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>242</v>
+        <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>82740250874</v>
+        <v>74190050919</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>52137814100027</v>
+        <v>49253731100010</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>76341044834</v>
+        <v>93131247413</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>52226703800019</v>
+        <v>49341175500025</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="3">
-        <v>11756575775</v>
+        <v>41570255357</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>52442812500016</v>
+        <v>49375559900039</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>11754598975</v>
+        <v>42670381567</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>52465887900027</v>
+        <v>49449841300041</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="3">
-        <v>24450327445</v>
+        <v>32600349260</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52498533000033</v>
+        <v>49519289000012</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>75331110933</v>
+        <v>28610107461</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>52816492400011</v>
+        <v>49773899700012</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I77" s="3">
-        <v>91340803234</v>
+        <v>11910614991</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>52877396300046</v>
+        <v>49868398600018</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I78" s="3">
-        <v>41570292957</v>
+      <c r="I78" s="3" t="s">
+        <v>271</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>53137841200021</v>
+        <v>49876139400028</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I79" s="3">
-        <v>44100101310</v>
+        <v>11940721894</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>53338783300023</v>
+        <v>49931397100024</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="D80" s="2"/>
+        <v>275</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>275</v>
+      </c>
       <c r="E80" s="2" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="3">
-        <v>52850156985</v>
+        <v>11788055978</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>53338783300049</v>
+        <v>49976049400041</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>278</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>52850156985</v>
+        <v>52850130285</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>53338783300056</v>
+        <v>50096571000022</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="3">
-        <v>52850156985</v>
+        <v>76341214134</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>53338783300064</v>
+        <v>50218786700010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>284</v>
+      </c>
+      <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3">
-        <v>52850156985</v>
+        <v>11754276775</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>53342177200021</v>
+        <v>50315793500035</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>283</v>
+        <v>261</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3">
-        <v>72640341764</v>
+        <v>31590677559</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>53353746000016</v>
+        <v>50344412700024</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I85" s="3">
-        <v>72470124747</v>
+        <v>53220887522</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>50096571000022</v>
+        <v>50419477000047</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>18</v>
+        <v>295</v>
       </c>
       <c r="I86" s="3">
-        <v>76341214134</v>
+        <v>24410092441</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>50218786700010</v>
+        <v>50456496400022</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="D87" s="2"/>
+        <v>296</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E87" s="2" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>11754276775</v>
+        <v>22800140180</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>50315793500035</v>
+        <v>50479461100013</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="D88" s="2"/>
+        <v>299</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E88" s="2" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>182</v>
+        <v>301</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I88" s="3">
-        <v>31590677559</v>
+        <v>82380591138</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>50344412700024</v>
+        <v>50857207000037</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="D89" s="2"/>
+        <v>302</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>303</v>
+      </c>
       <c r="E89" s="2" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I89" s="3">
-        <v>53220887522</v>
+        <v>11788129378</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>50419477000047</v>
+        <v>50897713900049</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>308</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>309</v>
+      </c>
       <c r="H90" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="I90" s="3"/>
       <c r="J90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>50456496400022</v>
+        <v>50897713900056</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>18</v>
+        <v>310</v>
       </c>
       <c r="I91" s="3">
-        <v>22800140180</v>
+        <v>11754568475</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>50857207000037</v>
+        <v>51073703400015</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="3">
-        <v>11788129378</v>
+        <v>24180092918</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>50897713900049</v>
+        <v>51088321800032</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="D93" s="2"/>
+        <v>315</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>316</v>
+      </c>
       <c r="E93" s="2" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>314</v>
+        <v>18</v>
       </c>
       <c r="I93" s="3">
-        <v>11754568475</v>
+        <v>91340658234</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>50897713900056</v>
+        <v>51090976500032</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="I94" s="3">
-        <v>11754568475</v>
+        <v>91340767734</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>51073703400015</v>
+        <v>51147725900028</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="G95" s="2"/>
+        <v>324</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="H95" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I95" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I95" s="3"/>
       <c r="J95" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>51090976500032</v>
+        <v>51177043000037</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>322</v>
+        <v>23</v>
       </c>
       <c r="I96" s="3">
-        <v>91340767734</v>
+        <v>82691046969</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>51147725900028</v>
+        <v>51284564500013</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>46</v>
+        <v>328</v>
       </c>
       <c r="D97" s="2" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="I97" s="3">
-        <v>53560972056</v>
+        <v>26710200671</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M97" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>51177043000037</v>
+        <v>51294383800015</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I98" s="3">
-        <v>82691046969</v>
+        <v>11754429075</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>51284564500013</v>
+        <v>51370507900012</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="I99" s="3">
-        <v>26710200671</v>
+        <v>43700058970</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>51294383800015</v>
+        <v>51394696200026</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="3">
-        <v>11754429075</v>
+        <v>11754453175</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>51370507900012</v>
+        <v>51459303700013</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>341</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I101" s="3">
-        <v>43700058970</v>
+        <v>82740297774</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>51394696200026</v>
+        <v>51850671200018</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="3">
-        <v>11754453175</v>
+        <v>54170137217</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>51769619100033</v>
+        <v>51870186700039</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="3">
-        <v>52720235472</v>
+        <v>11770489777</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>53475762000016</v>
+        <v>51936755100024</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I104" s="3">
-        <v>22600302260</v>
+        <v>11754580275</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>53778618800020</v>
+        <v>52038890100065</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>349</v>
+        <v>261</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I105" s="3">
-        <v>11770699177</v>
+        <v>11754512575</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>53867940800020</v>
+        <v>52118726000018</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>18</v>
+        <v>358</v>
       </c>
       <c r="I106" s="3">
-        <v>11922525392</v>
+        <v>82740250874</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>53939708300020</v>
+        <v>52137814100027</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="D107" s="2" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>142</v>
+        <v>362</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I107" s="3">
-        <v>42670468267</v>
+        <v>76341044834</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>53951433100013</v>
+        <v>52226703800019</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I108" s="3">
-        <v>73810102281</v>
+        <v>11756575775</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>75283708800026</v>
+        <v>52378157300036</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D109" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E109" s="2" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>31</v>
+        <v>368</v>
       </c>
       <c r="I109" s="3">
-        <v>25140262914</v>
+        <v>84630572163</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>75388031900037</v>
+        <v>52442812500016</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I110" s="3">
-        <v>82691286169</v>
+        <v>11754598975</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>75403416300016</v>
+        <v>52465887900027</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I111" s="3">
-        <v>31590822659</v>
+        <v>24450327445</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>32420576400016</v>
+        <v>52498533000033</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I112" s="3">
-        <v>11750686975</v>
+        <v>75331110933</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>32756034800036</v>
+        <v>52816492400011</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="I113" s="3">
-        <v>11752848975</v>
+        <v>91340803234</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>33007561500022</v>
+        <v>52877396300046</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="D114" s="2" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>379</v>
+        <v>18</v>
       </c>
       <c r="I114" s="3">
-        <v>28760599876</v>
+        <v>41570292957</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>33751741100019</v>
+        <v>53137841200021</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I115" s="3">
-        <v>11751059475</v>
+        <v>44100101310</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>33838083500037</v>
+        <v>53338783300023</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I116" s="3">
-        <v>73310072231</v>
+        <v>52850156985</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>49931397100024</v>
+        <v>53338783300049</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I117" s="3">
-        <v>11788055978</v>
+        <v>52850156985</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>49976049400041</v>
+        <v>53338783300056</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="D118" s="2"/>
+        <v>388</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>394</v>
+      </c>
       <c r="E118" s="2" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I118" s="3">
-        <v>52850130285</v>
+        <v>52850156985</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>81422331900025</v>
+        <v>53338783300064</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="D119" s="2"/>
+        <v>388</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>397</v>
+      </c>
       <c r="E119" s="2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I119" s="3">
-        <v>53351103535</v>
+        <v>52850156985</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>81473972800024</v>
+        <v>53342177200021</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I120" s="3">
-        <v>11950590895</v>
+        <v>72640341764</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>42889103000036</v>
+        <v>53353746000016</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I121" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I121" s="3">
+        <v>72470124747</v>
+      </c>
       <c r="J121" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>42900105000013</v>
+        <v>53418175500016</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I122" s="3">
-        <v>52720129372</v>
+        <v>11950520095</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>53418175500016</v>
+        <v>53455837400011</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="D123" s="2"/>
+        <v>409</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>410</v>
+      </c>
       <c r="E123" s="2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I123" s="3">
-        <v>11950520095</v>
+        <v>31620234562</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>51850671200018</v>
+        <v>53475762000016</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I124" s="3">
-        <v>54170137217</v>
+        <v>22600302260</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>79953548900014</v>
+        <v>53778618800020</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>157</v>
+        <v>418</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I125" s="3">
-        <v>72640364364</v>
+        <v>11770699177</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>80042605800031</v>
+        <v>53867940800020</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>415</v>
+        <v>83</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>416</v>
+        <v>18</v>
       </c>
       <c r="I126" s="3">
-        <v>93060864006</v>
+        <v>11922525392</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>80340769100036</v>
+        <v>53939708300020</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>419</v>
+        <v>232</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I127" s="3">
-        <v>11754903175</v>
+        <v>42670468267</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>80448581100017</v>
+        <v>53951433100013</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I128" s="3">
-        <v>11930696693</v>
+        <v>73810102281</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>80515653600031</v>
+        <v>75148341300017</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>426</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E129" s="2" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>200</v>
+        <v>428</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I129" s="3">
-        <v>42670537667</v>
+        <v>11770569677</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>80762873000044</v>
+        <v>75283708800026</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I130" s="3">
-        <v>84691465169</v>
+        <v>25140262914</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>80779275900019</v>
+        <v>75388031900037</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="D131" s="2" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>431</v>
+        <v>18</v>
       </c>
       <c r="I131" s="3">
-        <v>75331094433</v>
+        <v>82691286169</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>80907715900030</v>
+        <v>75397712300011</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>436</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>436</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I132" s="3">
-        <v>11922065592</v>
+        <v>23270174327</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>80919787400013</v>
+        <v>75403416300016</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I133" s="3">
-        <v>41570355457</v>
+        <v>31590822659</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>81149690000010</v>
+        <v>78422661500036</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I134" s="3">
-        <v>11770586777</v>
+        <v>11750128575</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>81280408600021</v>
+        <v>79024598900047</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>443</v>
+        <v>101</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I135" s="3">
-        <v>23270191627</v>
+        <v>22600270560</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>81389616400031</v>
+        <v>79054901800030</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="D136" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I136" s="3">
-        <v>76810159581</v>
+        <v>11754968275</v>
       </c>
       <c r="J136" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>81537543100013</v>
+        <v>79116855200044</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>448</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>451</v>
+        <v>103</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I137" s="3">
-        <v>11755437875</v>
+        <v>93131463813</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L137" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>81537543100021</v>
+        <v>79121316800028</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I138" s="3">
-        <v>11755437875</v>
+        <v>82010150801</v>
       </c>
       <c r="J138" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L138" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>81779652700031</v>
+        <v>79140637400011</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>197</v>
+        <v>457</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I139" s="3">
-        <v>93131615913</v>
+        <v>93840339184</v>
       </c>
       <c r="J139" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L139" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>81779652700064</v>
+        <v>79231879200019</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>203</v>
+        <v>460</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I140" s="3">
-        <v>93131615913</v>
+        <v>93131632713</v>
       </c>
       <c r="J140" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L140" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>81839227600015</v>
+        <v>79344960400016</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I141" s="3">
-        <v>93131671713</v>
+        <v>11950548295</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K141" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>81939783700041</v>
+        <v>79352258200022</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I142" s="3">
-        <v>84380794338</v>
+        <v>31590833959</v>
       </c>
       <c r="J142" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>81945096600018</v>
+        <v>79431983000020</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="D143" s="2"/>
+        <v>467</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>467</v>
+      </c>
       <c r="E143" s="2" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I143" s="3">
-        <v>11910895591</v>
+        <v>93060806206</v>
       </c>
       <c r="J143" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L143" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>81964881700016</v>
+        <v>79812131500047</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E144" s="2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I144" s="3">
-        <v>24450333045</v>
+        <v>82380570838</v>
       </c>
       <c r="J144" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L144" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>81978669000019</v>
+        <v>79905298000015</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I145" s="3">
-        <v>93060777206</v>
+        <v>82260221026</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>82092615200019</v>
+        <v>79953548900014</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>474</v>
+        <v>246</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I146" s="3">
-        <v>11770608277</v>
+        <v>72640364364</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>82103578900022</v>
+        <v>80042605800031</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>18</v>
+        <v>480</v>
       </c>
       <c r="I147" s="3">
-        <v>11755502975</v>
+        <v>93060864006</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>82108499300038</v>
+        <v>80340769100036</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I148" s="3">
-        <v>11756731875</v>
+        <v>11754903175</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>82114052200037</v>
+        <v>80448581100017</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>484</v>
+        <v>23</v>
       </c>
       <c r="I149" s="3">
-        <v>75331478933</v>
+        <v>11930696693</v>
       </c>
       <c r="J149" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>82153039100027</v>
+        <v>80515653600031</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>486</v>
+        <v>449</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I150" s="3">
-        <v>52530121153</v>
+        <v>42670537667</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>82155208000029</v>
+        <v>80762873000044</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I151" s="3">
-        <v>11788368578</v>
+        <v>84691465169</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>82194123400022</v>
+        <v>80779275900019</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="D152" s="2"/>
+        <v>492</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>492</v>
+      </c>
       <c r="E152" s="2" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="I152" s="3">
-        <v>84691585769</v>
+        <v>75331094433</v>
       </c>
       <c r="J152" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>82194126700014</v>
+        <v>80907715900030</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I153" s="3">
-        <v>84420291942</v>
+        <v>11922065592</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>82209105400012</v>
+        <v>80919787400013</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I154" s="3">
-        <v>44570429457</v>
+        <v>41570355457</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>82346156100016</v>
+        <v>81149690000010</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I155" s="3">
-        <v>84691511469</v>
+        <v>11770586777</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>82419421100036</v>
+        <v>81280408600021</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>416</v>
+        <v>23</v>
       </c>
       <c r="I156" s="3">
-        <v>11755643875</v>
+        <v>23270191627</v>
       </c>
       <c r="J156" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>82436001000014</v>
+        <v>81389616400031</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="D157" s="2"/>
+        <v>508</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>509</v>
+      </c>
       <c r="E157" s="2" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I157" s="3">
-        <v>84010190201</v>
+        <v>76810159581</v>
       </c>
       <c r="J157" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L157" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>82478716200026</v>
+        <v>81422331900025</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I158" s="3">
-        <v>11922825192</v>
+        <v>53351103535</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L158" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>83051573000018</v>
+        <v>81473972800024</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I159" s="3">
-        <v>76340947434</v>
+        <v>11950590895</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L159" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>83115032100014</v>
+        <v>81939783700041</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I160" s="3">
-        <v>11922182492</v>
+        <v>84380794338</v>
       </c>
       <c r="J160" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L160" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>83277408700023</v>
+        <v>81945096600018</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I161" s="3">
-        <v>11931056093</v>
+        <v>11910895591</v>
       </c>
       <c r="J161" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L161" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>83293434300035</v>
+        <v>81964881700016</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I162" s="3">
-        <v>11755673275</v>
+        <v>24450333045</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K162" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>83369946500021</v>
+        <v>81978669000019</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D163" s="2" t="s">
-        <v>303</v>
+        <v>527</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I163" s="3">
-        <v>93131840213</v>
+        <v>93060777206</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K163" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>83464430400042</v>
+        <v>82027612900021</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I164" s="3">
-        <v>84691805669</v>
+        <v>84420290542</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>83511437200013</v>
+        <v>82092615200019</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>535</v>
+      </c>
+      <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I165" s="3">
-        <v>93131718313</v>
+        <v>11770608277</v>
       </c>
       <c r="J165" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L165" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M165" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>83511437200039</v>
+        <v>82103578900022</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I166" s="3">
-        <v>93131718313</v>
+        <v>11755502975</v>
       </c>
       <c r="J166" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L166" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>83794037800024</v>
+        <v>82108499300038</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I167" s="3">
-        <v>27710274471</v>
+        <v>11756731875</v>
       </c>
       <c r="J167" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L167" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>83813754500029</v>
+        <v>82114052200037</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>542</v>
+      </c>
+      <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>31</v>
+        <v>545</v>
       </c>
       <c r="I168" s="3">
-        <v>11788735678</v>
+        <v>75331478933</v>
       </c>
       <c r="J168" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L168" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>84065395000021</v>
+        <v>82153039100027</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E169" s="2" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I169" s="3">
-        <v>11940976594</v>
+        <v>52530121153</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>84121471100027</v>
+        <v>82155208000029</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I170" s="3">
-        <v>93131728913</v>
+        <v>11788368578</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>84217216500024</v>
+        <v>82194123400022</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>60</v>
+        <v>554</v>
       </c>
       <c r="I171" s="3">
-        <v>11756385175</v>
+        <v>84691585769</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>84426874800010</v>
+        <v>82194126700014</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I172" s="3">
-        <v>84691651469</v>
+        <v>84420291942</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>84497126700019</v>
+        <v>82209105400012</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I173" s="3">
-        <v>11922821492</v>
+        <v>44570429457</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>84523503500035</v>
+        <v>82346156100016</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>191</v>
+        <v>563</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I174" s="3">
-        <v>84420322942</v>
+        <v>84691511469</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>84762254500014</v>
+        <v>82419421100036</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-      </c>
+        <v>564</v>
+      </c>
+      <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>31</v>
+        <v>480</v>
       </c>
       <c r="I175" s="3">
-        <v>53351067135</v>
+        <v>11755643875</v>
       </c>
       <c r="J175" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>84891477600010</v>
+        <v>82436001000014</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I176" s="3">
-        <v>11755909375</v>
+        <v>84010190201</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>84891880100012</v>
+        <v>82478716200026</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I177" s="3">
-        <v>93840409584</v>
+        <v>11922825192</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L177" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>84934046800016</v>
+        <v>83051573000018</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I178" s="3">
-        <v>84691733669</v>
+        <v>76340947434</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L178" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>84977792500017</v>
+        <v>83115032100014</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>571</v>
-[...3 lines deleted...]
-      </c>
+        <v>576</v>
+      </c>
+      <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I179" s="3">
-        <v>76310955931</v>
+        <v>11922182492</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L179" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>85013734000020</v>
+        <v>83172141000023</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I180" s="3">
-        <v>84692476369</v>
+        <v>84691530469</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L180" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>85020243300031</v>
+        <v>83277408700023</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>549</v>
+        <v>583</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>343</v>
+        <v>584</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I181" s="3">
-        <v>11931050493</v>
+        <v>11931056093</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M181" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>85053239100016</v>
+        <v>83293434300035</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>579</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I182" s="3">
-        <v>44540379054</v>
+        <v>11755673275</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>85141413600032</v>
+        <v>83369946500021</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="D183" s="2"/>
+        <v>588</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E183" s="2" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I183" s="3">
-        <v>84730223073</v>
+        <v>93131840213</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>85191136200016</v>
+        <v>83434969800011</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I184" s="3">
-        <v>11922301492</v>
+        <v>11950645595</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>85212685300021</v>
+        <v>83464430400042</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="D185" s="2" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I185" s="3">
-        <v>84420432242</v>
+        <v>84691805669</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>85238870100033</v>
+        <v>83813754500029</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="D186" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E186" s="2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I186" s="3">
-        <v>11788421378</v>
+        <v>11788735678</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K186" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>85290416800014</v>
+        <v>84065395000021</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I187" s="3">
-        <v>44570400657</v>
+        <v>11940976594</v>
       </c>
       <c r="J187" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K187" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L187" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>85317546100013</v>
+        <v>84121471100027</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I188" s="3">
-        <v>11755958275</v>
+        <v>93131728913</v>
       </c>
       <c r="J188" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>85346966600012</v>
+        <v>84217216500024</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I189" s="3">
-        <v>11930870093</v>
+        <v>11756385175</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K189" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L189" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>85361748800012</v>
+        <v>84426874800010</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I190" s="3">
-        <v>11756111275</v>
+        <v>84691651469</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>87830414600029</v>
+        <v>84497126700019</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I191" s="3">
-        <v>11755964775</v>
+        <v>11922821492</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>87850686400049</v>
+        <v>84523503500035</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>483</v>
+        <v>274</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I192" s="3">
-        <v>44680299468</v>
+        <v>84420322942</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>87852644100018</v>
+        <v>84762254500014</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="D193" s="2"/>
+        <v>617</v>
+      </c>
+      <c r="D193" s="2" t="s">
+        <v>618</v>
+      </c>
       <c r="E193" s="2" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>616</v>
+        <v>23</v>
       </c>
       <c r="I193" s="3">
-        <v>11922695492</v>
+        <v>53351067135</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>87967732600032</v>
+        <v>84891477600010</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>83</v>
+        <v>622</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I194" s="3">
-        <v>11922850792</v>
+        <v>11755909375</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>87991776300010</v>
+        <v>84891880100012</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I195" s="3">
-        <v>84691710169</v>
+        <v>93840409584</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>88129459900025</v>
+        <v>84934046800016</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I196" s="3">
-        <v>93830601383</v>
+        <v>84691733669</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L196" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>88171930600014</v>
+        <v>84977792500017</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="D197" s="2"/>
+        <v>629</v>
+      </c>
+      <c r="D197" s="2" t="s">
+        <v>630</v>
+      </c>
       <c r="E197" s="2" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I197" s="3">
-        <v>11941019694</v>
+        <v>76310955931</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>88189978500029</v>
+        <v>85013734000020</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>631</v>
+        <v>23</v>
       </c>
       <c r="I198" s="3">
-        <v>84691781369</v>
+        <v>84692476369</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>88198482700017</v>
+        <v>85020243300031</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>633</v>
+        <v>607</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>447</v>
+        <v>119</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I199" s="3">
-        <v>11788447378</v>
+        <v>11931050493</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>88329297100016</v>
+        <v>85035243600016</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>60</v>
+        <v>368</v>
       </c>
       <c r="I200" s="3">
-        <v>27250336725</v>
+        <v>44670665767</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>88400754300025</v>
+        <v>85053239100016</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="D201" s="2"/>
+        <v>640</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>640</v>
+      </c>
       <c r="E201" s="2" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I201" s="3">
-        <v>76341246234</v>
+        <v>44540379054</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>88420142700033</v>
+        <v>85141413600032</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="I202" s="3">
-        <v>11770698477</v>
+        <v>84730223073</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>88438743200013</v>
+        <v>85191136200016</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>646</v>
+        <v>18</v>
       </c>
       <c r="I203" s="3">
-        <v>11922360192</v>
+        <v>11922301492</v>
       </c>
       <c r="J203" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L203" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>88440980600046</v>
+        <v>85212685300021</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="D204" s="2"/>
+        <v>649</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>650</v>
+      </c>
       <c r="E204" s="2" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I204" s="3">
-        <v>32591031259</v>
+        <v>84420432242</v>
       </c>
       <c r="J204" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L204" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>88458529000023</v>
+        <v>85238870100033</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I205" s="3">
-        <v>84691750169</v>
+        <v>11788421378</v>
       </c>
       <c r="J205" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L205" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>88506506000018</v>
+        <v>85290416800014</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I206" s="3">
-        <v>11756128575</v>
+        <v>44570400657</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>88788710700019</v>
+        <v>85317546100013</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I207" s="3">
-        <v>11930868793</v>
+        <v>11755958275</v>
       </c>
       <c r="J207" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L207" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>88806133000013</v>
+        <v>85361748800012</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="D208" s="2"/>
+        <v>662</v>
+      </c>
+      <c r="D208" s="2" t="s">
+        <v>663</v>
+      </c>
       <c r="E208" s="2" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I208" s="3">
-        <v>84380757838</v>
+        <v>11756111275</v>
       </c>
       <c r="J208" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L208" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>88822051400010</v>
+        <v>87830414600029</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I209" s="3">
-        <v>84420346242</v>
+        <v>11755964775</v>
       </c>
       <c r="J209" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K209" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L209" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>88973403400016</v>
+        <v>87850686400049</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>667</v>
+        <v>544</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>668</v>
+        <v>23</v>
       </c>
       <c r="I210" s="3">
-        <v>11788772878</v>
+        <v>44680299468</v>
       </c>
       <c r="J210" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K210" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L210" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>89025698500015</v>
+        <v>87852644100018</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>18</v>
+        <v>674</v>
       </c>
       <c r="I211" s="3">
-        <v>93060907406</v>
+        <v>11922695492</v>
       </c>
       <c r="J211" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K211" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L211" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>89049529400021</v>
+        <v>87967732600032</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>674</v>
+        <v>173</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I212" s="3">
-        <v>27390126739</v>
+        <v>11922850792</v>
       </c>
       <c r="J212" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K212" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L212" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>89058179600020</v>
+        <v>87991776300010</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I213" s="3">
-        <v>11756164675</v>
+        <v>84691710169</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>89077439100019</v>
+        <v>88171930600014</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>349</v>
+        <v>682</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I214" s="3">
-        <v>11922368992</v>
+        <v>11941019694</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K214" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>89230737200011</v>
+        <v>88189978500029</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>18</v>
+        <v>686</v>
       </c>
       <c r="I215" s="3">
-        <v>11930848593</v>
+        <v>84691781369</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>89243699900015</v>
+        <v>88198482700017</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>683</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>686</v>
+        <v>511</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>687</v>
+        <v>18</v>
       </c>
       <c r="I216" s="3">
-        <v>11910936891</v>
+        <v>11788447378</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>89270356200017</v>
+        <v>88292874000050</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="D217" s="2"/>
+        <v>689</v>
+      </c>
+      <c r="D217" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E217" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>493</v>
+        <v>23</v>
       </c>
       <c r="I217" s="3">
-        <v>76341099534</v>
+        <v>28140344414</v>
       </c>
       <c r="J217" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>89276761700012</v>
+        <v>88329297100016</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>691</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I218" s="3">
-        <v>76820099882</v>
+        <v>27250336725</v>
       </c>
       <c r="J218" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L218" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>89318642900013</v>
+        <v>88415016000015</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="D219" s="2"/>
+        <v>695</v>
+      </c>
+      <c r="D219" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E219" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="G219" s="2" t="s">
         <v>697</v>
       </c>
+      <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="I219" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I219" s="3">
+        <v>84630525863</v>
+      </c>
       <c r="J219" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K219" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>89318642900021</v>
+        <v>88420142700033</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="D220" s="2"/>
+        <v>698</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>698</v>
+      </c>
       <c r="E220" s="2" t="s">
         <v>699</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="I220" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I220" s="3">
+        <v>11770698477</v>
+      </c>
       <c r="J220" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M220" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>89333276700035</v>
+        <v>88438743200013</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>18</v>
+        <v>704</v>
       </c>
       <c r="I221" s="3">
-        <v>76341316734</v>
+        <v>11922360192</v>
       </c>
       <c r="J221" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L221" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>89347784400011</v>
+        <v>88440980600046</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>702</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I222" s="3">
-        <v>28760624976</v>
+        <v>32591031259</v>
       </c>
       <c r="J222" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K222" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>89387111100017</v>
+        <v>88458529000023</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I223" s="3">
-        <v>11756196475</v>
+        <v>84691750169</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>89405484000026</v>
+        <v>88506506000018</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>712</v>
+        <v>18</v>
       </c>
       <c r="I224" s="3">
-        <v>11931058093</v>
+        <v>11756128575</v>
       </c>
       <c r="J224" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L224" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>89469351400016</v>
+        <v>88788710700019</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="D225" s="2" t="s">
         <v>714</v>
       </c>
+      <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
         <v>715</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>109</v>
+        <v>716</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I225" s="3">
-        <v>84630584663</v>
+        <v>11930868793</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>89508161000019</v>
+        <v>88806133000013</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I226" s="3">
-        <v>11930867293</v>
+        <v>84380757838</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>89525326800018</v>
+        <v>88822051400010</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="G227" s="2" t="s">
         <v>722</v>
       </c>
+      <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I227" s="3">
-        <v>53220952922</v>
+        <v>84420346242</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M227" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>89525326800026</v>
+        <v>88973403400016</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>18</v>
+        <v>726</v>
       </c>
       <c r="I228" s="3">
-        <v>53220952922</v>
+        <v>11788772878</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>89530990400012</v>
+        <v>89025698500015</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I229" s="3">
-        <v>11910892391</v>
+        <v>93060907406</v>
       </c>
       <c r="J229" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K229" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L229" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>89540574400015</v>
+        <v>89049529400021</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I230" s="3">
-        <v>44670862667</v>
+        <v>27390126739</v>
       </c>
       <c r="J230" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K230" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>89792639000013</v>
+        <v>89058179600020</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I231" s="3">
-        <v>84380782438</v>
+        <v>11756164675</v>
       </c>
       <c r="J231" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L231" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>89835736300016</v>
+        <v>89077439100019</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="D232" s="2"/>
       <c r="E232" s="2" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>735</v>
+        <v>418</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I232" s="3">
-        <v>32620325462</v>
+        <v>11922368992</v>
       </c>
       <c r="J232" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K232" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L232" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>89837669400011</v>
+        <v>89226668500049</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>738</v>
+      </c>
+      <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I233" s="3">
-        <v>84691843869</v>
+        <v>11930859593</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K233" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L233" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>89884299200015</v>
+        <v>89230737200011</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I234" s="3">
-        <v>11788485978</v>
+        <v>11930848593</v>
       </c>
       <c r="J234" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K234" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L234" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>89957129300013</v>
+        <v>89243699900015</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>742</v>
-[...1 lines deleted...]
-      <c r="D235" s="2"/>
+        <v>744</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>745</v>
+      </c>
       <c r="E235" s="2" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>18</v>
+        <v>748</v>
       </c>
       <c r="I235" s="3">
-        <v>93060943106</v>
+        <v>11910936891</v>
       </c>
       <c r="J235" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K235" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>89973775300017</v>
+        <v>89247921300019</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I236" s="3">
-        <v>11922438892</v>
+        <v>11770724677</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K236" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>89983017800013</v>
+        <v>89270356200017</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>698</v>
+        <v>554</v>
       </c>
       <c r="I237" s="3">
-        <v>84692346269</v>
+        <v>76341099534</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K237" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L237" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>89984727100017</v>
+        <v>89276761700012</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="D238" s="2"/>
+        <v>755</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>755</v>
+      </c>
       <c r="E238" s="2" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I238" s="3">
-        <v>28760635276</v>
+        <v>76820099882</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K238" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L238" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>90038394400015</v>
+        <v>89318642900013</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>756</v>
-[...1 lines deleted...]
-      <c r="G239" s="2"/>
+        <v>760</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>761</v>
+      </c>
       <c r="H239" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="I239" s="3"/>
       <c r="J239" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M239" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>90091193400017</v>
+        <v>89318642900021</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>203</v>
+        <v>761</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="I240" s="3"/>
       <c r="J240" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M240" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>90096220000029</v>
+        <v>89333276700035</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="D241" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E241" s="2" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I241" s="3">
-        <v>84691865869</v>
+        <v>76341316734</v>
       </c>
       <c r="J241" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K241" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L241" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>90144215200020</v>
+        <v>89347784400011</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="D242" s="2"/>
+        <v>765</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>766</v>
+      </c>
       <c r="E242" s="2" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I242" s="3">
-        <v>44510215051</v>
+        <v>28760624976</v>
       </c>
       <c r="J242" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K242" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L242" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>90163865000019</v>
+        <v>89387111100017</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I243" s="3">
-        <v>11756324475</v>
+        <v>11756196475</v>
       </c>
       <c r="J243" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K243" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>90167248500017</v>
+        <v>89405484000026</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>31</v>
+        <v>775</v>
       </c>
       <c r="I244" s="3">
-        <v>75331348133</v>
+        <v>11931058093</v>
       </c>
       <c r="J244" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K244" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L244" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M244" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>90198551500013</v>
+        <v>89469351400016</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="D245" s="2"/>
+        <v>776</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>777</v>
+      </c>
       <c r="E245" s="2" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>772</v>
+        <v>199</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I245" s="3">
-        <v>84730242973</v>
+        <v>84630584663</v>
       </c>
       <c r="J245" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K245" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L245" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>90201350700014</v>
+        <v>89525326800018</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="G246" s="2"/>
+        <v>781</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>782</v>
+      </c>
       <c r="H246" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I246" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I246" s="3"/>
       <c r="J246" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L246" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M246" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>90240150400011</v>
+        <v>89525326800026</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D247" s="2"/>
       <c r="E247" s="2" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I247" s="3">
-        <v>84730250273</v>
+        <v>53220952922</v>
       </c>
       <c r="J247" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L247" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M247" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>90290305300012</v>
+        <v>89530990400012</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="D248" s="2"/>
       <c r="E248" s="2" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>584</v>
+        <v>786</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I248" s="3">
-        <v>11756318975</v>
+        <v>11910892391</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K248" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L248" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>90292779700016</v>
+        <v>89540574400015</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="I249" s="3">
-        <v>11756358775</v>
+        <v>44670862667</v>
       </c>
       <c r="J249" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>90302661500018</v>
+        <v>89792639000013</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I250" s="3">
-        <v>11930901393</v>
+        <v>84380782438</v>
       </c>
       <c r="J250" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K250" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L250" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M250" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>90335843000010</v>
+        <v>89835736300016</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>786</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>352</v>
+        <v>795</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I251" s="3">
-        <v>84692002569</v>
+        <v>32620325462</v>
       </c>
       <c r="J251" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K251" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L251" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>90350731700019</v>
+        <v>89837669400011</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="D252" s="2"/>
+        <v>796</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>796</v>
+      </c>
       <c r="E252" s="2" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I252" s="3">
-        <v>11922440192</v>
+        <v>84691843869</v>
       </c>
       <c r="J252" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K252" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L252" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>90416193200028</v>
+        <v>89884299200015</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>374</v>
+        <v>801</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I253" s="3">
-        <v>84420372942</v>
+        <v>11788485978</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K253" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>90476996500016</v>
+        <v>89957129300013</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I254" s="3">
-        <v>11941112594</v>
+        <v>93060943106</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K254" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L254" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>90504508400019</v>
+        <v>89973775300017</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>396</v>
+        <v>806</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I255" s="3">
-        <v>11950729795</v>
+        <v>11922438892</v>
       </c>
       <c r="J255" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K255" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L255" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>90505943200047</v>
+        <v>89983017800013</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>18</v>
+        <v>368</v>
       </c>
       <c r="I256" s="3">
-        <v>76311388231</v>
+        <v>84692346269</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K256" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L256" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>90749040300017</v>
+        <v>89984727100017</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I257" s="3">
-        <v>11756421175</v>
+        <v>28760635276</v>
       </c>
       <c r="J257" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K257" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L257" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>90756669900019</v>
+        <v>90038394400015</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="D258" s="2"/>
       <c r="E258" s="2" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I258" s="3">
-        <v>11922460392</v>
+        <v>53351103735</v>
       </c>
       <c r="J258" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L258" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M258" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>90787643700027</v>
+        <v>90091193400017</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>810</v>
+        <v>103</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I259" s="3">
-        <v>32600380660</v>
+        <v>84260319326</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K259" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>90817892400019</v>
+        <v>90096220000029</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>687</v>
+        <v>23</v>
       </c>
       <c r="I260" s="3">
-        <v>11941106294</v>
+        <v>84691865869</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>90836599200019</v>
+        <v>90144215200020</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I261" s="3">
-        <v>84691920569</v>
+        <v>44510215051</v>
       </c>
       <c r="J261" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L261" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>90878492900030</v>
+        <v>90163865000019</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I262" s="3">
-        <v>11950772695</v>
+        <v>11756324475</v>
       </c>
       <c r="J262" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K262" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L262" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>90893196700024</v>
+        <v>90167248500017</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>820</v>
-[...3 lines deleted...]
-      </c>
+        <v>828</v>
+      </c>
+      <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I263" s="3">
-        <v>93830794283</v>
+        <v>75331348133</v>
       </c>
       <c r="J263" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L263" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>90934379000012</v>
+        <v>90198551500013</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>816</v>
+        <v>832</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>18</v>
+        <v>111</v>
       </c>
       <c r="I264" s="3">
-        <v>11910936091</v>
+        <v>84730242973</v>
       </c>
       <c r="J264" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K264" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>90935219700018</v>
+        <v>90201350700014</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="D265" s="2"/>
       <c r="E265" s="2" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>828</v>
+        <v>520</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="I265" s="3">
-        <v>11950916395</v>
+        <v>11941093394</v>
       </c>
       <c r="J265" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K265" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L265" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>90999123400024</v>
+        <v>90240150400011</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="D266" s="2"/>
       <c r="E266" s="2" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I266" s="3">
-        <v>11941228894</v>
+        <v>84730250273</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K266" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>91003850400015</v>
+        <v>90290305300012</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>834</v>
-[...3 lines deleted...]
-      </c>
+        <v>645</v>
+      </c>
+      <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>836</v>
+        <v>18</v>
       </c>
       <c r="I267" s="3">
-        <v>11770768177</v>
+        <v>11756318975</v>
       </c>
       <c r="J267" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K267" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L267" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M267" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>91012533500018</v>
+        <v>90292779700016</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I268" s="3">
-        <v>84010254401</v>
+        <v>11756358775</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K268" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>91037571600016</v>
+        <v>90302661500018</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>844</v>
+        <v>18</v>
       </c>
       <c r="I269" s="3">
-        <v>11941118994</v>
+        <v>11930901393</v>
       </c>
       <c r="J269" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L269" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>91064556300016</v>
+        <v>90476996500016</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I270" s="3">
-        <v>11950749795</v>
+        <v>11941112594</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K270" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L270" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>91069104700013</v>
+        <v>90504508400019</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
-        <v>848</v>
+        <v>516</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I271" s="3">
-        <v>11756534875</v>
+        <v>11950729795</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K271" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L271" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>91120805600018</v>
+        <v>90505943200047</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I272" s="3">
-        <v>11770771377</v>
+        <v>76311388231</v>
       </c>
       <c r="J272" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K272" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L272" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>91134274900023</v>
+        <v>90749040300017</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I273" s="3">
-        <v>24450418345</v>
+        <v>11756421175</v>
       </c>
       <c r="J273" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K273" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L273" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>91159492700020</v>
+        <v>90756669900019</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I274" s="3">
-        <v>76341346434</v>
+        <v>11922460392</v>
       </c>
       <c r="J274" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K274" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L274" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>91182637800018</v>
+        <v>90787643700027</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>541</v>
+        <v>862</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I275" s="3">
-        <v>84380829938</v>
+        <v>32600380660</v>
       </c>
       <c r="J275" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K275" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L275" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>91205802100011</v>
+        <v>90817892400019</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>18</v>
+        <v>748</v>
       </c>
       <c r="I276" s="3">
-        <v>11930942193</v>
+        <v>11941106294</v>
       </c>
       <c r="J276" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L276" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>91214591900011</v>
+        <v>90836599200019</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>843</v>
+        <v>868</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I277" s="3">
-        <v>11950781195</v>
+        <v>84691920569</v>
       </c>
       <c r="J277" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K277" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>91266100600029</v>
+        <v>90878492900030</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I278" s="3">
-        <v>11922675492</v>
+        <v>11950772695</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K278" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M278" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>91272849000018</v>
+        <v>90893196700024</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="D279" s="2"/>
+        <v>872</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>873</v>
+      </c>
       <c r="E279" s="2" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I279" s="3">
-        <v>93132334213</v>
+        <v>93830794283</v>
       </c>
       <c r="J279" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L279" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M279" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>91355095000012</v>
+        <v>90934379000012</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I280" s="3">
-        <v>11788545878</v>
+        <v>11910936091</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K280" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L280" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M280" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>91472813400018</v>
+        <v>90935219700018</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>416</v>
+        <v>170</v>
       </c>
       <c r="I281" s="3">
-        <v>84692136269</v>
+        <v>11950916395</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K281" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>91533575600010</v>
+        <v>90936617100025</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I282" s="3">
-        <v>53560995056</v>
+        <v>93060980806</v>
       </c>
       <c r="J282" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K282" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L282" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M282" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>91759484800025</v>
+        <v>90999123400024</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I283" s="3">
-        <v>11950768795</v>
+        <v>11941228894</v>
       </c>
       <c r="J283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L283" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M283" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>91766872500018</v>
+        <v>91003850400015</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="G284" s="2"/>
+        <v>889</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>890</v>
+      </c>
       <c r="H284" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>891</v>
+      </c>
+      <c r="I284" s="3"/>
       <c r="J284" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K284" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L284" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M284" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>91807726400011</v>
+        <v>91012533500018</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="D285" s="2"/>
+        <v>892</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>893</v>
+      </c>
       <c r="E285" s="2" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I285" s="3">
-        <v>11930971693</v>
+        <v>84010254401</v>
       </c>
       <c r="J285" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L285" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M285" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>91834678400013</v>
+        <v>91037571600016</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>31</v>
+        <v>899</v>
       </c>
       <c r="I286" s="3">
-        <v>75331467333</v>
+        <v>11941118994</v>
       </c>
       <c r="J286" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L286" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>91843372300015</v>
+        <v>91064556300016</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>895</v>
+        <v>18</v>
       </c>
       <c r="I287" s="3">
-        <v>44680333468</v>
+        <v>11950749795</v>
       </c>
       <c r="J287" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K287" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L287" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>91871091400022</v>
+        <v>91069104700013</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>674</v>
+        <v>904</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I288" s="3">
-        <v>11931125793</v>
+        <v>11756534875</v>
       </c>
       <c r="J288" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K288" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L288" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>91887332400019</v>
+        <v>91120805600018</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>134</v>
+        <v>898</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I289" s="3">
-        <v>11756674775</v>
+        <v>11770771377</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K289" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>91918892000012</v>
+        <v>91134274900023</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>907</v>
+      </c>
+      <c r="D290" s="2"/>
       <c r="E290" s="2" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I290" s="3">
-        <v>11950776995</v>
+        <v>24450418345</v>
       </c>
       <c r="J290" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M290" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>91921784400019</v>
+        <v>91159492700020</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="D291" s="2"/>
       <c r="E291" s="2" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I291" s="3">
-        <v>52850252985</v>
+        <v>76341346434</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K291" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>91982415100014</v>
+        <v>91182637800018</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>909</v>
+        <v>599</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I292" s="3">
-        <v>84380853438</v>
+        <v>84380829938</v>
       </c>
       <c r="J292" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K292" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L292" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>92042647500017</v>
+        <v>91205802100011</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I293" s="3">
-        <v>93061020506</v>
+        <v>11930942193</v>
       </c>
       <c r="J293" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K293" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L293" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>92065060300011</v>
+        <v>91214591900011</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>915</v>
+        <v>898</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I294" s="3">
-        <v>11941160194</v>
+        <v>11950781195</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K294" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>92155962100013</v>
+        <v>91266100600029</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
-        <v>830</v>
+        <v>921</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>60</v>
+        <v>23</v>
       </c>
       <c r="I295" s="3">
-        <v>11756810175</v>
+        <v>11922675492</v>
       </c>
       <c r="J295" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K295" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L295" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>92185896500020</v>
+        <v>91272849000018</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="D296" s="2"/>
       <c r="E296" s="2" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I296" s="3">
-        <v>93132282813</v>
+        <v>93132334213</v>
       </c>
       <c r="J296" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K296" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L296" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M296" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" s="1">
-        <v>92234834700019</v>
+        <v>91355095000012</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="D297" s="2"/>
       <c r="E297" s="2" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="G297" s="2"/>
       <c r="H297" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I297" s="3">
-        <v>11756647875</v>
+        <v>11788545878</v>
       </c>
       <c r="J297" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K297" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L297" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M297" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" s="1">
-        <v>92317504600013</v>
+        <v>91424378700035</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D298" s="2"/>
       <c r="E298" s="2" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="G298" s="2"/>
       <c r="H298" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I298" s="3">
-        <v>11756713875</v>
+        <v>11941143194</v>
       </c>
       <c r="J298" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K298" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L298" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M298" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" s="1">
-        <v>92428360900015</v>
+        <v>91472813400018</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>932</v>
+      </c>
+      <c r="D299" s="2"/>
       <c r="E299" s="2" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>649</v>
+        <v>934</v>
       </c>
       <c r="G299" s="2"/>
       <c r="H299" s="2" t="s">
-        <v>18</v>
+        <v>480</v>
       </c>
       <c r="I299" s="3">
-        <v>11941249794</v>
+        <v>84692136269</v>
       </c>
       <c r="J299" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K299" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L299" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M299" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" s="1">
-        <v>92502551200029</v>
+        <v>91533575600010</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="D300" s="2"/>
       <c r="E300" s="2" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="G300" s="2"/>
       <c r="H300" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I300" s="3">
-        <v>11922734592</v>
+        <v>53560995056</v>
       </c>
       <c r="J300" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K300" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L300" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M300" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" s="1">
-        <v>92801878700012</v>
+        <v>91759484800025</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D301" s="2"/>
       <c r="E301" s="2" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>374</v>
+        <v>940</v>
       </c>
       <c r="G301" s="2"/>
       <c r="H301" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I301" s="3">
-        <v>93840513784</v>
+        <v>11950768795</v>
       </c>
       <c r="J301" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K301" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L301" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M301" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" s="1">
-        <v>92935385200015</v>
+        <v>91766872500018</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="D302" s="2"/>
       <c r="E302" s="2" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="G302" s="2"/>
       <c r="H302" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I302" s="3">
-        <v>11922755392</v>
+        <v>11756629275</v>
       </c>
       <c r="J302" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K302" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L302" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M302" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" s="1">
-        <v>92950657400011</v>
+        <v>91807726400011</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="D303" s="2"/>
       <c r="E303" s="2" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="G303" s="2"/>
       <c r="H303" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I303" s="3">
-        <v>11757015375</v>
+        <v>11930971693</v>
       </c>
       <c r="J303" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K303" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L303" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M303" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" s="1">
-        <v>92951836300015</v>
+        <v>91834678400013</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="D304" s="2"/>
       <c r="E304" s="2" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="G304" s="2"/>
       <c r="H304" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I304" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I304" s="3">
+        <v>75331467333</v>
+      </c>
       <c r="J304" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K304" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L304" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M304" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" s="1">
-        <v>92958363100023</v>
+        <v>91843372300015</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="D305" s="2"/>
       <c r="E305" s="2" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="G305" s="2"/>
       <c r="H305" s="2" t="s">
-        <v>18</v>
+        <v>953</v>
       </c>
       <c r="I305" s="3">
-        <v>11922753992</v>
+        <v>44680333468</v>
       </c>
       <c r="J305" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K305" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L305" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M305" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" s="1">
-        <v>92960787700016</v>
+        <v>91871091400022</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="D306" s="2"/>
       <c r="E306" s="2" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>946</v>
+        <v>732</v>
       </c>
       <c r="G306" s="2"/>
       <c r="H306" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I306" s="3">
-        <v>84692282969</v>
+        <v>11931125793</v>
       </c>
       <c r="J306" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K306" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L306" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M306" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" s="1">
-        <v>93022557800010</v>
+        <v>91887332400019</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="D307" s="2"/>
       <c r="E307" s="2" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>949</v>
+        <v>224</v>
       </c>
       <c r="G307" s="2"/>
       <c r="H307" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I307" s="3">
-        <v>76341307034</v>
+        <v>11756674775</v>
       </c>
       <c r="J307" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K307" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L307" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M307" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" s="1">
-        <v>93104131300012</v>
+        <v>91918892000012</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="D308" s="2"/>
+        <v>958</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>959</v>
+      </c>
       <c r="E308" s="2" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="G308" s="2"/>
       <c r="H308" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I308" s="3">
-        <v>93132268213</v>
+        <v>11950776995</v>
       </c>
       <c r="J308" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K308" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L308" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M308" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" s="1">
-        <v>93220043900010</v>
+        <v>91921784400019</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="D309" s="2"/>
       <c r="E309" s="2" t="s">
-        <v>618</v>
+        <v>963</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="G309" s="2"/>
       <c r="H309" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I309" s="3">
-        <v>11922783992</v>
+        <v>52850252985</v>
       </c>
       <c r="J309" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K309" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L309" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M309" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" s="1">
-        <v>93241134100021</v>
+        <v>91982415100014</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="D310" s="2"/>
       <c r="E310" s="2" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="G310" s="2"/>
       <c r="H310" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I310" s="3">
-        <v>11757238475</v>
+        <v>84380853438</v>
       </c>
       <c r="J310" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K310" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L310" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M310" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" s="1">
-        <v>93278158600015</v>
+        <v>92042647500017</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="D311" s="2"/>
       <c r="E311" s="2" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="G311" s="2"/>
       <c r="H311" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I311" s="3">
-        <v>11911072891</v>
+        <v>93061020506</v>
       </c>
       <c r="J311" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K311" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L311" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M311" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" s="1">
-        <v>93324617500014</v>
+        <v>92065060300011</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="D312" s="2"/>
       <c r="E312" s="2" t="s">
-        <v>815</v>
+        <v>972</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="G312" s="2"/>
       <c r="H312" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I312" s="3">
-        <v>84692336069</v>
+        <v>11941160194</v>
       </c>
       <c r="J312" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K312" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L312" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M312" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" s="1">
-        <v>93352167600017</v>
+        <v>92155962100013</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="D313" s="2"/>
       <c r="E313" s="2" t="s">
-        <v>964</v>
+        <v>885</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="G313" s="2"/>
       <c r="H313" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I313" s="3">
-        <v>11922797092</v>
+        <v>11756810175</v>
       </c>
       <c r="J313" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K313" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L313" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M313" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" s="1">
-        <v>93375737900013</v>
+        <v>92185896500020</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="D314" s="2"/>
       <c r="E314" s="2" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>277</v>
+        <v>978</v>
       </c>
       <c r="G314" s="2"/>
       <c r="H314" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I314" s="3">
-        <v>44670812567</v>
+        <v>93132282813</v>
       </c>
       <c r="J314" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K314" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L314" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M314" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" s="1">
-        <v>93401365700010</v>
+        <v>92234834700019</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="D315" s="2"/>
       <c r="E315" s="2" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>277</v>
+        <v>981</v>
       </c>
       <c r="G315" s="2"/>
       <c r="H315" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I315" s="3">
-        <v>11757122575</v>
+        <v>11756647875</v>
       </c>
       <c r="J315" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K315" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L315" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M315" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" s="1">
-        <v>93417777500012</v>
+        <v>92317504600013</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>970</v>
+        <v>982</v>
       </c>
       <c r="D316" s="2"/>
       <c r="E316" s="2" t="s">
-        <v>971</v>
+        <v>983</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
       <c r="G316" s="2"/>
       <c r="H316" s="2" t="s">
-        <v>973</v>
+        <v>141</v>
       </c>
       <c r="I316" s="3">
-        <v>11757155375</v>
+        <v>11756713875</v>
       </c>
       <c r="J316" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K316" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L316" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M316" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" s="1">
-        <v>93456656300011</v>
+        <v>92428360900015</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="D317" s="2"/>
+        <v>127</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E317" s="2" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>280</v>
+        <v>707</v>
       </c>
       <c r="G317" s="2"/>
       <c r="H317" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I317" s="3">
-        <v>44670823467</v>
+        <v>11941249794</v>
       </c>
       <c r="J317" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K317" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L317" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M317" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" s="1">
-        <v>93467306200014</v>
+        <v>92502551200029</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="D318" s="2"/>
       <c r="E318" s="2" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="G318" s="2"/>
       <c r="H318" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I318" s="3">
-        <v>93050106905</v>
+        <v>11922734592</v>
       </c>
       <c r="J318" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K318" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L318" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M318" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" s="1">
-        <v>93904931800016</v>
+        <v>92801878700012</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>989</v>
+      </c>
+      <c r="D319" s="2"/>
       <c r="E319" s="2" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>982</v>
+        <v>28</v>
       </c>
       <c r="G319" s="2"/>
       <c r="H319" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I319" s="3">
-        <v>32591368759</v>
+        <v>93840513784</v>
       </c>
       <c r="J319" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K319" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L319" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M319" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" s="1">
-        <v>93939108200012</v>
+        <v>92874604900016</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="D320" s="2"/>
       <c r="E320" s="2" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="G320" s="2"/>
       <c r="H320" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I320" s="3">
-        <v>11757238675</v>
+        <v>44570478557</v>
       </c>
       <c r="J320" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K320" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L320" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M320" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" s="1">
-        <v>93995403800013</v>
+        <v>92934402600018</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="D321" s="2"/>
       <c r="E321" s="2" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="G321" s="2"/>
       <c r="H321" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I321" s="3">
-        <v>11757174775</v>
+        <v>11788769578</v>
       </c>
       <c r="J321" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K321" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L321" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M321" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" s="1">
-        <v>94049839700014</v>
+        <v>92935385200015</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="D322" s="2"/>
       <c r="E322" s="2" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="G322" s="2"/>
       <c r="H322" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I322" s="3">
-        <v>11922868292</v>
+        <v>11922755392</v>
       </c>
       <c r="J322" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K322" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L322" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M322" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" s="1">
-        <v>94060951400010</v>
+        <v>92950657400011</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
       <c r="D323" s="2"/>
       <c r="E323" s="2" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="G323" s="2"/>
       <c r="H323" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I323" s="3">
-        <v>11922868492</v>
+        <v>11757015375</v>
       </c>
       <c r="J323" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K323" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L323" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M323" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" s="1">
-        <v>94127224700011</v>
+        <v>92951836300015</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="D324" s="2"/>
       <c r="E324" s="2" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="G324" s="2"/>
       <c r="H324" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I324" s="3"/>
       <c r="J324" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K324" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L324" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M324" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" s="1">
-        <v>94159973000012</v>
+        <v>92958363100023</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="D325" s="2"/>
       <c r="E325" s="2" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="G325" s="2"/>
       <c r="H325" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I325" s="3">
-        <v>11757205175</v>
+        <v>11922753992</v>
       </c>
       <c r="J325" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K325" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L325" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M325" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" s="1">
-        <v>94270848800013</v>
+        <v>92960787700016</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="D326" s="2"/>
       <c r="E326" s="2" t="s">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="G326" s="2"/>
       <c r="H326" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I326" s="3">
-        <v>11788764378</v>
+        <v>84692282969</v>
       </c>
       <c r="J326" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K326" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L326" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M326" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" s="1">
-        <v>94332898900018</v>
+        <v>93022557800010</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="D327" s="2"/>
       <c r="E327" s="2" t="s">
-        <v>848</v>
+        <v>1012</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="G327" s="2"/>
       <c r="H327" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I327" s="3">
-        <v>11757268475</v>
+        <v>76341307034</v>
       </c>
       <c r="J327" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K327" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L327" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M327" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" s="1">
-        <v>94383427500019</v>
+        <v>93031423200016</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="D328" s="2"/>
       <c r="E328" s="2" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="G328" s="2"/>
       <c r="H328" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I328" s="3">
-        <v>11788781478</v>
+        <v>11941360994</v>
       </c>
       <c r="J328" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K328" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L328" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M328" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" s="1">
-        <v>94387755500012</v>
+        <v>93104131300012</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="D329" s="2"/>
       <c r="E329" s="2" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="G329" s="2"/>
       <c r="H329" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I329" s="3">
-        <v>11770966177</v>
+        <v>93132268213</v>
       </c>
       <c r="J329" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K329" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L329" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M329" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" s="1">
-        <v>94388577200013</v>
+        <v>93220043900010</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="D330" s="2"/>
       <c r="E330" s="2" t="s">
-        <v>993</v>
+        <v>676</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
       <c r="G330" s="2"/>
       <c r="H330" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I330" s="3">
-        <v>11922900692</v>
+        <v>11922783992</v>
       </c>
       <c r="J330" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K330" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L330" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M330" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" s="1">
-        <v>94472552200014</v>
+        <v>93241134100021</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="D331" s="2"/>
       <c r="E331" s="2" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="G331" s="2"/>
       <c r="H331" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I331" s="3">
-        <v>11757277075</v>
+        <v>11757238475</v>
       </c>
       <c r="J331" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K331" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L331" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M331" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" s="1">
-        <v>94480467300019</v>
+        <v>93278158600015</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="D332" s="2"/>
       <c r="E332" s="2" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="G332" s="2"/>
       <c r="H332" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I332" s="3">
-        <v>11950954595</v>
+        <v>11911072891</v>
       </c>
       <c r="J332" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K332" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L332" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M332" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" s="1">
-        <v>94513529100017</v>
+        <v>93324596100018</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="D333" s="2"/>
       <c r="E333" s="2" t="s">
-        <v>1019</v>
+        <v>867</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
       <c r="G333" s="2"/>
       <c r="H333" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I333" s="3">
-        <v>11757318675</v>
+        <v>84692334069</v>
       </c>
       <c r="J333" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K333" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L333" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M333" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" s="1">
-        <v>94533253400011</v>
+        <v>93324617500014</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="D334" s="2"/>
       <c r="E334" s="2" t="s">
-        <v>999</v>
+        <v>867</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="G334" s="2"/>
       <c r="H334" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I334" s="3">
-        <v>11757320275</v>
+        <v>84692336069</v>
       </c>
       <c r="J334" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K334" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L334" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M334" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" s="1">
-        <v>94882198800011</v>
+        <v>93352167600017</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="D335" s="2"/>
       <c r="E335" s="2" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="G335" s="2"/>
       <c r="H335" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I335" s="3">
-        <v>76311312431</v>
+        <v>11922797092</v>
       </c>
       <c r="J335" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K335" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L335" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M335" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" s="1">
-        <v>94967401400012</v>
+        <v>93375737900013</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="D336" s="2"/>
       <c r="E336" s="2" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1027</v>
+        <v>396</v>
       </c>
       <c r="G336" s="2"/>
       <c r="H336" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I336" s="3">
-        <v>32600420760</v>
+        <v>44670812567</v>
       </c>
       <c r="J336" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K336" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L336" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M336" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" s="1">
-        <v>94971063600018</v>
+        <v>93401365700010</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="D337" s="2"/>
       <c r="E337" s="2" t="s">
-        <v>452</v>
+        <v>1037</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>577</v>
+        <v>396</v>
       </c>
       <c r="G337" s="2"/>
       <c r="H337" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I337" s="3">
-        <v>11950807495</v>
+        <v>11757122575</v>
       </c>
       <c r="J337" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K337" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L337" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M337" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" s="1">
-        <v>94976631500012</v>
+        <v>93417777500012</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="D338" s="2"/>
       <c r="E338" s="2" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1031</v>
+        <v>1040</v>
       </c>
       <c r="G338" s="2"/>
       <c r="H338" s="2" t="s">
-        <v>18</v>
+        <v>1041</v>
       </c>
       <c r="I338" s="3">
-        <v>11922607992</v>
+        <v>11757155375</v>
       </c>
       <c r="J338" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K338" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L338" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M338" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" s="1">
-        <v>94998086600014</v>
+        <v>93456656300011</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="D339" s="2"/>
       <c r="E339" s="2" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1034</v>
+        <v>399</v>
       </c>
       <c r="G339" s="2"/>
       <c r="H339" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I339" s="3">
-        <v>11931031393</v>
+        <v>44670823467</v>
       </c>
       <c r="J339" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K339" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L339" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M339" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" s="1">
-        <v>95172178600014</v>
+        <v>93467306200014</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="D340" s="2"/>
       <c r="E340" s="2" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="G340" s="2"/>
       <c r="H340" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I340" s="3">
-        <v>93061054806</v>
+        <v>93050106905</v>
       </c>
       <c r="J340" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K340" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L340" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M340" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" s="1">
-        <v>95181842600011</v>
+        <v>93514477400020</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="D341" s="2"/>
       <c r="E341" s="2" t="s">
-        <v>1039</v>
+        <v>1026</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="G341" s="2"/>
       <c r="H341" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I341" s="3">
-        <v>11950826395</v>
+        <v>11911089391</v>
       </c>
       <c r="J341" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K341" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L341" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M341" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" s="1">
-        <v>95258511500019</v>
+        <v>93904931800016</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>1041</v>
-[...1 lines deleted...]
-      <c r="D342" s="2"/>
+        <v>1049</v>
+      </c>
+      <c r="D342" s="2" t="s">
+        <v>1050</v>
+      </c>
       <c r="E342" s="2" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="G342" s="2"/>
       <c r="H342" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I342" s="3">
-        <v>24410157941</v>
+        <v>32591368759</v>
       </c>
       <c r="J342" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K342" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L342" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M342" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" s="1">
-        <v>95355898800036</v>
+        <v>93939108200012</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="D343" s="2"/>
       <c r="E343" s="2" t="s">
-        <v>618</v>
+        <v>1054</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="G343" s="2"/>
       <c r="H343" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I343" s="3">
-        <v>11756908275</v>
+        <v>11757238675</v>
       </c>
       <c r="J343" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K343" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L343" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M343" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" s="1">
-        <v>97776515500014</v>
+        <v>93971168500015</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="D344" s="2"/>
       <c r="E344" s="2" t="s">
-        <v>1047</v>
+        <v>980</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="G344" s="2"/>
       <c r="H344" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I344" s="3">
-        <v>11931027293</v>
+        <v>11757166075</v>
       </c>
       <c r="J344" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K344" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L344" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M344" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" s="1">
-        <v>97822715500022</v>
+        <v>93995403800013</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="D345" s="2"/>
       <c r="E345" s="2" t="s">
-        <v>987</v>
+        <v>1059</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="G345" s="2"/>
       <c r="H345" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I345" s="3">
-        <v>11922647392</v>
+        <v>11757174775</v>
       </c>
       <c r="J345" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K345" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L345" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M345" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" s="1">
-        <v>97895784300011</v>
+        <v>94049839700014</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="D346" s="2"/>
       <c r="E346" s="2" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="G346" s="2"/>
       <c r="H346" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I346" s="3">
-        <v>11931060593</v>
+        <v>11922868292</v>
       </c>
       <c r="J346" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K346" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L346" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M346" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" s="1">
-        <v>98002345100019</v>
+        <v>94055019700013</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="D347" s="2"/>
       <c r="E347" s="2" t="s">
-        <v>1055</v>
+        <v>885</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="G347" s="2"/>
       <c r="H347" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I347" s="3">
-        <v>11931038793</v>
+        <v>11757218575</v>
       </c>
       <c r="J347" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K347" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L347" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M347" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" s="1">
-        <v>98013230200012</v>
+        <v>94060951400010</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="D348" s="2"/>
       <c r="E348" s="2" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="G348" s="2"/>
       <c r="H348" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I348" s="3">
-        <v>11941217594</v>
+        <v>11922868492</v>
       </c>
       <c r="J348" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K348" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L348" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M348" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" s="1">
-        <v>98090103700013</v>
+        <v>94127224700011</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="D349" s="2"/>
       <c r="E349" s="2" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="G349" s="2"/>
       <c r="H349" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I349" s="3">
-        <v>32800246180</v>
+        <v>11757239175</v>
       </c>
       <c r="J349" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K349" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L349" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M349" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" s="1">
-        <v>98130819000017</v>
+        <v>94159973000012</v>
       </c>
       <c r="B350" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>1063</v>
+        <v>1071</v>
       </c>
       <c r="D350" s="2"/>
       <c r="E350" s="2" t="s">
-        <v>1064</v>
+        <v>1072</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1065</v>
+        <v>1073</v>
       </c>
       <c r="G350" s="2"/>
       <c r="H350" s="2" t="s">
-        <v>18</v>
+        <v>141</v>
       </c>
       <c r="I350" s="3">
-        <v>93132197613</v>
+        <v>11757205175</v>
       </c>
       <c r="J350" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K350" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L350" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M350" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" s="1">
-        <v>98219707100029</v>
+        <v>94267959800014</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="D351" s="2"/>
       <c r="E351" s="2" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>801</v>
+        <v>988</v>
       </c>
       <c r="G351" s="2"/>
       <c r="H351" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I351" s="3">
-        <v>11770866477</v>
+        <v>11757237975</v>
       </c>
       <c r="J351" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K351" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L351" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M351" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" s="1">
-        <v>98242193500015</v>
+        <v>94270848800013</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="D352" s="2"/>
       <c r="E352" s="2" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="G352" s="2"/>
       <c r="H352" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I352" s="3">
-        <v>11922726092</v>
+        <v>11788764378</v>
       </c>
       <c r="J352" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K352" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L352" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M352" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" s="1">
-        <v>98297687000013</v>
+        <v>94278446300013</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="D353" s="2"/>
       <c r="E353" s="2" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="G353" s="2"/>
       <c r="H353" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I353" s="3">
-        <v>27250373025</v>
+        <v>11757221875</v>
       </c>
       <c r="J353" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K353" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L353" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M353" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" s="1">
-        <v>98308243900016</v>
+        <v>94314131700017</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="D354" s="2"/>
       <c r="E354" s="2" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="G354" s="2"/>
       <c r="H354" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I354" s="3">
-        <v>93061096406</v>
+        <v>11922889992</v>
       </c>
       <c r="J354" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K354" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L354" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M354" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" s="1">
-        <v>98335225300014</v>
+        <v>94332898900018</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>1077</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="D355" s="2"/>
       <c r="E355" s="2" t="s">
-        <v>1078</v>
+        <v>903</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="G355" s="2"/>
       <c r="H355" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I355" s="3">
-        <v>11788650878</v>
+        <v>11757268475</v>
       </c>
       <c r="J355" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K355" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L355" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M355" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" s="1">
-        <v>98382468100024</v>
+        <v>94383427500019</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="D356" s="2"/>
       <c r="E356" s="2" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="G356" s="2"/>
       <c r="H356" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I356" s="3">
-        <v>11770873277</v>
+        <v>11788781478</v>
       </c>
       <c r="J356" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K356" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L356" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M356" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" s="1">
-        <v>98382471500012</v>
+        <v>94387755500012</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="D357" s="2"/>
       <c r="E357" s="2" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="G357" s="2"/>
       <c r="H357" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I357" s="3">
-        <v>24450428145</v>
+        <v>11770966177</v>
       </c>
       <c r="J357" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K357" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L357" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M357" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" s="1">
-        <v>98399521800010</v>
+        <v>94388577200013</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="D358" s="2"/>
       <c r="E358" s="2" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="G358" s="2"/>
       <c r="H358" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I358" s="3">
-        <v>11922697292</v>
+        <v>11922900692</v>
       </c>
       <c r="J358" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K358" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L358" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M358" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" s="1">
-        <v>98420494100012</v>
+        <v>94403605200016</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="D359" s="2"/>
       <c r="E359" s="2" t="s">
-        <v>1088</v>
+        <v>885</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="G359" s="2"/>
       <c r="H359" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I359" s="3">
-        <v>84430369143</v>
+        <v>11757283475</v>
       </c>
       <c r="J359" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K359" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L359" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M359" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" s="1">
-        <v>98429932100013</v>
+        <v>94472552200014</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D360" s="2"/>
       <c r="E360" s="2" t="s">
-        <v>866</v>
+        <v>1094</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="G360" s="2"/>
       <c r="H360" s="2" t="s">
-        <v>416</v>
+        <v>18</v>
       </c>
       <c r="I360" s="3">
-        <v>11922717192</v>
+        <v>11757277075</v>
       </c>
       <c r="J360" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K360" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L360" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M360" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" s="1">
-        <v>98445977600014</v>
+        <v>94480467300019</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="D361" s="2"/>
       <c r="E361" s="2" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="G361" s="2"/>
       <c r="H361" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I361" s="3">
-        <v>11931071993</v>
+        <v>11950954595</v>
       </c>
       <c r="J361" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K361" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L361" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M361" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" s="1">
-        <v>98461765400012</v>
+        <v>94513529100017</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="D362" s="2"/>
       <c r="E362" s="2" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1097</v>
+        <v>1086</v>
       </c>
       <c r="G362" s="2"/>
       <c r="H362" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I362" s="3">
-        <v>32020170602</v>
+        <v>11757318675</v>
       </c>
       <c r="J362" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K362" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L362" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M362" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" s="1">
-        <v>98738468200017</v>
+        <v>94530148900015</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="D363" s="2"/>
       <c r="E363" s="2" t="s">
-        <v>902</v>
+        <v>1101</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>536</v>
+        <v>110</v>
       </c>
       <c r="G363" s="2"/>
       <c r="H363" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I363" s="3">
-        <v>11950879795</v>
+        <v>11941353894</v>
       </c>
       <c r="J363" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K363" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L363" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M363" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" s="1">
-        <v>98782736700010</v>
+        <v>94533253400011</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D364" s="2"/>
       <c r="E364" s="2" t="s">
-        <v>1100</v>
+        <v>1072</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>374</v>
+        <v>1103</v>
       </c>
       <c r="G364" s="2"/>
       <c r="H364" s="2" t="s">
-        <v>60</v>
+        <v>141</v>
       </c>
       <c r="I364" s="3">
-        <v>11950926395</v>
+        <v>11757320275</v>
       </c>
       <c r="J364" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K364" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L364" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M364" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" s="1">
-        <v>98806508200014</v>
+        <v>94882198800011</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="D365" s="2"/>
       <c r="E365" s="2" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1082</v>
+        <v>1106</v>
       </c>
       <c r="G365" s="2"/>
       <c r="H365" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I365" s="3">
-        <v>11757367375</v>
+        <v>76311312431</v>
       </c>
       <c r="J365" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K365" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L365" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M365" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" s="1">
-        <v>98859103800019</v>
+        <v>94967401400012</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D366" s="2"/>
       <c r="E366" s="2" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="G366" s="2"/>
       <c r="H366" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I366" s="3">
-        <v>11757320875</v>
+        <v>32600420760</v>
       </c>
       <c r="J366" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K366" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L366" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M366" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" s="1">
-        <v>98880269000012</v>
+        <v>94971063600018</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="D367" s="2"/>
       <c r="E367" s="2" t="s">
-        <v>1107</v>
+        <v>97</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>325</v>
+        <v>635</v>
       </c>
       <c r="G367" s="2"/>
       <c r="H367" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I367" s="3">
-        <v>11950957195</v>
+        <v>11950807495</v>
       </c>
       <c r="J367" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K367" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L367" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M367" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" s="1">
-        <v>98889581900015</v>
+        <v>94976631500012</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D368" s="2"/>
       <c r="E368" s="2" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="G368" s="2"/>
       <c r="H368" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I368" s="3">
-        <v>11922946792</v>
+        <v>11922607992</v>
       </c>
       <c r="J368" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K368" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L368" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M368" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" s="1">
-        <v>98925278800017</v>
+        <v>94998086600014</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>1111</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="D369" s="2"/>
       <c r="E369" s="2" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="G369" s="2"/>
       <c r="H369" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="I369" s="3">
-        <v>11757365975</v>
+        <v>11931031393</v>
       </c>
       <c r="J369" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K369" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L369" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M369" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" s="1">
-        <v>98972836500010</v>
+        <v>95172178600014</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D370" s="2"/>
       <c r="E370" s="2" t="s">
-        <v>993</v>
+        <v>1118</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="G370" s="2"/>
       <c r="H370" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I370" s="3">
-        <v>11922942692</v>
+        <v>93061054806</v>
       </c>
       <c r="J370" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K370" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L370" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M370" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" s="1">
-        <v>98983403100019</v>
+        <v>95181842600011</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="D371" s="2"/>
       <c r="E371" s="2" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G371" s="2"/>
       <c r="H371" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I371" s="3">
-        <v>84692522269</v>
+        <v>11950826395</v>
       </c>
       <c r="J371" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="K371" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L371" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M371" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" s="1">
-        <v>99012155000018</v>
+        <v>95258511500019</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="D372" s="2"/>
       <c r="E372" s="2" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="G372" s="2"/>
       <c r="H372" s="2" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I372" s="3">
+        <v>24410157941</v>
+      </c>
+      <c r="J372" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K372" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L372" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M372" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13">
+      <c r="A373" s="1">
+        <v>95299641100015</v>
+      </c>
+      <c r="B373" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C373" s="2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D373" s="2"/>
+      <c r="E373" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G373" s="2"/>
+      <c r="H373" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I373" s="3">
+        <v>11922629892</v>
+      </c>
+      <c r="J373" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K373" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L373" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M373" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13">
+      <c r="A374" s="1">
+        <v>95355898800036</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D374" s="2"/>
+      <c r="E374" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="G374" s="2"/>
+      <c r="H374" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I374" s="3">
+        <v>11756908275</v>
+      </c>
+      <c r="J374" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K374" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L374" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M374" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13">
+      <c r="A375" s="1">
+        <v>97776515500014</v>
+      </c>
+      <c r="B375" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D375" s="2"/>
+      <c r="E375" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F375" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G375" s="2"/>
+      <c r="H375" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I375" s="3">
+        <v>11931027293</v>
+      </c>
+      <c r="J375" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K375" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L375" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M375" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13">
+      <c r="A376" s="1">
+        <v>97801306800017</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D376" s="2"/>
+      <c r="E376" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G376" s="2"/>
+      <c r="H376" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I376" s="3">
+        <v>11756793375</v>
+      </c>
+      <c r="J376" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K376" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L376" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M376" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13">
+      <c r="A377" s="1">
+        <v>97822715500022</v>
+      </c>
+      <c r="B377" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C377" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D377" s="2"/>
+      <c r="E377" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G377" s="2"/>
+      <c r="H377" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I377" s="3">
+        <v>11922647392</v>
+      </c>
+      <c r="J377" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L377" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M377" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13">
+      <c r="A378" s="1">
+        <v>97895784300011</v>
+      </c>
+      <c r="B378" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D378" s="2"/>
+      <c r="E378" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G378" s="2"/>
+      <c r="H378" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I378" s="3">
+        <v>11931060593</v>
+      </c>
+      <c r="J378" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L378" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M378" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13">
+      <c r="A379" s="1">
+        <v>98002345100019</v>
+      </c>
+      <c r="B379" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C379" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D379" s="2"/>
+      <c r="E379" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F379" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G379" s="2"/>
+      <c r="H379" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I379" s="3">
+        <v>11931038793</v>
+      </c>
+      <c r="J379" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K379" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L379" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M379" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13">
+      <c r="A380" s="1">
+        <v>98013230200012</v>
+      </c>
+      <c r="B380" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D380" s="2"/>
+      <c r="E380" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G380" s="2"/>
+      <c r="H380" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I380" s="3">
+        <v>11941217594</v>
+      </c>
+      <c r="J380" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L380" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="M380" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13">
+      <c r="A381" s="1">
+        <v>98069102600010</v>
+      </c>
+      <c r="B381" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D381" s="2"/>
+      <c r="E381" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F381" s="2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G381" s="2"/>
+      <c r="H381" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I381" s="3">
+        <v>84692184569</v>
+      </c>
+      <c r="J381" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L381" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M381" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13">
+      <c r="A382" s="1">
+        <v>98090103700013</v>
+      </c>
+      <c r="B382" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D382" s="2"/>
+      <c r="E382" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G382" s="2"/>
+      <c r="H382" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I382" s="3">
+        <v>32800246180</v>
+      </c>
+      <c r="J382" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L382" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M382" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13">
+      <c r="A383" s="1">
+        <v>98130819000017</v>
+      </c>
+      <c r="B383" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D383" s="2"/>
+      <c r="E383" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="G383" s="2"/>
+      <c r="H383" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I383" s="3">
+        <v>93132197613</v>
+      </c>
+      <c r="J383" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L383" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M383" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13">
+      <c r="A384" s="1">
+        <v>98146823400019</v>
+      </c>
+      <c r="B384" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D384" s="2"/>
+      <c r="E384" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G384" s="2"/>
+      <c r="H384" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I384" s="3">
+        <v>44670781667</v>
+      </c>
+      <c r="J384" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K384" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M384" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13">
+      <c r="A385" s="1">
+        <v>98219707100029</v>
+      </c>
+      <c r="B385" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D385" s="2"/>
+      <c r="E385" s="2" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="G385" s="2"/>
+      <c r="H385" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I385" s="3">
+        <v>11770866477</v>
+      </c>
+      <c r="J385" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K385" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L385" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M385" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13">
+      <c r="A386" s="1">
+        <v>98242193500015</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D386" s="2"/>
+      <c r="E386" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G386" s="2"/>
+      <c r="H386" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I386" s="3">
+        <v>11922726092</v>
+      </c>
+      <c r="J386" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K386" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M386" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13">
+      <c r="A387" s="1">
+        <v>98297687000013</v>
+      </c>
+      <c r="B387" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C387" s="2" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D387" s="2"/>
+      <c r="E387" s="2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G387" s="2"/>
+      <c r="H387" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I387" s="3">
+        <v>27250373025</v>
+      </c>
+      <c r="J387" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K387" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L387" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M387" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13">
+      <c r="A388" s="1">
+        <v>98308243900016</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D388" s="2"/>
+      <c r="E388" s="2" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G388" s="2"/>
+      <c r="H388" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I388" s="3">
+        <v>93061096406</v>
+      </c>
+      <c r="J388" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K388" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L388" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M388" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13">
+      <c r="A389" s="1">
+        <v>98335225300014</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G389" s="2"/>
+      <c r="H389" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I389" s="3">
+        <v>11788650878</v>
+      </c>
+      <c r="J389" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K389" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M389" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13">
+      <c r="A390" s="1">
+        <v>98382468100024</v>
+      </c>
+      <c r="B390" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D390" s="2"/>
+      <c r="E390" s="2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G390" s="2"/>
+      <c r="H390" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I390" s="3">
+        <v>11770873277</v>
+      </c>
+      <c r="J390" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K390" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L390" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M390" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13">
+      <c r="A391" s="1">
+        <v>98382471500012</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D391" s="2"/>
+      <c r="E391" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G391" s="2"/>
+      <c r="H391" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I391" s="3">
+        <v>24450428145</v>
+      </c>
+      <c r="J391" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K391" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L391" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M391" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13">
+      <c r="A392" s="1">
+        <v>98399521800010</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D392" s="2"/>
+      <c r="E392" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G392" s="2"/>
+      <c r="H392" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I392" s="3">
+        <v>11922697292</v>
+      </c>
+      <c r="J392" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K392" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L392" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M392" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13">
+      <c r="A393" s="1">
+        <v>98420494100012</v>
+      </c>
+      <c r="B393" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E393" s="2" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G393" s="2"/>
+      <c r="H393" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I393" s="3">
+        <v>84430369143</v>
+      </c>
+      <c r="J393" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K393" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L393" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M393" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13">
+      <c r="A394" s="1">
+        <v>98429932100013</v>
+      </c>
+      <c r="B394" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C394" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D394" s="2"/>
+      <c r="E394" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G394" s="2"/>
+      <c r="H394" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="I394" s="3">
+        <v>11922717192</v>
+      </c>
+      <c r="J394" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M394" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13">
+      <c r="A395" s="1">
+        <v>98445977600014</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D395" s="2"/>
+      <c r="E395" s="2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G395" s="2"/>
+      <c r="H395" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I395" s="3">
+        <v>11931071993</v>
+      </c>
+      <c r="J395" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L395" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M395" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13">
+      <c r="A396" s="1">
+        <v>98461765400012</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D396" s="2"/>
+      <c r="E396" s="2" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G396" s="2"/>
+      <c r="H396" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I396" s="3">
+        <v>32020170602</v>
+      </c>
+      <c r="J396" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L396" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M396" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13">
+      <c r="A397" s="1">
+        <v>98513928600027</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D397" s="2"/>
+      <c r="E397" s="2" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G397" s="2"/>
+      <c r="H397" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I397" s="3">
+        <v>44510256451</v>
+      </c>
+      <c r="J397" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L397" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M397" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13">
+      <c r="A398" s="1">
+        <v>98738468200017</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D398" s="2"/>
+      <c r="E398" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="G398" s="2"/>
+      <c r="H398" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I398" s="3">
+        <v>11950879795</v>
+      </c>
+      <c r="J398" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K398" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L398" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M398" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13">
+      <c r="A399" s="1">
+        <v>98759510500014</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D399" s="2"/>
+      <c r="E399" s="2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G399" s="2"/>
+      <c r="H399" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I399" s="3">
+        <v>76341290534</v>
+      </c>
+      <c r="J399" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L399" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M399" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13">
+      <c r="A400" s="1">
+        <v>98782736700010</v>
+      </c>
+      <c r="B400" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D400" s="2"/>
+      <c r="E400" s="2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="G400" s="2"/>
+      <c r="H400" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I400" s="3">
+        <v>11950926395</v>
+      </c>
+      <c r="J400" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L400" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M400" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13">
+      <c r="A401" s="1">
+        <v>98788939100015</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D401" s="2"/>
+      <c r="E401" s="2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G401" s="2"/>
+      <c r="H401" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I401" s="3">
+        <v>11922983692</v>
+      </c>
+      <c r="J401" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K401" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L401" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M401" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13">
+      <c r="A402" s="1">
+        <v>98806508200014</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D402" s="2"/>
+      <c r="E402" s="2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G402" s="2"/>
+      <c r="H402" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I402" s="3">
+        <v>11757367375</v>
+      </c>
+      <c r="J402" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K402" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L402" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M402" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13">
+      <c r="A403" s="1">
+        <v>98812712200014</v>
+      </c>
+      <c r="B403" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D403" s="2"/>
+      <c r="E403" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="G403" s="2"/>
+      <c r="H403" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I403" s="3">
+        <v>11922944992</v>
+      </c>
+      <c r="J403" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K403" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L403" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M403" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13">
+      <c r="A404" s="1">
+        <v>98859103800019</v>
+      </c>
+      <c r="B404" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D404" s="2"/>
+      <c r="E404" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G404" s="2"/>
+      <c r="H404" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I404" s="3">
+        <v>11757320875</v>
+      </c>
+      <c r="J404" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K404" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L404" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M404" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13">
+      <c r="A405" s="1">
+        <v>98879538100017</v>
+      </c>
+      <c r="B405" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D405" s="2"/>
+      <c r="E405" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G405" s="2"/>
+      <c r="H405" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I405" s="3">
+        <v>11922941892</v>
+      </c>
+      <c r="J405" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K405" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L405" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M405" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13">
+      <c r="A406" s="1">
+        <v>98880269000012</v>
+      </c>
+      <c r="B406" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D406" s="2"/>
+      <c r="E406" s="2" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="G406" s="2"/>
+      <c r="H406" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I406" s="3">
+        <v>11950957195</v>
+      </c>
+      <c r="J406" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K406" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L406" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M406" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13">
+      <c r="A407" s="1">
+        <v>98889581900015</v>
+      </c>
+      <c r="B407" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D407" s="2"/>
+      <c r="E407" s="2" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="G407" s="2"/>
+      <c r="H407" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I407" s="3">
+        <v>11922946792</v>
+      </c>
+      <c r="J407" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K407" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L407" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M407" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13">
+      <c r="A408" s="1">
+        <v>98925278800017</v>
+      </c>
+      <c r="B408" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G408" s="2"/>
+      <c r="H408" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I408" s="3">
+        <v>11757365975</v>
+      </c>
+      <c r="J408" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L408" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M408" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13">
+      <c r="A409" s="1">
+        <v>98972836500010</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D409" s="2"/>
+      <c r="E409" s="2" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G409" s="2"/>
+      <c r="H409" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I409" s="3">
+        <v>11922942692</v>
+      </c>
+      <c r="J409" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L409" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M409" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13">
+      <c r="A410" s="1">
+        <v>98976750400016</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D410" s="2"/>
+      <c r="E410" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G410" s="2"/>
+      <c r="H410" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I410" s="3">
+        <v>11922943692</v>
+      </c>
+      <c r="J410" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L410" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M410" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13">
+      <c r="A411" s="1">
+        <v>98983403100019</v>
+      </c>
+      <c r="B411" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D411" s="2"/>
+      <c r="E411" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G411" s="2"/>
+      <c r="H411" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I411" s="3">
+        <v>84692522269</v>
+      </c>
+      <c r="J411" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K411" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L411" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M411" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13">
+      <c r="A412" s="1">
+        <v>99012155000018</v>
+      </c>
+      <c r="B412" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D412" s="2"/>
+      <c r="E412" s="2" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G412" s="2"/>
+      <c r="H412" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I412" s="3">
         <v>11788804078</v>
       </c>
-      <c r="J372" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M372" s="2" t="s">
+      <c r="J412" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K412" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L412" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M412" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13">
+      <c r="A413" s="1">
+        <v>99018878100027</v>
+      </c>
+      <c r="B413" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D413" s="2"/>
+      <c r="E413" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="G413" s="2"/>
+      <c r="H413" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I413" s="3">
+        <v>11950979895</v>
+      </c>
+      <c r="J413" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K413" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L413" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M413" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13">
+      <c r="A414" s="1">
+        <v>99161044500017</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D414" s="2"/>
+      <c r="E414" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G414" s="2"/>
+      <c r="H414" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="I414" s="3">
+        <v>11922974492</v>
+      </c>
+      <c r="J414" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="K414" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L414" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M414" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -17745,31 +19644,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 13:23:18</dc:description>
+  <dc:description>Export en date du 02/14/2026 08:13:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>