--- v0 (2025-12-26)
+++ v1 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -541,56 +541,56 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE L'INDRE</t>
   </si>
   <si>
     <t>24 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>2436P000136</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE TOURAINE</t>
   </si>
   <si>
     <t>1 RUE SCHILLER 37200 TOURS</t>
   </si>
   <si>
     <t>19/12/2019</t>
   </si>
   <si>
     <t>03/07/2025</t>
   </si>
   <si>
+    <t>5 ALLEE PINA BAUSCH 37200 TOURS</t>
+  </si>
+  <si>
     <t>2437P000237</t>
   </si>
   <si>
-    <t>5 ALLEE PINA BAUSCH 37200 TOURS</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE GRENOBLE</t>
   </si>
   <si>
     <t>5 A 7 - 9EME ETAGE-SERVICE PARTICULIER 5 PLACE ROBERT SCHUMAN 38000 GRENOBLE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>8238P001138</t>
   </si>
   <si>
     <t>CCI FORMATION-CFA IMT-ISCO</t>
   </si>
   <si>
     <t>GROUPE FORMATION-CCI 10 RUE AIME PUPIN 38100 GRENOBLE</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>2 PLACE SAINT PIERRE 38200 VIENNE</t>
   </si>
   <si>
     <t>8238P000238</t>
@@ -610,59 +610,62 @@
   <si>
     <t>7240P003840</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU LOIRET</t>
   </si>
   <si>
     <t>CITEVOLIA 1 PLACE RIVIERRE CASALIS 45400 FLEURY-LES-AUBRAIS</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t>2445P000945</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET D'INDUSTRIE DU LOT</t>
   </si>
   <si>
     <t>107 QUAI EUGENE CAVAIGNAC 46000 CAHORS</t>
   </si>
   <si>
     <t>25/10/1983</t>
   </si>
   <si>
-    <t>CHAMB COMME ET INDUSTRIE LOT ET GARONNE</t>
+    <t>CHAMBRE DE COMMERCE ET D’INDUSTRIE DE LOT ET GARONNE</t>
   </si>
   <si>
     <t>49 ROUTE D’AGEN 47310 ESTILLAC</t>
   </si>
   <si>
     <t>02/01/2021</t>
   </si>
   <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA LOZERE</t>
   </si>
   <si>
     <t>16 BOULEVARD DU SOUBEYRAN 48000 MENDE</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>18 PLACE DE LA GARE 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE GRAND NANCY METROPOLE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>53 RUE STANISLAS 54000 NANCY</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MORBIHAN</t>
@@ -898,78 +901,78 @@
   <si>
     <t>9797P000897</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA GUYANE</t>
   </si>
   <si>
     <t>CCIG - MAISON DES ENTREPRISES - ICF</t>
   </si>
   <si>
     <t>MAISON DES ENTREPRISES PLACE DE L'ESPLANADE 97300 CAYENNE</t>
   </si>
   <si>
     <t>31/07/1990</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>5 B RUE DE PARIS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CCI FORMATION</t>
+  </si>
+  <si>
+    <t>BP 87009 2 AVENUE DE MARBOTTE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>20/12/2016</t>
+  </si>
+  <si>
+    <t>68.20B</t>
+  </si>
+  <si>
+    <t>CCI FORMATION 82</t>
+  </si>
+  <si>
+    <t>61 AVENUE LEON GAMBETTA 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
     <t>CCI FORMATION GERS</t>
   </si>
   <si>
     <t>10 RUE DIDEROT 32000 AUCH</t>
   </si>
   <si>
     <t>02/08/2018</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/03/2006</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>RUE DE BRUXELLES 12000 RODEZ</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
@@ -2515,51 +2518,51 @@
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3">
         <v>27210429021</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>13002980400015</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>108</v>
       </c>
@@ -3222,89 +3225,87 @@
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>18370001200051</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>174</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>18370001200069</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>174</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>18383001700210</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D52" s="2"/>
@@ -3539,1333 +3540,1333 @@
         <v>197</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>18470141500046</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>13</v>
+        <v>170</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>199</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="G59" s="2"/>
+      <c r="G59" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="H59" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I59" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>18480002700015</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>18530044900062</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="3">
         <v>52530049653</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>18542202900016</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>18560005300010</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>18560005300234</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>18572202200125</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>18580003400067</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>18640002400011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>18640005700011</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>18640005700078</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>18720092800013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="3">
         <v>52720101272</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>18720092800112</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I71" s="3">
         <v>52720101272</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>18733001400072</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="3">
         <v>82730146473</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>18743001200067</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>18750002000073</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>18770918300235</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>18820001800045</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>18830001600261</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>18850049000019</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="3">
         <v>52850109285</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>18860003500177</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="3">
         <v>54860109086</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>18870801000114</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>18882211800017</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>18890911300121</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>18910002700052</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>18972002200210</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>18973302500069</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="3">
         <v>96973075197</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>18974211700014</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="3">
         <v>98970017797</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>78803676200037</v>
+        <v>40457548200033</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>298</v>
+      </c>
+      <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>40457548200033</v>
+        <v>47991356800024</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="I88" s="3"/>
+        <v>64</v>
+      </c>
+      <c r="I88" s="3">
+        <v>73820050682</v>
+      </c>
       <c r="J88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>47991356800024</v>
+        <v>78803676200037</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I89" s="3">
-        <v>73820050682</v>
+        <v>73320039232</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I90" s="3">
         <v>44540389954</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I91" s="3">
         <v>76341086134</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>90003816700012</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>104</v>
       </c>
       <c r="I92" s="3">
         <v>76120101012</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I93" s="3">
         <v>84691862869</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -4897,31 +4898,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 06:48:20</dc:description>
+  <dc:description>Export en date du 02/14/2026 11:57:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>