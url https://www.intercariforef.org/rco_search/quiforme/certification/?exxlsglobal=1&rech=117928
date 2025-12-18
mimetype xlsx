--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -130,66 +130,66 @@
   <si>
     <t>CMA FRANCE</t>
   </si>
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-AUBIN DU CORMIER</t>
   </si>
   <si>
     <t>LPA DE SAINT-AUBIN DU CORMIER</t>
   </si>
   <si>
     <t>LANDE DE LA RENCONTRE 35140 SAINT-AUBIN-DU-CORMIER</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
     <t>ASSOC PROMO APPRENTI POLYVALEN</t>
   </si>
   <si>
     <t>21 RUE DES CARRIERES 58180 MARZY</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>08/10/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -695,57 +695,57 @@
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>13002794900010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>53351087435</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002799800017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>18</v>
@@ -822,110 +822,110 @@
       <c r="F7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="3">
         <v>53351065735</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31277330200020</v>
+        <v>50923283100016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>26580018158</v>
+        <v>21510170351</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>50923283100016</v>
+        <v>31277330200020</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="3">
-        <v>21510170351</v>
+        <v>26580018158</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -950,31 +950,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 18:47:27</dc:description>
+  <dc:description>Export en date du 12/18/2025 17:59:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>