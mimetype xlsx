--- v0 (2026-02-01)
+++ v1 (2026-03-23)
@@ -76,81 +76,93 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>B5 PRODUCTIONS</t>
   </si>
   <si>
     <t>B03 18 RUE BERJON 69009 LYON</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>MANUFACTURE DE CASSAIGNE</t>
+  </si>
+  <si>
+    <t>AU VILLAGE 32100 CASSAIGNE</t>
+  </si>
+  <si>
+    <t>19/01/2009</t>
+  </si>
+  <si>
+    <t>32.99Z</t>
+  </si>
+  <si>
+    <t>NETFORME</t>
+  </si>
+  <si>
+    <t>12 PLACE JULES FERRY 84400 APT</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
     <t>NEXT FORMA</t>
   </si>
   <si>
     <t>77 RUE DU ROCHER 75008 PARIS</t>
   </si>
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t xml:space="preserve">DELILLE NICOLAS JONATHAN  </t>
   </si>
   <si>
     <t>84 RUE SAINT GEORGES 44390 NORT-SUR-ERDRE</t>
   </si>
   <si>
     <t>29/12/2021</t>
   </si>
   <si>
-    <t>HAVA 3D</t>
-[...11 lines deleted...]
-    <t>Fermé</t>
+    <t>08/12/2025</t>
   </si>
   <si>
     <t>LA BICHE-RENARD</t>
   </si>
   <si>
     <t>16 RUE TIQUETONNE 75002 PARIS</t>
   </si>
   <si>
     <t>20/01/2020</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>5 RUE ETIENNE JODELLE 75018 PARIS</t>
   </si>
   <si>
     <t>SCANDRONE</t>
   </si>
   <si>
     <t>1 AVENUE CHRISTIAN DOPPLER 77700 SERRIS</t>
   </si>
   <si>
     <t>29/08/2016</t>
   </si>
@@ -173,62 +185,50 @@
     <t>CONNECT LEARNING</t>
   </si>
   <si>
     <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>ONE LEARN</t>
   </si>
   <si>
     <t>9 RUE DES COLONNES 75002 PARIS</t>
   </si>
   <si>
     <t>10/01/2022</t>
   </si>
   <si>
     <t>LA NOUVELLE ECOLE</t>
   </si>
   <si>
     <t>25 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>04/04/2023</t>
-  </si>
-[...10 lines deleted...]
-    <t>26/07/2024</t>
   </si>
   <si>
     <t>ALEX FORMATION</t>
   </si>
   <si>
     <t>868 ROUTE DE LA CABORNE 69440 CHABANIERE</t>
   </si>
   <si>
     <t>14/10/2024</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>62.09Z</t>
   </si>
   <si>
     <t>MAKERS ACADEMY</t>
   </si>
   <si>
     <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
   </si>
   <si>
     <t>24/01/2024</t>
   </si>
@@ -694,485 +694,479 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>84691715969</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>51833310900040</v>
+        <v>51019496200013</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11756558675</v>
+        <v>73320057232</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53018690700040</v>
+        <v>51336320000041</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>52441109144</v>
+        <v>93840452184</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79803160500032</v>
+        <v>51833310900040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>52720175772</v>
+        <v>11756558675</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>81960119600028</v>
+        <v>53018690700040</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81960119600036</v>
+        <v>81960119600028</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82175090800013</v>
+        <v>81960119600036</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11770620077</v>
+        <v>11756243175</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>83219470800026</v>
+        <v>82175090800013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>11910938291</v>
+        <v>11770620077</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>90469485800013</v>
+        <v>83219470800026</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I10" s="3">
-        <v>11756356675</v>
+        <v>11910938291</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>90986649300010</v>
+        <v>90469485800013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>11756422875</v>
+        <v>11756356675</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>91882797300028</v>
+        <v>90986649300010</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>11756752275</v>
+        <v>11756422875</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>93161702100015</v>
+        <v>91882797300028</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D13" s="2" t="s">
         <v>54</v>
       </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>75160145016</v>
+        <v>11756752275</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>93415658900012</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>98411150000018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
@@ -1233,31 +1227,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 10:33:53</dc:description>
+  <dc:description>Export en date du 03/23/2026 05:44:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>