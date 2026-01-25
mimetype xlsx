--- v0 (2025-11-03)
+++ v1 (2026-01-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -487,114 +487,117 @@
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 89000 AUXERRE</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
     <t>2689P000489</t>
   </si>
   <si>
     <t>TERRITOIRE DE LA POLYNESIE FRANCAISE</t>
   </si>
   <si>
     <t>98714 PAPEETE</t>
   </si>
   <si>
     <t>06/09/1984</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>OPENCLASSROOMS</t>
   </si>
   <si>
     <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
   </si>
   <si>
     <t>14/02/2002</t>
   </si>
   <si>
     <t>8 RUE BISSON 44100 NANTES</t>
   </si>
   <si>
     <t>07/12/2024</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
@@ -2458,876 +2461,878 @@
         <v>154</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>49386136300080</v>
+        <v>30340844700033</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I38" s="3">
-        <v>11755205675</v>
+        <v>22800001380</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41058110200010</v>
+        <v>30804972500036</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I39" s="3">
-        <v>72330424333</v>
+        <v>24180039818</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42417546100021</v>
+        <v>49386136300080</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="G40" s="2"/>
+      <c r="G40" s="2" t="s">
+        <v>166</v>
+      </c>
       <c r="H40" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
-        <v>52440404744</v>
+        <v>11755205675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42417546100096</v>
+        <v>41058110200010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I41" s="3">
-        <v>52440404744</v>
+        <v>72330424333</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>50876465100024</v>
+        <v>42417546100021</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50876465100032</v>
+        <v>42417546100096</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>30340844700033</v>
+        <v>50876465100024</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="3">
-        <v>22800001380</v>
+        <v>27210417621</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>30804972500036</v>
+        <v>50876465100032</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I45" s="3">
-        <v>24180039818</v>
+        <v>27210417621</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="3">
         <v>76310849231</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>88102752800010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="3">
         <v>84010221901</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>88280019600017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I49" s="3">
         <v>44540389954</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>88930797100107</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="3">
         <v>11788460978</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>76341086134</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I52" s="3">
         <v>76341086134</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I53" s="3">
         <v>76341086134</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I54" s="3">
         <v>76341086134</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>89079142900081</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I55" s="3">
         <v>76341086134</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I56" s="3">
         <v>76341086134</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>90007495600013</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I57" s="3">
         <v>84691862869</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>90025885600013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I58" s="3">
         <v>84691874369</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>90025885600021</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I59" s="3">
         <v>84691874369</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>90170349600017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I60" s="3">
         <v>28760644876</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3359,31 +3364,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 23:49:50</dc:description>
+  <dc:description>Export en date du 01/25/2026 18:41:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>