--- v1 (2026-01-25)
+++ v2 (2026-03-20)
@@ -487,117 +487,117 @@
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 89000 AUXERRE</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
     <t>2689P000489</t>
   </si>
   <si>
     <t>TERRITOIRE DE LA POLYNESIE FRANCAISE</t>
   </si>
   <si>
     <t>98714 PAPEETE</t>
   </si>
   <si>
     <t>06/09/1984</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
   </si>
   <si>
     <t>149 B RUE DE TURLY 18000 BOURGES</t>
   </si>
   <si>
     <t>01/09/1980</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
     <t>OPENCLASSROOMS</t>
   </si>
   <si>
     <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>12/11/2025</t>
-  </si>
-[...37 lines deleted...]
-    <t>18/07/2024</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
@@ -1267,57 +1267,57 @@
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>94202111120</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002170200043</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
@@ -1605,51 +1605,51 @@
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>27210429021</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>18060001700016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
@@ -1946,53 +1946,51 @@
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>101</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>18560005300234</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>103</v>
@@ -2461,344 +2459,342 @@
         <v>154</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>30340844700033</v>
+        <v>50876465100024</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I38" s="3">
-        <v>22800001380</v>
+        <v>27210417621</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>30804972500036</v>
+        <v>50876465100032</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I39" s="3">
-        <v>24180039818</v>
+        <v>27210417621</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>49386136300080</v>
+        <v>30340844700033</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="F40" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I40" s="3">
-        <v>11755205675</v>
+        <v>22800001380</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>41058110200010</v>
+        <v>30804972500036</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I41" s="3">
-        <v>72330424333</v>
+        <v>24180039818</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42417546100021</v>
+        <v>41058110200010</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="3">
-        <v>52440404744</v>
+        <v>72330424333</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42417546100096</v>
+        <v>42417546100021</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I43" s="3">
         <v>52440404744</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>50876465100024</v>
+        <v>42417546100096</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>50876465100032</v>
+        <v>49386136300080</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="F45" s="2" t="s">
+      <c r="G45" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I45" s="3"/>
       <c r="J45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="3">
         <v>76310849231</v>
@@ -3364,31 +3360,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/25/2026 18:41:33</dc:description>
+  <dc:description>Export en date du 03/20/2026 08:57:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>