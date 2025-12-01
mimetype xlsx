--- v0 (2025-10-13)
+++ v1 (2025-12-01)
@@ -157,66 +157,66 @@
   <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION DU VELO</t>
   </si>
   <si>
     <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
   </si>
   <si>
     <t>04/07/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>UCPA FORMATION</t>
+  </si>
+  <si>
+    <t>12 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
     <t>FEDERATION FRANCAISE DE CYCLISME</t>
   </si>
   <si>
     <t>1 RUE LAURENT FIGNON 78180 MONTIGNY-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>02/01/2014</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/07/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -956,108 +956,108 @@
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I10" s="3">
         <v>82380510238</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78444876300036</v>
+        <v>85386655600030</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11788326778</v>
+        <v>11941012094</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>85386655600030</v>
+        <v>78444876300036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>11941012094</v>
+        <v>11788326778</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1082,31 +1082,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 02:41:00</dc:description>
+  <dc:description>Export en date du 12/01/2025 20:04:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>