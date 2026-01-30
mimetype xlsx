--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -157,66 +157,66 @@
   <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION DU VELO</t>
   </si>
   <si>
     <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
   </si>
   <si>
     <t>04/07/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>FEDERATION FRANCAISE DE CYCLISME</t>
+  </si>
+  <si>
+    <t>1 RUE LAURENT FIGNON 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>02/01/2014</t>
+  </si>
+  <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/07/2023</t>
-  </si>
-[...7 lines deleted...]
-    <t>02/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -956,108 +956,108 @@
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I10" s="3">
         <v>82380510238</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>85386655600030</v>
+        <v>78444876300036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
-        <v>11941012094</v>
+        <v>11788326778</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78444876300036</v>
+        <v>85386655600030</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>11788326778</v>
+        <v>11941012094</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1082,31 +1082,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 20:04:54</dc:description>
+  <dc:description>Export en date du 01/30/2026 18:39:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>