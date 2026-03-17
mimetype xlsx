--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -118,105 +118,105 @@
   <si>
     <t>30/08/2004</t>
   </si>
   <si>
     <t>2418P001918</t>
   </si>
   <si>
     <t>CHATEAU DE MIRANDE 15 RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>2621P000521</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
     <t>ECOLE NATIONALE DES SPORTS DE MONTAGNE</t>
   </si>
   <si>
-    <t>CENTRE NATIONAL DE SKI NORDIQUE</t>
-[...5 lines deleted...]
-    <t>31/08/2009</t>
+    <t>ECOLE NATIONALE DE SKI ET D'ALPINISME</t>
+  </si>
+  <si>
+    <t>35 ROUTE DU BOUCHET 74400 CHAMONIX-MONT-BLANC</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
   </si>
   <si>
     <t>CHATEAU DE BOIVRE 86580 VOUNEUIL-SOUS-BIARD</t>
   </si>
   <si>
     <t>5486P001086</t>
   </si>
   <si>
+    <t>UCPA FORMATION</t>
+  </si>
+  <si>
+    <t>12 AVENUE TONY GARNIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
     <t>COMITE PROVENCE-ALPES-COTE D'AZUR DE CANOE KAYAK</t>
   </si>
   <si>
     <t>LE QUARTZ 05120 L'ARGENTIERE-LA-BESSEE</t>
   </si>
   <si>
     <t>01/05/2007</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION DU VELO</t>
   </si>
   <si>
     <t>180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
   </si>
   <si>
     <t>04/07/2011</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE DE CYCLISME</t>
   </si>
   <si>
     <t>1 RUE LAURENT FIGNON 78180 MONTIGNY-LE-BRETONNEUX</t>
   </si>
   <si>
     <t>02/01/2014</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/07/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -806,70 +806,70 @@
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19740068200021</v>
+        <v>19740068200013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="I7" s="3">
         <v>82740214874</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19860058700010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
@@ -882,182 +882,182 @@
       <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49755327100022</v>
+        <v>85386655600030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>93050063705</v>
+        <v>11941012094</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53427748800019</v>
+        <v>49755327100022</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I10" s="3">
-        <v>82380510238</v>
+        <v>93050063705</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78444876300036</v>
+        <v>53427748800019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I11" s="3">
-        <v>11788326778</v>
+        <v>82380510238</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>85386655600030</v>
+        <v>78444876300036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>11941012094</v>
+        <v>11788326778</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1082,31 +1082,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 18:39:09</dc:description>
+  <dc:description>Export en date du 03/17/2026 07:08:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>