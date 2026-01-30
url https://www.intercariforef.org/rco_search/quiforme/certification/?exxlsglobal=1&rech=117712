--- v0 (2025-10-13)
+++ v1 (2026-01-30)
@@ -115,105 +115,105 @@
   <si>
     <t>PONT DE L'ARC 62 CHEMIN DU VIADUC 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>9313P007813</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
+    <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
+  </si>
+  <si>
+    <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/07/2011</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE BOURGOGNE FRANCHE-COMTE DE NATATION</t>
+  </si>
+  <si>
+    <t>BATIMENT B 14 B RUE COUBERTIN 21000 DIJON</t>
+  </si>
+  <si>
+    <t>05/05/2014</t>
+  </si>
+  <si>
     <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
     <t>13/11/2012</t>
-  </si>
-[...46 lines deleted...]
-    <t>05/05/2014</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>11/02/2017</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -813,256 +813,256 @@
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
         <v>98970026197</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39231452200047</v>
+        <v>34105732100026</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="3">
-        <v>52440503244</v>
+        <v>73310603431</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34105732100026</v>
+        <v>34139105000059</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>73310603431</v>
+        <v>75331079133</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34139105000059</v>
+        <v>34238383300049</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>75331079133</v>
+        <v>53350859035</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34238383300049</v>
+        <v>34851704600044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="3">
-        <v>53350859035</v>
+        <v>25140188814</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34851704600044</v>
+        <v>34878680700050</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I11" s="3">
-        <v>25140188814</v>
+        <v>26210188721</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34878680700050</v>
+        <v>39231452200047</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I12" s="3">
-        <v>26210188721</v>
+        <v>52440503244</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82885515500010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
@@ -1124,31 +1124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 17:18:14</dc:description>
+  <dc:description>Export en date du 01/30/2026 15:43:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>