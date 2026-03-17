--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -1124,31 +1124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 15:43:46</dc:description>
+  <dc:description>Export en date du 03/17/2026 04:04:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>