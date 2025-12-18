--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -58,162 +58,162 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
+  </si>
+  <si>
+    <t>95 AVENUE DE FRANCE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>2 ROUTE DE CHARMEIL 03700 BELLERIVE-SUR-ALLIER</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>8303P000403</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>PONT DE L'ARC 62 CHEMIN DU VIADUC 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>9313P007813</t>
+  </si>
+  <si>
+    <t>CREPS D'ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>1192P000992</t>
+  </si>
+  <si>
+    <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>20/05/1985</t>
+  </si>
+  <si>
+    <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
+  </si>
+  <si>
+    <t>14/08/2014</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
+  </si>
+  <si>
+    <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/07/2011</t>
+  </si>
+  <si>
     <t>LIGUE REGIONALE BOURGOGNE FRANCHE-COMTE DE NATATION</t>
   </si>
   <si>
     <t>BATIMENT B 14 B RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...7 lines deleted...]
-  <si>
     <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
     <t>13/11/2012</t>
   </si>
   <si>
-    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
-[...49 lines deleted...]
-  <si>
     <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
   </si>
   <si>
     <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
   </si>
   <si>
     <t>21/01/2011</t>
   </si>
   <si>
     <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
   </si>
   <si>
     <t>07/01/2017</t>
-  </si>
-[...16 lines deleted...]
-    <t>20/07/2011</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>11/02/2017</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -630,488 +630,488 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34878680700050</v>
+        <v>13001658700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39231452200047</v>
+        <v>19030858500016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>52440503244</v>
+        <v>22</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>23</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>13001658700011</v>
+        <v>19130189400017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19030858500016</v>
+        <v>19921619300037</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I5" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="I5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19130189400017</v>
+        <v>19974911000011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>22</v>
+      </c>
+      <c r="I6" s="3">
+        <v>98970026197</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19921619300037</v>
+        <v>34238383300049</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>36</v>
+      </c>
+      <c r="I7" s="3">
+        <v>53350859035</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19974911000011</v>
+        <v>34851704600044</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>98970026197</v>
+        <v>25140188814</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34105732100026</v>
+        <v>34878680700050</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>73310603431</v>
+        <v>26210188721</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34139105000059</v>
+        <v>39231452200047</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I10" s="3">
-        <v>75331079133</v>
+        <v>52440503244</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34238383300049</v>
+        <v>34105732100026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3">
-        <v>53350859035</v>
+        <v>73310603431</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34851704600044</v>
+        <v>34139105000059</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
-        <v>25140188814</v>
+        <v>75331079133</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82885515500010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I13" s="3">
         <v>44510182251</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1124,31 +1124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/29/2025 04:39:49</dc:description>
+  <dc:description>Export en date du 12/18/2025 09:25:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>