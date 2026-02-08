--- v1 (2025-12-18)
+++ v2 (2026-02-08)
@@ -115,105 +115,105 @@
   <si>
     <t>PONT DE L'ARC 62 CHEMIN DU VIADUC 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>9313P007813</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE NATATION</t>
+  </si>
+  <si>
+    <t>BAT B - BAL 37 72 RUE PIERRE-PAUL RIQUET 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>21/01/2011</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE NOUVELLE-AQUITAINE NATATION</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>07/01/2017</t>
+  </si>
+  <si>
     <t>LIGUE REGIONALE DE NATATION DE BRETAGNE</t>
   </si>
   <si>
     <t>9 RUE LEO LAGRANGE 35131 CHARTRES-DE-BRETAGNE</t>
   </si>
   <si>
     <t>14/08/2014</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FFN-LIGUE REGIONALE DE NORMANDIE NATATION</t>
   </si>
   <si>
     <t>PERICENTRE 4 147 RUE DE LA DELIVRANDE 14000 CAEN</t>
   </si>
   <si>
     <t>20/07/2011</t>
   </si>
   <si>
     <t>LIGUE REGIONALE BOURGOGNE FRANCHE-COMTE DE NATATION</t>
   </si>
   <si>
     <t>BATIMENT B 14 B RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
     <t>LIGUE REGIONALE DE NATATION DES PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
     <t>13/11/2012</t>
-  </si>
-[...16 lines deleted...]
-    <t>07/01/2017</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE NATATION</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>11/02/2017</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -813,256 +813,256 @@
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
         <v>98970026197</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>34238383300049</v>
+        <v>34105732100026</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="3">
-        <v>53350859035</v>
+        <v>73310603431</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34851704600044</v>
+        <v>34139105000059</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>25140188814</v>
+        <v>75331079133</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>34878680700050</v>
+        <v>34238383300049</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>26210188721</v>
+        <v>53350859035</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39231452200047</v>
+        <v>34851704600044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I10" s="3">
-        <v>52440503244</v>
+        <v>25140188814</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34105732100026</v>
+        <v>34878680700050</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I11" s="3">
-        <v>73310603431</v>
+        <v>26210188721</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34139105000059</v>
+        <v>39231452200047</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I12" s="3">
-        <v>75331079133</v>
+        <v>52440503244</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82885515500010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D13" s="2"/>
@@ -1124,31 +1124,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 09:25:13</dc:description>
+  <dc:description>Export en date du 02/08/2026 10:53:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>