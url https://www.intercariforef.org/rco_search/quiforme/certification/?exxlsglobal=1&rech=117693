--- v0 (2025-12-28)
+++ v1 (2026-03-05)
@@ -58,105 +58,105 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">ALMET PHILIPPE   </t>
+  </si>
+  <si>
+    <t>CAMP DE CESAR 24170 SAINT-PARDOUX-ET-VIELVIC</t>
+  </si>
+  <si>
+    <t>01/02/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VALLEZ DIDIER JEAN  </t>
+  </si>
+  <si>
+    <t>29 IMPASSE DE L’ACMIS 38490 AOSTE</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TRANCART EMMANUEL   </t>
+  </si>
+  <si>
+    <t>E.T DRONE</t>
+  </si>
+  <si>
+    <t>RAVINE A MALHEUR 8 CHEMIN ROMILY 97419 LA POSSESSION</t>
+  </si>
+  <si>
+    <t>13/10/2020</t>
+  </si>
+  <si>
+    <t>74.20Z</t>
+  </si>
+  <si>
+    <t>04973180197</t>
+  </si>
+  <si>
     <t xml:space="preserve">PELARD STEPHANE   </t>
   </si>
   <si>
     <t>19 RUE MADELEINE VERNET 37270 MONTLOUIS-SUR-LOIRE</t>
   </si>
   <si>
     <t>29/09/2020</t>
   </si>
   <si>
     <t>82.99Z</t>
-  </si>
-[...43 lines deleted...]
-    <t>04973180197</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'APPRENTISSAGE DU DRONE</t>
   </si>
   <si>
     <t>24 RUE DES JARDINIERS 54000 NANCY</t>
   </si>
   <si>
     <t>27/08/2019</t>
   </si>
   <si>
     <t>TELEPILOTE</t>
   </si>
   <si>
     <t>TVPILOTE</t>
   </si>
   <si>
     <t>5 B PLACE DE L'ADJUDANT VINCENOT 75020 PARIS</t>
   </si>
   <si>
     <t>26/05/2014</t>
   </si>
   <si>
     <t xml:space="preserve">BRONDEAU MATHIEU   </t>
   </si>
@@ -693,257 +693,257 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>49798660400021</v>
+        <v>43851164400033</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>24370471537</v>
+        <v>75240187024</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>43851164400033</v>
+        <v>44247514100051</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>75240187024</v>
+        <v>84730260473</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>44247514100051</v>
+        <v>45021444000049</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>84730260473</v>
+        <v>27</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>28</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45021444000049</v>
+        <v>49798660400021</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I5" s="3" t="s">
         <v>32</v>
+      </c>
+      <c r="I5" s="3">
+        <v>24370471537</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>80040442800024</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
         <v>41540326754</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>80259488700019</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>11755196275</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>80890769500015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
@@ -1084,90 +1084,90 @@
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85095051000014</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>32620307362</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>85240017500018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>85377468500038</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
@@ -1234,51 +1234,51 @@
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>88141598800016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>75331239133</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89435775500012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
@@ -1343,31 +1343,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/28/2025 14:07:26</dc:description>
+  <dc:description>Export en date du 03/05/2026 10:49:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>