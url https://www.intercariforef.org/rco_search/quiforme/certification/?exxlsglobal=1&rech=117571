--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -145,69 +145,69 @@
   <si>
     <t>15 ALLEE DU CHATEAU BLANC 59290 WASQUEHAL</t>
   </si>
   <si>
     <t>01/11/2023</t>
   </si>
   <si>
     <t>12 VILLA NIEUPORT 75013 PARIS</t>
   </si>
   <si>
     <t>SUD PREVENTION SECURITE</t>
   </si>
   <si>
     <t>ECF SPS</t>
   </si>
   <si>
     <t>135 AVENUE PIERRE SEMARD 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
+    <t>P.F.P</t>
+  </si>
+  <si>
+    <t>13 RUE DE LA MONTJOIE 93210 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>14/02/2020</t>
+  </si>
+  <si>
     <t>ORAKIN SUD LORRAINE</t>
   </si>
   <si>
     <t>LD MARGUERITE DITE DE MENIL FLIN 54122 CHENEVIERES</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>14/02/2020</t>
   </si>
   <si>
     <t>UJAMAA CONSEIL</t>
   </si>
   <si>
     <t>7 LOT ANSE MABOUYA 97228 SAINTE-LUCE</t>
   </si>
   <si>
     <t>01/06/2020</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>02973225697</t>
   </si>
   <si>
     <t>SAS FORMATION &amp; CONSEIL MRH</t>
   </si>
   <si>
     <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
@@ -1095,117 +1095,117 @@
       <c r="F11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="3">
         <v>93131039813</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48201278800022</v>
+        <v>81450224100023</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>41540242854</v>
+        <v>11755763375</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>81450224100023</v>
+        <v>48201278800022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="I13" s="3">
-        <v>11755763375</v>
+        <v>41540242854</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>81773292800020</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>53</v>
@@ -1260,51 +1260,51 @@
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>87952926100023</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89097476900014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>62</v>
       </c>
@@ -1406,88 +1406,88 @@
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>90885128000028</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I20" s="3">
         <v>11770947177</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>91302199400029</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>91491935200023</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>78</v>
       </c>
@@ -1624,31 +1624,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 08:40:36</dc:description>
+  <dc:description>Export en date du 03/16/2026 14:16:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>