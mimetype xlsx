--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -58,54 +58,54 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE ET FAMILLES, CHARGE TRAVAIL ET EMPLOI</t>
-[...2 lines deleted...]
-    <t>HOTEL DU CHATELET 127 RUE DE GRENELLE 75007 PARIS</t>
+    <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
+  </si>
+  <si>
+    <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION PROVENCE-ALPES-COTE D'AZUR</t>
   </si>
   <si>
     <t>SIEGE SOCIAL 5 BOULEVARD PEBRE 13008 MARSEILLE</t>
   </si>
   <si>
     <t>28/06/2018</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
@@ -268,50 +268,83 @@
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
     <t>ASSOC PRODUCTION SERVICE FORMATION</t>
   </si>
   <si>
     <t>ZAC DE LA BRETELLE LD SALLE D'ASILE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/11/1991</t>
   </si>
   <si>
+    <t>REKNOW UNIVERSITY</t>
+  </si>
+  <si>
+    <t>122 - 122 122 B AVENUE DU GENERAL LECLERC 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
@@ -359,83 +392,50 @@
     <t>168 BOULEVARD CURIE 62100 CALAIS</t>
   </si>
   <si>
     <t>19/12/2016</t>
   </si>
   <si>
     <t>37 AVENUE DU BEZET 64000 PAU</t>
   </si>
   <si>
     <t>ROUTE DE SEILLON 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>AV AMBROISE CROIZAT 24330 BOULAZAC ISLE MANOIRE</t>
   </si>
   <si>
     <t>RTE D ILLANGE 57970 YUTZ</t>
   </si>
   <si>
     <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
-  </si>
-[...31 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>OBJECTIF</t>
   </si>
   <si>
     <t>2 PASSAGE SAINT-PHILIPPE DU ROULE 75008 PARIS</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>RETRO CERTIFICATION</t>
   </si>
   <si>
     <t>1 RUE JEAN-BAPTISTE GREUZE 33160 SAINT-MEDARD-EN-JALLES</t>
   </si>
   <si>
     <t>10/01/2022</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>VSM CFA</t>
   </si>
@@ -1491,1118 +1491,1118 @@
       <c r="F17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I17" s="3">
         <v>95970027297</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82409268800012</v>
+        <v>79868571500020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="I18" s="3">
-        <v>11930762893</v>
+        <v>11922619692</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82409268800053</v>
+        <v>47960778000042</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>88</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="3">
-        <v>11930762893</v>
+        <v>24370223537</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82409268800061</v>
+        <v>34012780200015</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>26</v>
+        <v>93</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="I20" s="3">
-        <v>11930762893</v>
+        <v>31590068559</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82409268800095</v>
+        <v>82409268800012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I21" s="3">
         <v>11930762893</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800137</v>
+        <v>82409268800053</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I22" s="3">
         <v>11930762893</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800160</v>
+        <v>82409268800061</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I23" s="3">
         <v>11930762893</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800178</v>
+        <v>82409268800095</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="3">
         <v>11930762893</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800186</v>
+        <v>82409268800137</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I25" s="3">
         <v>11930762893</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82409268800210</v>
+        <v>82409268800160</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="3">
         <v>11930762893</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82409268800244</v>
+        <v>82409268800178</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="3">
         <v>11930762893</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82409268800251</v>
+        <v>82409268800186</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I28" s="3">
         <v>11930762893</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82422814200082</v>
+        <v>82409268800210</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I29" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82422814200165</v>
+        <v>82409268800244</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I30" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82422814200173</v>
+        <v>82409268800251</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82422814200181</v>
+        <v>82422814200082</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I32" s="3">
         <v>11930743393</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82422814200314</v>
+        <v>82422814200165</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I33" s="3">
         <v>11930743393</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82422814200397</v>
+        <v>82422814200173</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I34" s="3">
         <v>11930743393</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82422814200579</v>
+        <v>82422814200181</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I35" s="3">
         <v>11930743393</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82422814200801</v>
+        <v>82422814200314</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I36" s="3">
         <v>11930743393</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82422814200843</v>
+        <v>82422814200397</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I37" s="3">
         <v>11930743393</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82422814200900</v>
+        <v>82422814200579</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I38" s="3">
         <v>11930743393</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82422814201056</v>
+        <v>82422814200801</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="3">
         <v>11930743393</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82422814201130</v>
+        <v>82422814200843</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I40" s="3">
         <v>11930743393</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82422814201510</v>
+        <v>82422814200900</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I41" s="3">
         <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82422814201635</v>
+        <v>82422814201056</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I42" s="3">
         <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82422814201890</v>
+        <v>82422814201130</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I43" s="3">
         <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>47960778000042</v>
+        <v>82422814201510</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>117</v>
+        <v>26</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="3">
-        <v>24370223537</v>
+        <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>34012780200015</v>
+        <v>82422814201635</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>121</v>
+        <v>41</v>
       </c>
       <c r="I45" s="3">
-        <v>31590068559</v>
+        <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>79868571500020</v>
+        <v>82422814201890</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>124</v>
+        <v>26</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>125</v>
+        <v>41</v>
       </c>
       <c r="I46" s="3">
-        <v>11922619692</v>
+        <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>89300826800011</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G47" s="2"/>
@@ -2766,31 +2766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 22:52:02</dc:description>
+  <dc:description>Export en date du 12/05/2025 03:58:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>