--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -259,90 +259,90 @@
   <si>
     <t>80 RUE DU BATONNIER MAHIU 80000 AMIENS</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
     <t>2280P000780</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
+    <t>INSTITUT NICOLAS BARRE</t>
+  </si>
+  <si>
+    <t>145 AVENUE MARC SANGNIER 59280 ARMENTIERES</t>
+  </si>
+  <si>
+    <t>05/02/1987</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>ASSOC PRODUCTION SERVICE FORMATION</t>
   </si>
   <si>
     <t>ZAC DE LA BRETELLE LD SALLE D'ASILE 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/11/1991</t>
   </si>
   <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
     <t>REKNOW UNIVERSITY</t>
   </si>
   <si>
     <t>122 - 122 122 B AVENUE DU GENERAL LECLERC 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>70.22Z</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
@@ -1454,108 +1454,108 @@
       <c r="F16" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38034603100020</v>
+        <v>34012780200015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="I17" s="3">
-        <v>95970027297</v>
+        <v>31590068559</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>79868571500020</v>
+        <v>38034603100020</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
       <c r="I18" s="3">
-        <v>11922619692</v>
+        <v>95970027297</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>47960778000042</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="2" t="s">
@@ -1567,71 +1567,71 @@
       <c r="F19" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="3">
         <v>24370223537</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>34012780200015</v>
+        <v>79868571500020</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>94</v>
       </c>
       <c r="I20" s="3">
-        <v>31590068559</v>
+        <v>11922619692</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D21" s="2"/>
@@ -2766,31 +2766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/05/2025 03:58:54</dc:description>
+  <dc:description>Export en date du 02/02/2026 05:54:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>