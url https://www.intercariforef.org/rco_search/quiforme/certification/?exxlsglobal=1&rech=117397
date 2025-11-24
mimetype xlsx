--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -82,81 +82,81 @@
   <si>
     <t>LYCEE POLYVALENT VAUVENARGUES</t>
   </si>
   <si>
     <t>GRETA-CFA PROVENCE</t>
   </si>
   <si>
     <t>60 BOULEVARD CARNOT 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>30/03/1988</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9313P000113</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>UNION DES METIERS DU GENIE CLIMATIQUE DE LA COUVERTURE ET DE LA PLOMBERIE</t>
+  </si>
+  <si>
+    <t>9 RUE LA PEROUSE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
     <t>FL FORMATION</t>
   </si>
   <si>
     <t>RUE DE L'ETANG 22150 SAINT-CARREUC</t>
   </si>
   <si>
     <t>18/09/1989</t>
   </si>
   <si>
     <t>KOLEGRAM INTERACTIVE</t>
   </si>
   <si>
     <t>32 RUE GUY MOQUET 92240 MALAKOFF</t>
   </si>
   <si>
     <t>01/11/2014</t>
   </si>
   <si>
     <t>70.22Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.11Z</t>
   </si>
   <si>
     <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>06/10/2020</t>
   </si>
   <si>
     <t>FORMA GREEN BAT</t>
   </si>
   <si>
     <t>8-12 8 RUE CARNOT 95410 GROSLAY</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>CALDYA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>49 A AVENUE DU GENERAL LECLERC 95480 PIERRELAYE</t>
   </si>
@@ -627,155 +627,155 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>33953744100034</v>
+        <v>78466965700016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53959589200024</v>
+        <v>33953744100034</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>11754811175</v>
+        <v>53220169622</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78466965700016</v>
+        <v>53959589200024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I5" s="3"/>
+      <c r="I5" s="3">
+        <v>11754811175</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>89030380300013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>84420348142</v>
@@ -899,31 +899,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/10/2025 19:36:20</dc:description>
+  <dc:description>Export en date du 11/24/2025 20:21:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>