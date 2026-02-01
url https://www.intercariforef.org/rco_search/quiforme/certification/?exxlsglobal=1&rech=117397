--- v1 (2025-11-24)
+++ v2 (2026-02-01)
@@ -82,81 +82,81 @@
   <si>
     <t>LYCEE POLYVALENT VAUVENARGUES</t>
   </si>
   <si>
     <t>GRETA-CFA PROVENCE</t>
   </si>
   <si>
     <t>60 BOULEVARD CARNOT 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>30/03/1988</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9313P000113</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>FL FORMATION</t>
+  </si>
+  <si>
+    <t>RUE DE L'ETANG 22150 SAINT-CARREUC</t>
+  </si>
+  <si>
+    <t>18/09/1989</t>
+  </si>
+  <si>
+    <t>KOLEGRAM INTERACTIVE</t>
+  </si>
+  <si>
+    <t>32 RUE GUY MOQUET 92240 MALAKOFF</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>UNION DES METIERS DU GENIE CLIMATIQUE DE LA COUVERTURE ET DE LA PLOMBERIE</t>
   </si>
   <si>
     <t>9 RUE LA PEROUSE 75016 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>94.11Z</t>
-  </si>
-[...19 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>06/10/2020</t>
   </si>
   <si>
     <t>FORMA GREEN BAT</t>
   </si>
   <si>
     <t>8-12 8 RUE CARNOT 95410 GROSLAY</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>CALDYA BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>49 A AVENUE DU GENERAL LECLERC 95480 PIERRELAYE</t>
   </si>
@@ -627,155 +627,155 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78466965700016</v>
+        <v>33953744100034</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I3" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I3" s="3">
+        <v>53220169622</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>33953744100034</v>
+        <v>53959589200024</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>53220169622</v>
+        <v>11754811175</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53959589200024</v>
+        <v>78466965700016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>89030380300013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>84420348142</v>
@@ -899,31 +899,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 20:21:00</dc:description>
+  <dc:description>Export en date du 02/01/2026 12:35:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>