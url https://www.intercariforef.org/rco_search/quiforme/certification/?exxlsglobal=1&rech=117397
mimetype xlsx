--- v2 (2026-02-01)
+++ v3 (2026-02-01)
@@ -899,31 +899,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 12:35:44</dc:description>
+  <dc:description>Export en date du 02/01/2026 13:45:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>