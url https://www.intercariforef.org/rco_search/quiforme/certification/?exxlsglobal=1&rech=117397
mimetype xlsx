--- v3 (2026-02-01)
+++ v4 (2026-03-20)
@@ -899,31 +899,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 13:45:52</dc:description>
+  <dc:description>Export en date du 03/20/2026 17:09:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>