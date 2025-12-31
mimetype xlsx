--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -142,159 +142,156 @@
   <si>
     <t>LYCEE LUCIE AUBRAC 43 RUE DES PONCETYS 71960 DAVAYE</t>
   </si>
   <si>
     <t>FRANCE CHEVAL FORMATION</t>
   </si>
   <si>
     <t>LE CHAMP DE BOUGON 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
     <t>LES CAVALIERS DES 3 FONTAINES</t>
   </si>
   <si>
     <t>DOM DEPARTEMENTAL 34230 LE POUGET</t>
   </si>
   <si>
     <t>01/05/1992</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>FORMATION EQUINES ROCHEFORT OCEAN</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA CHARENTE 17300 ROCHEFORT</t>
+  </si>
+  <si>
+    <t>05/05/2014</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>CHEVAL ORGANIS ACTION</t>
+  </si>
+  <si>
+    <t>CHEMIN DE BELLECOSTE 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>23/12/2009</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>C.E.F.T.E.R. PACA CENTRE ECOLE DE FORMATION AUX TECHNIQUES EQUESTRES REGION PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>LES FAYSSES 05110 BARCILLONNETTE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
     <t>COMITE REGIONAL D'EQUITATION IDF</t>
   </si>
   <si>
     <t>56 RUE DES RENAUDES 75017 PARIS</t>
   </si>
   <si>
     <t>30/01/2001</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">CHAUVET EDOUARD   </t>
   </si>
   <si>
     <t>SAUMUR ACTION FORMATION</t>
   </si>
   <si>
     <t>4 RUE DE LA TOUCHE 49400 VILLEBERNIER</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>JARDY EQUITATION</t>
   </si>
   <si>
     <t>BOULEVARD DE JARDY 92430 MARNES-LA-COQUETTE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE STALINGRAD 94110 ARCUEIL</t>
   </si>
   <si>
     <t>31/07/2019</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/07/2023</t>
-  </si>
-[...10 lines deleted...]
-    <t>70.10Z</t>
   </si>
   <si>
     <t>PRADIER SCHAULY</t>
   </si>
   <si>
     <t>47 ROUTE DES BASSES LANDES 49650 ALLONNES</t>
   </si>
   <si>
     <t>17/12/2021</t>
   </si>
   <si>
     <t>POLE DE FORMATION EQUESTRE PIERRELATTE</t>
   </si>
   <si>
     <t>725 CHEMIN DE LA QUARREE 26700 PIERRELATTE</t>
   </si>
   <si>
     <t>20/06/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -980,473 +977,473 @@
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="3">
         <v>91340315234</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39992626000049</v>
+        <v>78362626000013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I9" s="3">
-        <v>27210389121</v>
+        <v>31590008059</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>43865870000010</v>
+        <v>39992626000049</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I10" s="3">
-        <v>11754789175</v>
+        <v>27210389121</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78362626000013</v>
+        <v>80241819400014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="3">
-        <v>31590008059</v>
+        <v>54170181517</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>50896468100029</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="I12" s="3">
         <v>91300308430</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80241819400014</v>
+        <v>43465897700013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
-        <v>54170181517</v>
+        <v>93050019605</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82963775000011</v>
+        <v>43865870000010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="D14" s="2"/>
+      <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="I14" s="3">
-        <v>52490338649</v>
+        <v>11754789175</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>83395301100016</v>
+        <v>82963775000011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="2"/>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I15" s="3">
-        <v>11922246292</v>
+        <v>52490338649</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>85386655600014</v>
+        <v>83395301100016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="I16" s="3">
-        <v>11941012094</v>
+        <v>11922246292</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>85386655600030</v>
+        <v>85386655600014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>11941012094</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>89071440500010</v>
+        <v>85386655600030</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
-        <v>75640527864</v>
+        <v>11941012094</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>90851805300016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>52490392249</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93058692000017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>84260393726</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1478,31 +1475,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:56:32</dc:description>
+  <dc:description>Export en date du 01/01/2026 00:03:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>