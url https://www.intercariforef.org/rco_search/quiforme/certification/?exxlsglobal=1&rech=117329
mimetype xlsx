--- v1 (2025-12-31)
+++ v2 (2026-02-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -121,177 +121,186 @@
   <si>
     <t>LEGTA LONS-LE-SAUNIER MANCY</t>
   </si>
   <si>
     <t>410 MTE GAUTHIER VILLARS 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>4339P001739</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MACON-DAVAYE</t>
   </si>
   <si>
     <t>LEGTA</t>
   </si>
   <si>
     <t>LYCEE LUCIE AUBRAC 43 RUE DES PONCETYS 71960 DAVAYE</t>
   </si>
   <si>
+    <t>C.E.F.T.E.R. PACA CENTRE ECOLE DE FORMATION AUX TECHNIQUES EQUESTRES REGION PROVENCE ALPES COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>LES FAYSSES 05110 BARCILLONNETTE</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL D'EQUITATION IDF</t>
+  </si>
+  <si>
+    <t>56 RUE DES RENAUDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>30/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FRANCE CHEVAL FORMATION</t>
   </si>
   <si>
     <t>LE CHAMP DE BOUGON 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>01/06/2011</t>
   </si>
   <si>
     <t>LES CAVALIERS DES 3 FONTAINES</t>
   </si>
   <si>
     <t>DOM DEPARTEMENTAL 34230 LE POUGET</t>
   </si>
   <si>
     <t>01/05/1992</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CHEVAL ORGANIS ACTION</t>
+  </si>
+  <si>
+    <t>CHEMIN DE BELLECOSTE 30132 CAISSARGUES</t>
+  </si>
+  <si>
+    <t>23/12/2009</t>
+  </si>
+  <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
-    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
-[...10 lines deleted...]
-  <si>
     <t>FORMATION EQUINES ROCHEFORT OCEAN</t>
   </si>
   <si>
     <t>10 AVENUE DE LA CHARENTE 17300 ROCHEFORT</t>
   </si>
   <si>
     <t>05/05/2014</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
-    <t>CHEVAL ORGANIS ACTION</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">CHAUVET EDOUARD   </t>
   </si>
   <si>
     <t>SAUMUR ACTION FORMATION</t>
   </si>
   <si>
     <t>4 RUE DE LA TOUCHE 49400 VILLEBERNIER</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>JARDY EQUITATION</t>
   </si>
   <si>
     <t>BOULEVARD DE JARDY 92430 MARNES-LA-COQUETTE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE STALINGRAD 94110 ARCUEIL</t>
   </si>
   <si>
     <t>31/07/2019</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>HUI EQUISERVICES</t>
+  </si>
+  <si>
+    <t>5 ALLEE BUFFON 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
   </si>
   <si>
     <t>PRADIER SCHAULY</t>
   </si>
   <si>
     <t>47 ROUTE DES BASSES LANDES 49650 ALLONNES</t>
   </si>
   <si>
     <t>17/12/2021</t>
   </si>
   <si>
     <t>POLE DE FORMATION EQUESTRE PIERRELATTE</t>
   </si>
   <si>
     <t>725 CHEMIN DE LA QUARREE 26700 PIERRELATTE</t>
   </si>
   <si>
     <t>20/06/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -648,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M20"/>
+  <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -903,336 +912,336 @@
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>27710257271</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38281548800020</v>
+        <v>43465897700013</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I7" s="3">
-        <v>52440657944</v>
+        <v>93050019605</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38759379100016</v>
+        <v>43865870000010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="3">
-        <v>91340315234</v>
+        <v>11754789175</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78362626000013</v>
+        <v>38281548800020</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
-        <v>31590008059</v>
+        <v>52440657944</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39992626000049</v>
+        <v>38759379100016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>27210389121</v>
+        <v>91340315234</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>80241819400014</v>
+        <v>39992626000049</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I11" s="3">
-        <v>54170181517</v>
+        <v>27210389121</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>50896468100029</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="I12" s="3">
         <v>91300308430</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>43465897700013</v>
+        <v>78362626000013</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="I13" s="3">
-        <v>93050019605</v>
+        <v>31590008059</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>43865870000010</v>
+        <v>80241819400014</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="I14" s="3">
-        <v>11754789175</v>
+        <v>54170181517</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82963775000011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="2" t="s">
@@ -1349,119 +1358,156 @@
       <c r="F18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>11941012094</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>90851805300016</v>
+        <v>89071440500028</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="I19" s="3">
-        <v>52490392249</v>
+        <v>75640527864</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>93058692000017</v>
+        <v>90851805300016</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="I20" s="3">
+        <v>52490392249</v>
+      </c>
+      <c r="J20" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L20" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13">
+      <c r="A21" s="1">
+        <v>93058692000017</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I21" s="3">
         <v>84260393726</v>
       </c>
-      <c r="J20" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M20" s="2" t="s">
+      <c r="J21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -1475,31 +1521,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 00:03:01</dc:description>
+  <dc:description>Export en date du 02/19/2026 04:26:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>