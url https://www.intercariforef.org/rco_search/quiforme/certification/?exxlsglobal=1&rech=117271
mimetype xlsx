--- v0 (2025-12-16)
+++ v1 (2026-02-03)
@@ -220,66 +220,66 @@
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CTRE FORMAT ENSEIG DANSE MUSIQUE NORMAND</t>
   </si>
   <si>
     <t>2 RUE DU TRONQUET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>09/07/2017</t>
   </si>
   <si>
     <t>INSTITUT D'ENSEIGNEMENT SUPERIEUR DE LA MUSIQUE</t>
   </si>
   <si>
     <t>380 AVENUE WOLFGANG AMADEUS MOZART 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>14/01/2014</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE DE MUSIQUE BOURGOGNE-FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>15 PLACE GRANGIER 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/01/2021</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE MUSIQUE ET DANSE HAUTS-DE-FRANCE - LILLE</t>
   </si>
   <si>
     <t>RUE ALPHONSE COLAS 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/2012</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1047,51 +1047,51 @@
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I11" s="3">
         <v>54860061486</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>38345677900032</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
@@ -1206,118 +1206,118 @@
       <c r="F15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>93130803113</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>53867582800015</v>
+        <v>42490421700041</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42490421700041</v>
+        <v>53867582800015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="I17" s="3"/>
+      <c r="I17" s="3">
+        <v>31590813059</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1330,31 +1330,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 08:02:58</dc:description>
+  <dc:description>Export en date du 02/03/2026 02:04:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>