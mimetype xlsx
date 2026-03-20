--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -227,50 +227,53 @@
     <t>CTRE FORMAT ENSEIG DANSE MUSIQUE NORMAND</t>
   </si>
   <si>
     <t>2 RUE DU TRONQUET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>09/07/2017</t>
   </si>
   <si>
     <t>INSTITUT D'ENSEIGNEMENT SUPERIEUR DE LA MUSIQUE</t>
   </si>
   <si>
     <t>380 AVENUE WOLFGANG AMADEUS MOZART 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>14/01/2014</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MUSIQUE BOURGOGNE-FRANCHE-COMTE</t>
   </si>
   <si>
     <t>15 PLACE GRANGIER 21000 DIJON</t>
   </si>
   <si>
     <t>18/01/2021</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE MUSIQUE ET DANSE HAUTS-DE-FRANCE - LILLE</t>
   </si>
   <si>
     <t>RUE ALPHONSE COLAS 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -966,53 +969,51 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>20003918800012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>20003968300020</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -1209,96 +1210,98 @@
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>93130803113</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>42490421700041</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="G16" s="2"/>
+      <c r="G16" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="H16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>53867582800015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I17" s="3">
         <v>31590813059</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1330,31 +1333,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 02:04:40</dc:description>
+  <dc:description>Export en date du 03/20/2026 10:35:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>