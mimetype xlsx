--- v0 (2026-02-01)
+++ v1 (2026-03-23)
@@ -1077,53 +1077,51 @@
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>32439762900159</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>32439762900167</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>46</v>
@@ -1155,131 +1153,125 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>32439762900175</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>32439762900183</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>32439762900191</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>32439762900209</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
@@ -1901,92 +1893,88 @@
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>82456546900056</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="I30" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>82456546900064</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>113</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="I31" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>82456546900072</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
@@ -2053,53 +2041,51 @@
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>82456546900106</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>121</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="I34" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>37</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>37</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>37</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2123,31 +2109,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 08:13:24</dc:description>
+  <dc:description>Export en date du 03/23/2026 20:19:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>