--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -160,102 +160,102 @@
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>3162P003762</t>
   </si>
   <si>
     <t>LYCEE MARITIME DE CIBOURE</t>
   </si>
   <si>
     <t>QUARTIER DE L'UNTXIN AVENUE EUGENE CORRE 64500 CIBOURE</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
     <t>LYCEE MARITIME ANITA CONTI</t>
   </si>
   <si>
     <t>84 QUAI GUY DE MAUPASSANT 76400 FECAMP</t>
   </si>
   <si>
     <t>01/09/1997</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS GERAN ECOLE FORMA PROFE MARIT AQUACO</t>
+  </si>
+  <si>
+    <t>AUTRE BORD 97220 LA TRINITE</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>INST ETUDE INTEGR NOUV TECH TECHNOLOGIES</t>
   </si>
   <si>
     <t>ESPACE NIKAIA AVENUE DOCTEUR VICTOR ROBINI 06200 NICE</t>
   </si>
   <si>
     <t>18/12/2002</t>
   </si>
   <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>POLE TAUROENTUM</t>
+  </si>
+  <si>
+    <t>5 RUE DELACOUR 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
     <t>ECOLE DES FORMATIONS MARITIMES</t>
   </si>
   <si>
     <t>CTRE FORMATION METIERS MER PORT OLONA 85100 LES SABLES D'OLONNE</t>
   </si>
   <si>
     <t>18/06/1994</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/01/1995</t>
   </si>
   <si>
     <t>NAVY-SERVICES</t>
   </si>
   <si>
     <t>LE KRYSTAL - 1725 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -965,290 +965,290 @@
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I9" s="3">
         <v>23760495676</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34238481500045</v>
+        <v>30238239500010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>93060075106</v>
+        <v>93130013113</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78645404100025</v>
+        <v>31398786900010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
-        <v>52850020785</v>
+        <v>97970000797</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>49876295400051</v>
+        <v>34238481500045</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>93131271613</v>
+        <v>93060075106</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30238239500010</v>
+        <v>39951939600010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="I13" s="3">
-        <v>93130013113</v>
+        <v>98970094497</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>31398786900010</v>
+        <v>49876295400051</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>97970000797</v>
+        <v>93131271613</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39951939600010</v>
+        <v>78645404100025</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>98970094497</v>
+        <v>52850020785</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>79934303300053</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="I16" s="3">
         <v>93830471383</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1276,31 +1276,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 09:41:03</dc:description>
+  <dc:description>Export en date du 02/01/2026 23:44:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>