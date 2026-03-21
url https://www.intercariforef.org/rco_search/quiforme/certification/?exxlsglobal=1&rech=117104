--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -988,57 +988,57 @@
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>30238239500010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
         <v>93130013113</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>31398786900010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>53</v>
@@ -1276,31 +1276,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 23:44:16</dc:description>
+  <dc:description>Export en date du 03/21/2026 12:01:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>