--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -100,74 +100,74 @@
   <si>
     <t>SIEGE SOCIAL 5 BOULEVARD PEBRE 13008 MARSEILLE</t>
   </si>
   <si>
     <t>28/06/2018</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION OCCITANIE</t>
   </si>
   <si>
     <t>59 T CHE VERDALE 31240 ST JEAN</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION BRETAGNE</t>
   </si>
   <si>
     <t>2 COURS DES ALLIES 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CMAR AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>10 RUE PAUL MONTROCHET 69002 LYON</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72-74 72 RUE DE REUILLY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION NORMANDIE</t>
+  </si>
+  <si>
+    <t>3EME ETAGE 2 RUE CLAUDE BLOCH 14000 CAEN</t>
+  </si>
+  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION AUVERGNE-RHONE-ALPES</t>
-[...19 lines deleted...]
-  <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION GRAND EST</t>
   </si>
   <si>
     <t>CMAR GRAND EST</t>
   </si>
   <si>
     <t>ESPACE PARTENAIRE POLE DES METIERS 5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
   </si>
   <si>
     <t>CHAMBRE METIERS ARTISANAT DE MOSELLE</t>
   </si>
   <si>
     <t>5 BOULEVARD DE LA DEFENSE 57070 METZ</t>
   </si>
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
     <t>4157P001957</t>
   </si>
   <si>
     <t>CAMPUS DES METIERS DE MOSELLE</t>
   </si>
   <si>
     <t>85.32Z</t>
@@ -211,69 +211,69 @@
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>ECOLE CHRISTIAN VABRET - MOF- BOULANGERIE - PATISSERIE - CUISINE</t>
   </si>
   <si>
     <t>ZAC DE BARADEL 3 RUE LAVOISIER 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>FEDERATION DES ARTISANS BOULANGERS PATISSIERS DU PUY DE DOME</t>
+  </si>
+  <si>
+    <t>27 RUE FERNAND FOREST 63540 ROMAGNAT</t>
+  </si>
+  <si>
+    <t>02/01/2006</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
     <t>CAMPUS DE GROISY</t>
   </si>
   <si>
     <t>126 CHEMIN DES METIERS 74570 GROISY</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.12Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -812,170 +812,170 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002794900267</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
         <v>53351087435</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>13002795600015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
         <v>84691788769</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>13002797200012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>11756120375</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>13002799800017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
         <v>28140350314</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002801200016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="2"/>
@@ -1077,51 +1077,51 @@
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>18670223900093</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>18671553800044</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E13" s="2" t="s">
@@ -1153,207 +1153,207 @@
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>18750004600011</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>56</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>18974011100019</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>98970229897</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>37890108600017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="I16" s="3">
         <v>83150140115</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30023144600018</v>
+        <v>77922117500036</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="I17" s="3">
-        <v>82690017974</v>
+        <v>83630093963</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77922117500036</v>
+        <v>30023144600018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="I18" s="3">
-        <v>83630093963</v>
+        <v>82690017974</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1369,31 +1369,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/16/2025 12:41:03</dc:description>
+  <dc:description>Export en date du 12/31/2025 21:18:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>