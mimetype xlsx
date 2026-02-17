--- v1 (2025-12-31)
+++ v2 (2026-02-17)
@@ -199,81 +199,81 @@
   <si>
     <t>CMA FRANCE</t>
   </si>
   <si>
     <t>12 AVENUE MARCEAU 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1175P013475</t>
   </si>
   <si>
     <t>CHAMBRE DE METIERS ET DE L'ARTISANAT DE REGION REUNION</t>
   </si>
   <si>
     <t>SIEGE ANTENNE NORD</t>
   </si>
   <si>
     <t>42 RUE JEAN COCTEAU 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>CAMPUS DE GROISY</t>
+  </si>
+  <si>
+    <t>126 CHEMIN DES METIERS 74570 GROISY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ECOLE CHRISTIAN VABRET - MOF- BOULANGERIE - PATISSERIE - CUISINE</t>
   </si>
   <si>
     <t>ZAC DE BARADEL 3 RUE LAVOISIER 15000 AURILLAC</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FEDERATION DES ARTISANS BOULANGERS PATISSIERS DU PUY DE DOME</t>
   </si>
   <si>
     <t>27 RUE FERNAND FOREST 63540 ROMAGNAT</t>
   </si>
   <si>
     <t>02/01/2006</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1206,145 +1206,145 @@
       <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>98970229897</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>37890108600017</v>
+        <v>30023144600018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="I16" s="3">
-        <v>83150140115</v>
+        <v>82690017974</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77922117500036</v>
+        <v>37890108600017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="I17" s="3">
-        <v>83630093963</v>
+        <v>83150140115</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30023144600018</v>
+        <v>77922117500036</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="I18" s="3">
-        <v>82690017974</v>
+        <v>83630093963</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1369,31 +1369,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/31/2025 21:18:07</dc:description>
+  <dc:description>Export en date du 02/17/2026 03:49:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>