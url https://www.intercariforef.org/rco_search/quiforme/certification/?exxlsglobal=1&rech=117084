--- v0 (2025-11-04)
+++ v1 (2026-02-08)
@@ -139,51 +139,51 @@
   <si>
     <t>16 RUE DE LA VALLEE MAILLARD 41000 BLOIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>2441P001841</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE LA MAYENNE</t>
   </si>
   <si>
     <t>12 RUE DE VERDUN 53000 LAVAL</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
-    <t>TVGO/IFA</t>
+    <t>IFA</t>
   </si>
   <si>
     <t>185 RUE HENRI CHAMPION 72100 LE MANS</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>CCI FRANCE</t>
   </si>
   <si>
     <t>8-10 8 RUE PIERRE BROSSOLETTE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>05/12/2018</t>
   </si>
   <si>
     <t>1175P008075</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
   </si>
   <si>
     <t>CFA UTEC EMERAINVILLE</t>
   </si>
@@ -1131,31 +1131,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 21:29:49</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:31:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>