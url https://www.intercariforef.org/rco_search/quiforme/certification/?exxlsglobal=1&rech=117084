--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -835,53 +835,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18530044900013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>18720092800146</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>41</v>
@@ -1131,31 +1129,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 04:31:25</dc:description>
+  <dc:description>Export en date du 03/25/2026 07:54:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>