--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -79,51 +79,51 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>GROUPEMENT D'INTERET PUBLIC FORMATION CONTINUE ET INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>17 BOULEVARD DE LA PAIX 51100 REIMS</t>
   </si>
   <si>
     <t>07/01/2005</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>2151P003751</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LES LOMBARDS</t>
   </si>
   <si>
     <t>GRETA SUD CHAMPAGNE</t>
   </si>
   <si>
     <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
   </si>
   <si>
     <t>2110P000310</t>
   </si>
@@ -175,306 +175,306 @@
   <si>
     <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
   </si>
   <si>
     <t>13/06/2000</t>
   </si>
   <si>
     <t>5335P000256</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
+    <t>ARFISS</t>
+  </si>
+  <si>
+    <t>1 RUE GEORGES GUYNEMER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
+  </si>
+  <si>
+    <t>8 COURS LEON BERARD 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
+  </si>
+  <si>
+    <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>ENSEIS</t>
+  </si>
+  <si>
+    <t>ENSEIS - ETABLISSEMENT DE HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>1 B BD DU FIER 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>23/06/2006</t>
+  </si>
+  <si>
+    <t>POLARIS FORMATION</t>
+  </si>
+  <si>
+    <t>2 RUE DU BUISSON 87170 ISLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEUR DE PRAXIS SOCIAL DE MULHOUSE</t>
+  </si>
+  <si>
+    <t>N°4-6 4 RUE SCHLUMBERGER 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>06/10/1993</t>
+  </si>
+  <si>
+    <t>INST TRAVAIL SOCIAL RECHER SOC</t>
+  </si>
+  <si>
+    <t>INST REGION TRAVAIL SOCIAL IDF</t>
+  </si>
+  <si>
+    <t>1 RUE DU 11 NOVEMBRE 92120 MONTROUGE</t>
+  </si>
+  <si>
     <t>ASKORIA</t>
   </si>
   <si>
     <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
   </si>
   <si>
     <t>11/04/2013</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>IRTESS</t>
   </si>
   <si>
     <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>IRTS NORMANDIE-CAEN ARRFIS</t>
   </si>
   <si>
     <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
   </si>
   <si>
     <t>18/06/2020</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
   </si>
   <si>
     <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
   </si>
   <si>
     <t>01/08/2001</t>
   </si>
   <si>
     <t>ASS LORRAINE FORMAT.RECHER.ACTION SOCIAL</t>
   </si>
   <si>
     <t>IRTS ALFOREAS 41 AVENUE DE LA LIBERTE 57050 LE BAN-SAINT-MARTIN</t>
   </si>
   <si>
     <t>01/04/1999</t>
   </si>
   <si>
-    <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
-[...17 lines deleted...]
-    <t>23/06/2006</t>
+    <t>ARFRIPS</t>
+  </si>
+  <si>
+    <t>10 IMPASSE PIERRE BAIZET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ARDEQAF</t>
+  </si>
+  <si>
+    <t>ERTS</t>
+  </si>
+  <si>
+    <t>2032 RUE DU GENERAL DE GAULLE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/06/2006</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL DE LA REGION AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>INSTITUT CORSE DE FORMATION ET RECHERCHE EN TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LOUMALAND 2 CHE DE L ANNONCIADE 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>17/02/2014</t>
+  </si>
+  <si>
+    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>IRTS NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>17 RUE GROISON 37100 TOURS</t>
+  </si>
+  <si>
+    <t>06/07/1981</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEM SOCIAL &amp; CULTUR INTERNAT</t>
+  </si>
+  <si>
+    <t>ROUTE DE DUCLAIR 76380 CANTELEU</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>CEFRAS</t>
+  </si>
+  <si>
+    <t>ALL PHYTOLIA 49120 CHEMILLE-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>01/05/1996</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAUVEGARDE ENFANCE FINISTERE</t>
+  </si>
+  <si>
+    <t>ITES</t>
+  </si>
+  <si>
+    <t>ZAC DE KERGARADEC 170 RUE JULES JANSSEN 29490 GUIPAVAS</t>
+  </si>
+  <si>
+    <t>28/04/2008</t>
+  </si>
+  <si>
+    <t>ASSOC REG SAUVEGARDE ENFANT ADO ADUL</t>
+  </si>
+  <si>
+    <t>INKIPIT L'ECOLE DU PRENDRE SOIN</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL DE CROUTTE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>24/09/1985</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
-  </si>
-[...154 lines deleted...]
-    <t>01/09/2006</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LA RECHERCHE EN INTERVENTION SOCIALE</t>
   </si>
   <si>
     <t>ESEIS 3 RUE SEDILLOT 67000 STRASBOURG</t>
   </si>
   <si>
     <t>10/10/2017</t>
   </si>
   <si>
     <t>CONFEDERATION DES EMPLOYEURS DU SECTEUR SANITAIRE, SOCIAL ET MEDICO-SOCIAL PRIVE A BUT NON LUCRATIF</t>
   </si>
   <si>
     <t>3 RUE AU MAIRE 75003 PARIS</t>
   </si>
   <si>
     <t>04/07/2022</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
 </sst>
 </file>
 
@@ -1210,1194 +1210,1194 @@
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79296161700018</v>
+        <v>77571615200019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I10" s="3">
-        <v>53350930635</v>
+        <v>54860002586</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41047508100015</v>
+        <v>34396218900027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I11" s="3">
-        <v>26210346921</v>
+        <v>72640048164</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41398430300029</v>
+        <v>38036912400017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>25140137614</v>
+        <v>91340190634</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>42100372400034</v>
+        <v>39269401400086</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I13" s="3">
-        <v>98970227397</v>
+        <v>82691081969</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42196824900027</v>
+        <v>77807079700049</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>41570177957</v>
+        <v>74870000187</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38036912400017</v>
+        <v>77895217600023</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I15" s="3">
-        <v>91340190634</v>
+        <v>42680017768</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39269401400086</v>
+        <v>78540651300016</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="I16" s="3">
-        <v>82691081969</v>
+        <v>11920148592</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82409268800061</v>
+        <v>79296161700018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
-        <v>11930762893</v>
+        <v>53350930635</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82409268800095</v>
+        <v>41047508100015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I18" s="3">
-        <v>11930762893</v>
+        <v>26210346921</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82409268800178</v>
+        <v>41398430300029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
-        <v>11930762893</v>
+        <v>25140137614</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82409268800186</v>
+        <v>42100372400034</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I20" s="3">
-        <v>11930762893</v>
+        <v>98970227397</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82409268800210</v>
+        <v>42196824900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I21" s="3">
-        <v>11930762893</v>
+        <v>41570177957</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800228</v>
+        <v>48121631500046</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>82691021669</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800244</v>
+        <v>48927001700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>24450236845</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>48121631500046</v>
+        <v>49182702800011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="I24" s="3">
-        <v>82691021669</v>
+        <v>83630383963</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77557657200280</v>
+        <v>80146893500011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I25" s="3">
-        <v>53290753829</v>
+        <v>94202083420</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77558121800218</v>
+        <v>30116880300015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>55</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I26" s="3">
-        <v>73310000931</v>
+        <v>72330005533</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77571615200019</v>
+        <v>30282378600025</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>109</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I27" s="3">
-        <v>54860002586</v>
+        <v>24370008237</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77807079700049</v>
+        <v>31184406200035</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I28" s="3">
-        <v>74870000187</v>
+        <v>23760007876</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77895217600023</v>
+        <v>31450443200027</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I29" s="3">
-        <v>42680017768</v>
+        <v>52490027949</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78540651300016</v>
+        <v>31807145300019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="I30" s="3">
-        <v>11920148592</v>
+        <v>31590021959</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>30116880300015</v>
+        <v>77557657200280</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I31" s="3">
-        <v>72330005533</v>
+        <v>53290753829</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>30282378600025</v>
+        <v>77558121800218</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I32" s="3">
-        <v>24370008237</v>
+        <v>73310000931</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>31184406200035</v>
+        <v>82409268800061</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3">
-        <v>23760007876</v>
+        <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>31450443200027</v>
+        <v>82409268800095</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
-        <v>52490027949</v>
+        <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>31807145300019</v>
+        <v>82409268800178</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I35" s="3">
-        <v>31590021959</v>
+        <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>34396218900027</v>
+        <v>82409268800186</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I36" s="3">
-        <v>72640048164</v>
+        <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>80146893500011</v>
+        <v>82409268800210</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
-        <v>94202083420</v>
+        <v>11930762893</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>48927001700010</v>
+        <v>82409268800228</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="I38" s="3">
-        <v>24450236845</v>
+        <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>49182702800011</v>
+        <v>82409268800244</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="I39" s="3">
-        <v>83630383963</v>
+        <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I40" s="3">
         <v>44670616067</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>88254127900023</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
@@ -2460,31 +2460,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 11:02:12</dc:description>
+  <dc:description>Export en date du 12/11/2025 19:05:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>