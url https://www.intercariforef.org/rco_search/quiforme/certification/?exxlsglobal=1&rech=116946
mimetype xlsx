--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -175,279 +175,279 @@
   <si>
     <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
   </si>
   <si>
     <t>13/06/2000</t>
   </si>
   <si>
     <t>5335P000256</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
+    <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>IRTS NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>17 RUE GROISON 37100 TOURS</t>
+  </si>
+  <si>
+    <t>06/07/1981</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPPEM SOCIAL &amp; CULTUR INTERNAT</t>
+  </si>
+  <si>
+    <t>ROUTE DE DUCLAIR 76380 CANTELEU</t>
+  </si>
+  <si>
+    <t>01/01/2002</t>
+  </si>
+  <si>
+    <t>CEFRAS</t>
+  </si>
+  <si>
+    <t>ALL PHYTOLIA 49120 CHEMILLE-EN-ANJOU</t>
+  </si>
+  <si>
+    <t>01/05/1996</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE DU TRAVAIL SOCIAL</t>
+  </si>
+  <si>
+    <t>SITE METROPOLE LILLOISE</t>
+  </si>
+  <si>
+    <t>RUE AMBROISE PARE 59120 LOOS</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL PIERRE BOURDIEU</t>
+  </si>
+  <si>
+    <t>8 COURS LEON BERARD 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/09/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMATION APPRENTISSAGE INNOVATION RECHERCHE EDUCATION - ECONOMIE SOCIALE ET SOLIDAIRE</t>
+  </si>
+  <si>
+    <t>LES CHENES VERTS 1011 RUE DU PONT DE LAVERUNE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/01/1991</t>
+  </si>
+  <si>
+    <t>ENSEIS</t>
+  </si>
+  <si>
+    <t>ENSEIS - ETABLISSEMENT DE HAUTE-SAVOIE</t>
+  </si>
+  <si>
+    <t>1 B BD DU FIER 74000 ANNECY</t>
+  </si>
+  <si>
+    <t>23/06/2006</t>
+  </si>
+  <si>
+    <t>IRTESS</t>
+  </si>
+  <si>
+    <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IRTS NORMANDIE-CAEN ARRFIS</t>
+  </si>
+  <si>
+    <t>2 RUE DU CAMPUS 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>18/06/2020</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE RECHERCHE ET DE FORMATION EN INTERVENTION SOCIALE-OCEAN INDIEN - IRTS REUNION-MAYOTTE - CREAI OI</t>
+  </si>
+  <si>
+    <t>1 RUE SULLY BRUNET 97470 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>01/08/2001</t>
+  </si>
+  <si>
+    <t>ASS LORRAINE FORMAT.RECHER.ACTION SOCIAL</t>
+  </si>
+  <si>
+    <t>IRTS ALFOREAS 41 AVENUE DE LA LIBERTE 57050 LE BAN-SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>01/04/1999</t>
+  </si>
+  <si>
+    <t>ARFRIPS</t>
+  </si>
+  <si>
+    <t>10 IMPASSE PIERRE BAIZET 69009 LYON</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ARDEQAF</t>
+  </si>
+  <si>
+    <t>ERTS</t>
+  </si>
+  <si>
+    <t>2032 RUE DU GENERAL DE GAULLE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/06/2006</t>
+  </si>
+  <si>
+    <t>INSTITUT DU TRAVAIL SOCIAL DE LA REGION AUVERGNE</t>
+  </si>
+  <si>
+    <t>62 AVENUE MARX DORMOY 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAUVEGARDE ENFANCE FINISTERE</t>
+  </si>
+  <si>
+    <t>ITES</t>
+  </si>
+  <si>
+    <t>ZAC DE KERGARADEC 170 RUE JULES JANSSEN 29490 GUIPAVAS</t>
+  </si>
+  <si>
+    <t>28/04/2008</t>
+  </si>
+  <si>
+    <t>ASSOC REG SAUVEGARDE ENFANT ADO ADUL</t>
+  </si>
+  <si>
+    <t>INKIPIT L'ECOLE DU PRENDRE SOIN</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL DE CROUTTE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>24/09/1985</t>
+  </si>
+  <si>
     <t>ARFISS</t>
   </si>
   <si>
     <t>1 RUE GEORGES GUYNEMER 86000 POITIERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...37 lines deleted...]
-  <si>
     <t>POLARIS FORMATION</t>
   </si>
   <si>
     <t>2 RUE DU BUISSON 87170 ISLE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>ECOLE SUPERIEUR DE PRAXIS SOCIAL DE MULHOUSE</t>
   </si>
   <si>
     <t>N°4-6 4 RUE SCHLUMBERGER 68200 MULHOUSE</t>
   </si>
   <si>
     <t>06/10/1993</t>
   </si>
   <si>
     <t>INST TRAVAIL SOCIAL RECHER SOC</t>
   </si>
   <si>
     <t>INST REGION TRAVAIL SOCIAL IDF</t>
   </si>
   <si>
     <t>1 RUE DU 11 NOVEMBRE 92120 MONTROUGE</t>
   </si>
   <si>
     <t>ASKORIA</t>
   </si>
   <si>
     <t>2 AVENUE DU BOIS LABBE 35000 RENNES</t>
   </si>
   <si>
     <t>11/04/2013</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>IRTESS</t>
-[...64 lines deleted...]
-  <si>
     <t>INSTITUT CORSE DE FORMATION ET RECHERCHE EN TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>IMMEUBLE LOUMALAND 2 CHE DE L ANNONCIADE 20200 BASTIA</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...70 lines deleted...]
-    <t>24/09/1985</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
@@ -1210,904 +1210,904 @@
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77571615200019</v>
+        <v>30116880300015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I10" s="3">
-        <v>54860002586</v>
+        <v>72330005533</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34396218900027</v>
+        <v>30282378600025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>58</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I11" s="3">
-        <v>72640048164</v>
+        <v>24370008237</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38036912400017</v>
+        <v>31184406200035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I12" s="3">
-        <v>91340190634</v>
+        <v>23760007876</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39269401400086</v>
+        <v>31450443200027</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D13" s="2" t="s">
         <v>65</v>
       </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>82691081969</v>
+        <v>52490027949</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77807079700049</v>
+        <v>31807145300019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I14" s="3">
-        <v>74870000187</v>
+        <v>31590021959</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77895217600023</v>
+        <v>34396218900027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I15" s="3">
-        <v>42680017768</v>
+        <v>72640048164</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78540651300016</v>
+        <v>38036912400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
         <v>75</v>
       </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I16" s="3">
-        <v>11920148592</v>
+        <v>91340190634</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>79296161700018</v>
+        <v>39269401400086</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="I17" s="3">
-        <v>53350930635</v>
+        <v>82691081969</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>41047508100015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I18" s="3">
         <v>26210346921</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>41398430300029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I19" s="3">
         <v>25140137614</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>42100372400034</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I20" s="3">
         <v>98970227397</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>42196824900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I21" s="3">
         <v>41570177957</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>48121631500046</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I22" s="3">
         <v>82691021669</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>48927001700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="I23" s="3">
         <v>24450236845</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>49182702800011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I24" s="3">
         <v>83630383963</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>80146893500011</v>
+        <v>77557657200280</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>104</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>105</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="I25" s="3">
-        <v>94202083420</v>
+        <v>53290753829</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>30116880300015</v>
+        <v>77558121800218</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I26" s="3">
-        <v>72330005533</v>
+        <v>73310000931</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>30282378600025</v>
+        <v>77571615200019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I27" s="3">
-        <v>24370008237</v>
+        <v>54860002586</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>31184406200035</v>
+        <v>77807079700049</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I28" s="3">
-        <v>23760007876</v>
+        <v>74870000187</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>31450443200027</v>
+        <v>77895217600023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="I29" s="3">
-        <v>52490027949</v>
+        <v>42680017768</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31807145300019</v>
+        <v>78540651300016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="I30" s="3">
-        <v>31590021959</v>
+        <v>11920148592</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>77557657200280</v>
+        <v>79296161700018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D31" s="2" t="s">
         <v>123</v>
       </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="I31" s="3">
-        <v>53290753829</v>
+        <v>53350930635</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77558121800218</v>
+        <v>80146893500011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="D32" s="2" t="s">
         <v>127</v>
       </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="I32" s="3">
-        <v>73310000931</v>
+        <v>94202083420</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82409268800061</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>131</v>
       </c>
@@ -2353,51 +2353,51 @@
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I40" s="3">
         <v>44670616067</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>88254127900023</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
@@ -2460,31 +2460,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/11/2025 19:05:43</dc:description>
+  <dc:description>Export en date du 02/08/2026 12:32:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>