--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -170,53 +170,50 @@
     <t>LYCEE POLYVALENT JEAN-BAPTISTE COLBERT</t>
   </si>
   <si>
     <t>GRETA DE BRETAGNE SUD</t>
   </si>
   <si>
     <t>117 BOULEVARD LEON BLUM 56100 LORIENT</t>
   </si>
   <si>
     <t>13/06/2000</t>
   </si>
   <si>
     <t>5335P000256</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>01973176997</t>
   </si>
   <si>
     <t>ASSOCIATION REGIONALE DU TRAVAIL SOCIAL NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>IRTS NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>BP 39 9 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE TOURAINE EDUCATION ET CULTURE</t>
   </si>
   <si>
     <t>INSTITUT DU TRAVAIL SOCIAL</t>
   </si>
   <si>
     <t>17 RUE GROISON 37100 TOURS</t>
   </si>
@@ -1192,1249 +1189,1247 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19971405600025</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>30116880300015</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I10" s="3">
         <v>72330005533</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>30282378600025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I11" s="3">
         <v>24370008237</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>31184406200035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I12" s="3">
         <v>23760007876</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>31450443200027</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>52490027949</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>31807145300019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="E14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I14" s="3">
         <v>31590021959</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>34396218900027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I15" s="3">
         <v>72640048164</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>38036912400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I16" s="3">
         <v>91340190634</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>39269401400086</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I17" s="3">
         <v>82691081969</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>41047508100015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I18" s="3">
         <v>26210346921</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>41398430300029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I19" s="3">
         <v>25140137614</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>42100372400034</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I20" s="3">
         <v>98970227397</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>42196824900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I21" s="3">
         <v>41570177957</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>48121631500046</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I22" s="3">
         <v>82691021669</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>48927001700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="E23" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I23" s="3">
         <v>24450236845</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>49182702800011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I24" s="3">
         <v>83630383963</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>77557657200280</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I25" s="3">
         <v>53290753829</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>77558121800218</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I26" s="3">
         <v>73310000931</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>77571615200019</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I27" s="3">
         <v>54860002586</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>77807079700049</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3">
         <v>74870000187</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>77895217600023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I29" s="3">
         <v>42680017768</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>78540651300016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="E30" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I30" s="3">
         <v>11920148592</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>79296161700018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I31" s="3">
         <v>53350930635</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>80146893500011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="3">
         <v>94202083420</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82409268800061</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3">
         <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>82409268800095</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
         <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>82409268800178</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3">
         <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>82409268800186</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="3">
         <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>82409268800210</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>11930762893</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="3">
         <v>11930762893</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>82409268800244</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3">
         <v>11930762893</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>83833964600013</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I40" s="3">
         <v>44670616067</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>88254127900023</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -2460,31 +2455,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 12:32:06</dc:description>
+  <dc:description>Export en date du 03/26/2026 20:46:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>