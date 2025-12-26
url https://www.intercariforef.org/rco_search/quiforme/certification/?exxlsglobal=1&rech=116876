--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -94,84 +94,84 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE GENERAL HONORE D'URFE</t>
   </si>
   <si>
     <t>GRETA CFA LOIRE</t>
   </si>
   <si>
     <t>41 B RUE DE LA JOMAYERE 42100 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>21/10/2024</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>8242P000942</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
-    <t>01/01/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>81 AVENUE DU GRAND ARIETAZ 73000 CHAMBERY</t>
   </si>
   <si>
     <t>336 AVENUE DE CHABEUIL 26000 VALENCE</t>
   </si>
   <si>
     <t>RUE DE L'ECLUSE 68200 MULHOUSE</t>
-  </si>
-[...16 lines deleted...]
-    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>SCFC - SAINTE CLAIRE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>8 RUE DES PAROTTES 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>06/10/2020</t>
   </si>
   <si>
     <t>APAVE EXPLOITATION FRANCE</t>
   </si>
   <si>
     <t>2 RUE DE PIERRELAYE 95150 TAVERNY</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
 </sst>
 </file>
 
@@ -671,336 +671,336 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82422814200355</v>
+        <v>82409268800012</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82422814200520</v>
+        <v>82409268800095</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82422814201106</v>
+        <v>82409268800137</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82422814201429</v>
+        <v>82409268800228</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82409268800012</v>
+        <v>82422814200355</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82409268800095</v>
+        <v>82422814200520</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82409268800137</v>
+        <v>82422814201106</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>82409268800228</v>
+        <v>82422814201429</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>89030380300013</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>40</v>
       </c>
@@ -1093,31 +1093,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 08:21:44</dc:description>
+  <dc:description>Export en date du 12/26/2025 12:33:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>