--- v1 (2025-12-26)
+++ v2 (2026-03-10)
@@ -1093,31 +1093,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 12:33:25</dc:description>
+  <dc:description>Export en date du 03/11/2026 00:51:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>