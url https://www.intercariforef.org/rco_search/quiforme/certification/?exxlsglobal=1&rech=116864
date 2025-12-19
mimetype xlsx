--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -211,87 +211,87 @@
   <si>
     <t>1175P000475</t>
   </si>
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>FORMASUP AUVERGNE</t>
   </si>
   <si>
     <t>2 ALLEE ALAN TURING 63170 AUBIERE</t>
   </si>
   <si>
     <t>12/10/2021</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
   </si>
   <si>
     <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>04/01/2001</t>
   </si>
   <si>
     <t>FORMASUP PARIS ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72 B RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>14/05/2019</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/07/2024</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BREST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1232,212 +1232,212 @@
       <c r="F15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>84630513763</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40292484900027</v>
+        <v>50876465100024</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="I16" s="3">
-        <v>11910726491</v>
+        <v>27210417621</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42071817300065</v>
+        <v>50876465100032</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>11755342375</v>
+        <v>27210417621</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>50876465100024</v>
+        <v>40292484900027</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>27210417621</v>
+        <v>11910726491</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50876465100032</v>
+        <v>42071817300065</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="I19" s="3">
-        <v>27210417621</v>
+        <v>11755342375</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93249157400012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>76300582030</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>93823061200013</v>
       </c>
@@ -1543,31 +1543,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 06:44:11</dc:description>
+  <dc:description>Export en date du 12/20/2025 00:36:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>