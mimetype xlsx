--- v1 (2025-12-19)
+++ v2 (2026-02-11)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -169,129 +169,126 @@
   <si>
     <t>10/12/2022</t>
   </si>
   <si>
     <t>UNIVERSITE DIJON BOURGOGNE</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE CAMPUS ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>ECOLE NATIONALE DU GENIE DE L'EAU ET DE L'ENVIRONNEMENT DE STRASBOURG</t>
   </si>
   <si>
     <t>1 COUR DES CIGARIERES 67000 STRASBOURG</t>
   </si>
   <si>
     <t>20/02/2023</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS 1 PANTHEON-SORBONNE</t>
   </si>
   <si>
     <t>12 PLACE DU PANTHEON 75005 PARIS</t>
   </si>
   <si>
     <t>1175P000475</t>
   </si>
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
+    <t>ASS PROMO GESTION CTRE ENS SUP A EVRY</t>
+  </si>
+  <si>
+    <t>48 CRS BLAISE PASCAL 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>04/01/2001</t>
+  </si>
+  <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORMASUP AUVERGNE</t>
   </si>
   <si>
     <t>2 ALLEE ALAN TURING 63170 AUBIERE</t>
   </si>
   <si>
     <t>12/10/2021</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
-  </si>
-[...19 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE BREST</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1066,445 +1063,443 @@
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19670189000028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="3">
         <v>42670199667</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19751717000019</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19781944400013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>49171064600036</v>
+        <v>40292484900027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>84630513763</v>
+        <v>11910726491</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>50876465100024</v>
+        <v>42071817300065</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="I16" s="3">
-        <v>27210417621</v>
+        <v>11755342375</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50876465100032</v>
+        <v>49171064600036</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>27210417621</v>
+        <v>84630513763</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40292484900027</v>
+        <v>50876465100024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="I18" s="3">
-        <v>11910726491</v>
+        <v>27210417621</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42071817300065</v>
+        <v>50876465100032</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>11755342375</v>
+        <v>27210417621</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93249157400012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="3">
         <v>76300582030</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>27210481021</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="3">
         <v>53291016929</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>28</v>
       </c>
       <c r="M22" s="2" t="s">
@@ -1543,31 +1538,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/20/2025 00:36:49</dc:description>
+  <dc:description>Export en date du 02/11/2026 12:19:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>