--- v0 (2025-12-15)
+++ v1 (2026-03-16)
@@ -744,53 +744,51 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>81793659400016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>81793659400024</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
@@ -820,53 +818,51 @@
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>81793659400032</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>81793659400040</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
@@ -1055,51 +1051,51 @@
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>84692555169</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1112,31 +1108,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 06:50:10</dc:description>
+  <dc:description>Export en date du 03/16/2026 16:17:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>