--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -115,189 +115,195 @@
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>FORMACAN</t>
+  </si>
+  <si>
+    <t>140 CHEMIN DE RELUT 26270 MIRMANDE</t>
+  </si>
+  <si>
+    <t>10/04/2006</t>
+  </si>
+  <si>
+    <t>FRANCE TRAVAUX SUR CORDES</t>
+  </si>
+  <si>
+    <t>3 RUE DE BERRI 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/09/2002</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
     <t>MATIERES COLLECTIVITES</t>
   </si>
   <si>
     <t>15 ZI LA CHANDELIERE 38570 GONCELIN</t>
   </si>
   <si>
     <t>13/04/2018</t>
   </si>
   <si>
     <t>POSITIV FORMATION</t>
   </si>
   <si>
     <t>ZA DE L HERMITIERE 9 RUE DE L'EPINE 35230 ORGERES</t>
   </si>
   <si>
     <t>19/05/2008</t>
   </si>
   <si>
-    <t>FORMACAN</t>
-[...7 lines deleted...]
-  <si>
     <t>ATIS</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES DE LA CRAU IMPASSE DE DION BOUTON 13300 SALON-DE-PROVENCE</t>
   </si>
   <si>
     <t>31/03/2018</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>ATOUTCORDE</t>
   </si>
   <si>
     <t>TELESPACE 118 CHEMIN DES BREUX 38250 VILLARD-DE-LANS</t>
   </si>
   <si>
     <t>07/11/2014</t>
   </si>
   <si>
+    <t>RIG UP FORMATION</t>
+  </si>
+  <si>
+    <t>3-4-ZAC LES HAUTS DE COUERON III 3 IMPASSE DE LA MARTINIERE 44220 COUERON</t>
+  </si>
+  <si>
+    <t>30/09/2019</t>
+  </si>
+  <si>
     <t>DIMENSION CORDE</t>
   </si>
   <si>
     <t>LES CLOTS 05230 PRUNIERES</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>FORMARE</t>
   </si>
   <si>
     <t>15-16 15 RUE DES MARRONNIERS 94240 L'HAY-LES-ROSES</t>
   </si>
   <si>
     <t>01/10/2014</t>
   </si>
   <si>
     <t>HAUTEUR ET SECURITE</t>
   </si>
   <si>
     <t>PLACE DU BAOUMAS 12100 CREISSELS</t>
   </si>
   <si>
     <t>13/04/2016</t>
   </si>
   <si>
-    <t>RIG UP FORMATION</t>
-[...19 lines deleted...]
-  <si>
     <t>FORMACAD</t>
   </si>
   <si>
     <t>06/06/2016</t>
   </si>
   <si>
     <t>CAIRN FORMATION</t>
   </si>
   <si>
     <t>37 RUE HELENE MULLER 94320 THIAIS</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>AGENCE ALTITUDE FORMATION</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 8 RUE DES SALANGANES 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>29/08/2022</t>
   </si>
   <si>
     <t>04973153197</t>
   </si>
   <si>
     <t>VERTICAL FORMATION</t>
   </si>
   <si>
     <t>PA DE L OCEANE 53950 LOUVERNE</t>
   </si>
   <si>
     <t>07/09/2020</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t>VERTEX CAMPUS</t>
   </si>
   <si>
     <t>7 RUE HUGUES LEBON 26000 VALENCE</t>
   </si>
   <si>
     <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>20/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -819,433 +825,433 @@
       <c r="F4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48234995800025</v>
+        <v>48974915000012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="3">
-        <v>82380373938</v>
+        <v>82260150526</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48825128100033</v>
+        <v>79457083800019</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48974915000012</v>
+        <v>48234995800025</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="3">
-        <v>82260150526</v>
+        <v>82380373938</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>49242117700030</v>
+        <v>48825128100033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I8" s="3">
-        <v>93132163713</v>
+        <v>53350813735</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49319633100042</v>
+        <v>49242117700030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I9" s="3">
-        <v>82380406738</v>
+        <v>93132163713</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53830259700033</v>
+        <v>49319633100042</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="3">
-        <v>93131594913</v>
+        <v>82380406738</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>79883605200026</v>
+        <v>51517654300038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="3">
-        <v>11921997992</v>
+        <v>52440582444</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>80238586400029</v>
+        <v>53830259700033</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="3">
-        <v>76120080912</v>
+        <v>93131594913</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>51517654300038</v>
+        <v>79883605200026</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="3">
-        <v>52440582444</v>
+        <v>11921997992</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>79457083800019</v>
+        <v>80238586400029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I14" s="3">
+        <v>76120080912</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82120802200011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="3">
         <v>84260249426</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
@@ -1342,80 +1348,82 @@
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="3">
         <v>52530097153</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>98991219100016</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>80</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="H19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="3">
         <v>84260425726</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1428,31 +1436,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/24/2025 08:46:00</dc:description>
+  <dc:description>Export en date du 02/04/2026 12:57:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>