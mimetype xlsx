--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -118,183 +118,183 @@
   <si>
     <t>GRETA LILLE METROPOLE</t>
   </si>
   <si>
     <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
   </si>
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>01973176997</t>
   </si>
   <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>FORMATEC CARAIBES</t>
   </si>
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
+    <t>BTP CFA NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CHE DE REIMS 51140 MUIZON</t>
   </si>
   <si>
     <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
   </si>
   <si>
     <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
   </si>
   <si>
     <t>CFA</t>
   </si>
   <si>
     <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION D'APPRENTIS</t>
   </si>
   <si>
     <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
   </si>
   <si>
     <t>01/04/1981</t>
   </si>
   <si>
     <t>2 RUE JULES VERNE 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
-    <t>BTP CFA NOUVELLE AQUITAINE</t>
-[...17 lines deleted...]
-    <t>16/06/2022</t>
+    <t>ASS FORMATION EDUCATION PERMANENT TIVOLI</t>
+  </si>
+  <si>
+    <t>40 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>17/06/2016</t>
+  </si>
+  <si>
+    <t>ASS MUTUEL ACTION SANIT SOCIAL AGRICOLE</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO PROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>32500 PAUILHAC</t>
+  </si>
+  <si>
+    <t>06/01/1975</t>
+  </si>
+  <si>
+    <t>87.10B</t>
+  </si>
+  <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>67 VOIE LA CANEBIERE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
-  </si>
-[...43 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
@@ -908,453 +908,455 @@
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44531243200112</v>
+        <v>41226820300038</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>31590578459</v>
+        <v>24360051536</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>44892442300024</v>
+        <v>44531243200112</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>95970119197</v>
+        <v>31590578459</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77566202600019</v>
+        <v>44892442300024</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>11750079275</v>
+        <v>95970119197</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77566202600084</v>
+        <v>78235535800089</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I9" s="3">
-        <v>11750079275</v>
+        <v>72330875333</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77566202600092</v>
+        <v>78360423400055</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11750079275</v>
+        <v>31590005759</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77566202600209</v>
+        <v>77566202600019</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>11750079275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77566202600555</v>
+        <v>77566202600084</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
         <v>11750079275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77566202600829</v>
+        <v>77566202600092</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
         <v>11750079275</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78235535800089</v>
+        <v>77566202600209</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>53</v>
-      </c>
-[...5 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>72330875333</v>
+        <v>11750079275</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78360423400055</v>
+        <v>77566202600555</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>31590005759</v>
+        <v>11750079275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>80443252400010</v>
+        <v>77566202600829</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>31590878459</v>
+        <v>11750079275</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>30016423300052</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>66</v>
       </c>
@@ -1432,79 +1434,77 @@
       <c r="F19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
         <v>82690049869</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41226820300038</v>
+        <v>80443252400010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="D20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="I20" s="3">
-        <v>24360051536</v>
+        <v>31590878459</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>81229926100030</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
@@ -1932,31 +1932,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 22:26:52</dc:description>
+  <dc:description>Export en date du 12/24/2025 13:23:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>