--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -73,216 +73,234 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>LYCEE POLYVALENT LES LOMBARDS</t>
+  </si>
+  <si>
+    <t>GRETA SUD CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2110P000310</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
   </si>
   <si>
     <t>GRETA LOIRE-ATLANTIQUE</t>
   </si>
   <si>
     <t>16 RUE DUFOUR 44000 NANTES</t>
   </si>
   <si>
-    <t>03/04/1989</t>
-[...7 lines deleted...]
-  <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
   </si>
   <si>
     <t>GRETA LILLE METROPOLE</t>
   </si>
   <si>
     <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
   </si>
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
-    <t>01973176997</t>
+    <t>ASS FORMATION EDUCATION PERMANENT TIVOLI</t>
+  </si>
+  <si>
+    <t>40 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>17/06/2016</t>
+  </si>
+  <si>
+    <t>ASS MUTUEL ACTION SANIT SOCIAL AGRICOLE</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO PROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>32500 PAUILHAC</t>
+  </si>
+  <si>
+    <t>06/01/1975</t>
+  </si>
+  <si>
+    <t>87.10B</t>
+  </si>
+  <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>67 VOIE LA CANEBIERE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
+    <t>CFAI DE CHAMPAGNE ARDENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE QUEBEC 10430 ROSIERES-PRES-TROYES</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
   </si>
   <si>
     <t>IFCA</t>
   </si>
   <si>
     <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>AFPI ACM FORMATION</t>
   </si>
   <si>
     <t>ZI DE LA PILATERIE CS 83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>FORMATEC CARAIBES</t>
   </si>
   <si>
     <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>06/12/2013</t>
   </si>
   <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CHE DE REIMS 51140 MUIZON</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION APPRENTIS COMP DU DEVOIR</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD COPERNIC 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>CFA</t>
+  </si>
+  <si>
+    <t>184 RUE DU DOCTEUR CAUVIN 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS</t>
+  </si>
+  <si>
+    <t>5 RUE HYACINTHE DUBREUIL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>01/04/1981</t>
+  </si>
+  <si>
+    <t>2 RUE JULES VERNE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>16/06/2022</t>
-  </si>
-[...70 lines deleted...]
-    <t>08/10/2024</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
@@ -690,51 +708,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M31"/>
+  <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -791,1135 +809,1209 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>19440029700025</v>
+        <v>19100025600039</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3">
-        <v>52440417944</v>
+      <c r="I3" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>19590258000065</v>
+        <v>19440029700025</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>31590895059</v>
+        <v>52440417944</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19971405600025</v>
+        <v>19590258000065</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I5" s="3" t="s">
-        <v>33</v>
+      <c r="I5" s="3">
+        <v>31590895059</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41226820300038</v>
+        <v>19971405600025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>44531243200112</v>
+        <v>30016423300052</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>31590578459</v>
+        <v>72330002833</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>44892442300024</v>
+        <v>30179582900037</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78235535800089</v>
+        <v>31065677200236</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>72330875333</v>
+        <v>82690049869</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78360423400055</v>
+        <v>40120610700047</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>31590005759</v>
+        <v>44510203351</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77566202600019</v>
+        <v>41226820300038</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="I11" s="3">
-        <v>11750079275</v>
+        <v>24360051536</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77566202600084</v>
+        <v>44531243200112</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>11750079275</v>
+        <v>31590578459</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77566202600092</v>
+        <v>44892442300024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>11750079275</v>
+        <v>95970119197</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77566202600209</v>
+        <v>77566202600019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>11750079275</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77566202600555</v>
+        <v>77566202600084</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I15" s="3">
         <v>11750079275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77566202600829</v>
+        <v>77566202600092</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
         <v>11750079275</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30016423300052</v>
+        <v>77566202600209</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>67</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="3">
-        <v>72330002833</v>
+        <v>11750079275</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30179582900037</v>
+        <v>77566202600555</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I18" s="3">
+        <v>11750079275</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>31065677200236</v>
+        <v>77566202600829</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>82690049869</v>
+        <v>11750079275</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>80443252400010</v>
+        <v>78235535800089</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="I20" s="3">
-        <v>31590878459</v>
+        <v>72330875333</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>81229926100030</v>
+        <v>78360423400055</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>98970001397</v>
+        <v>31590005759</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>82409268800012</v>
+        <v>80443252400010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="I22" s="3">
-        <v>11930762893</v>
+        <v>31590878459</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>82409268800095</v>
+        <v>81229926100030</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D23" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="E23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>11930762893</v>
+        <v>98970001397</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="3">
         <v>11930762893</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>82409268800251</v>
+        <v>82409268800095</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I25" s="3">
         <v>11930762893</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>82422814200223</v>
+        <v>82409268800137</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>82422814200371</v>
+        <v>82409268800251</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>82422814201106</v>
+        <v>82422814200223</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="3">
         <v>11930743393</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82422814201197</v>
+        <v>82422814200371</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="3">
         <v>11930743393</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82422814201320</v>
+        <v>82422814201106</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="3">
         <v>11930743393</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82422814201759</v>
+        <v>82422814201197</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I31" s="3">
         <v>11930743393</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" s="1">
+        <v>82422814201320</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I32" s="3">
+        <v>11930743393</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L32" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M32" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" s="1">
+        <v>82422814201759</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I33" s="3">
+        <v>11930743393</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L33" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1932,31 +2024,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 13:23:15</dc:description>
+  <dc:description>Export en date du 02/14/2026 04:41:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>