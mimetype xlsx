--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -133,81 +133,81 @@
   <si>
     <t>PRO SYSTEMES</t>
   </si>
   <si>
     <t>GROUPE FORMATION SYSTEMES</t>
   </si>
   <si>
     <t>26 RUE DE LA GARE 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
     <t>ORGANISAT INGENIERIE DEVELOPPEMT FORMATI</t>
   </si>
   <si>
     <t>26 RUE DU STADE CAVANI MAYOTTE 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
     <t>06970000597</t>
   </si>
   <si>
+    <t>AFIP FORMATIONS</t>
+  </si>
+  <si>
+    <t>AFIP</t>
+  </si>
+  <si>
+    <t>40 RUE DES ANTONINS 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
     <t>BTP CFA NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>BP 15 AVENUE DU PORT DU ROY 33290 BLANQUEFORT</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>BTP CFA GRAND EST</t>
   </si>
   <si>
     <t>ZAC DU BREUIL RUE NICOLAS PIERSON 54700 PONT-A-MOUSSON</t>
   </si>
   <si>
     <t>01/09/1975</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/09/2023</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
@@ -867,156 +867,156 @@
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78235535800089</v>
+        <v>43261313100049</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>72330875333</v>
+        <v>82690688169</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78334702400052</v>
+        <v>78235535800089</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I8" s="3">
-        <v>41540042054</v>
+        <v>72330875333</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>43261313100049</v>
+        <v>78334702400052</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>82690688169</v>
+        <v>41540042054</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
@@ -1295,51 +1295,51 @@
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>93248963600088</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>71</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1367,31 +1367,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 13:34:34</dc:description>
+  <dc:description>Export en date du 12/24/2025 16:57:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>