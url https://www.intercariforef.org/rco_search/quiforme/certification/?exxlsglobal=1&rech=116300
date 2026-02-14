--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -1367,31 +1367,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 16:57:11</dc:description>
+  <dc:description>Export en date du 02/14/2026 17:47:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>