--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -154,245 +154,257 @@
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
     <t>ARIANE FORMATION</t>
   </si>
   <si>
     <t>6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>CTRE CARAIBEEN DEVELOPPEMENT COMPETENCES</t>
   </si>
   <si>
     <t>CONVENANCE 7 LOT LE FROMAGER 1 A JABRUN 97122 BAIE MAHAULT</t>
   </si>
   <si>
     <t>18/01/1999</t>
   </si>
   <si>
+    <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
+  </si>
+  <si>
+    <t>ESRP DE L'APSAH</t>
+  </si>
+  <si>
+    <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>SIMPLON.CO</t>
+  </si>
+  <si>
+    <t>MOUFIA - ZA FOUCHEROLLES 14 RUE DE LA GUADELOUPE 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>07/08/2017</t>
+  </si>
+  <si>
+    <t>4 F COM</t>
+  </si>
+  <si>
+    <t>BUREAU D'ETUDE</t>
+  </si>
+  <si>
+    <t>9 RUE DU PROGRES 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>19/01/2017</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>A.C.G.D.</t>
+  </si>
+  <si>
+    <t>168 AVENUE JOHN FITZGERALD KENNEDY 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>EMERAUDE COMPETENCE MFR</t>
+  </si>
+  <si>
+    <t>5 RUE EMMANUEL LE GUEN 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>ADAPEP AFP 2 I</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>ARKESYS.NET</t>
+  </si>
+  <si>
+    <t>24 ESPACE HENRY VALLEE 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>TELE POP MUSIC</t>
+  </si>
+  <si>
+    <t>10 AVENUE JEAN JAURES 75019 PARIS</t>
+  </si>
+  <si>
+    <t>47.43Z</t>
+  </si>
+  <si>
+    <t>REALCONSEIL</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU PAYS D'AUGE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>LE PARC</t>
+  </si>
+  <si>
+    <t>24 AVENUE DE CERDAGNE 66340 OSSEJA</t>
+  </si>
+  <si>
+    <t>01/01/1970</t>
+  </si>
+  <si>
+    <t>BTP RESIDENCES MEDICO SOCIALES</t>
+  </si>
+  <si>
+    <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
     <t>VIDEO IMAGE INFORMATION PAR INFORMATIQUE</t>
   </si>
   <si>
     <t>IMMEUBLE LE MIAMI 3 31 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/08/2000</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
-    <t>A.C.G.D.</t>
-[...112 lines deleted...]
-  <si>
     <t>SOFIP</t>
   </si>
   <si>
     <t>ZAC DU 14 JUILLET RUE PIERRE ET MARIE CURIE 62223 SAINT-LAURENT-BLANGY</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
-    <t>TELE POP MUSIC</t>
-[...32 lines deleted...]
-    <t>01/10/1997</t>
+    <t>CEFORA</t>
+  </si>
+  <si>
+    <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/10/2015</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PIERRE</t>
   </si>
   <si>
     <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
-    <t>CEFORA</t>
-[...10 lines deleted...]
-  <si>
     <t>INFORMATIQUE MINUTE</t>
   </si>
   <si>
     <t>20 RES DU CENTRE COMMERCIAL AVENUE DE LA MALIBRAN 77680 ROISSY-EN-BRIE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>95.11Z</t>
   </si>
   <si>
     <t>HISTYA</t>
   </si>
   <si>
     <t>TECHNOPOLE ENTREE 20 RUE DE LA PRESSE 24 RUE DE LA ROBOTIQUE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
@@ -508,117 +520,108 @@
   <si>
     <t>LOUROUX HODEMENT CHATEAU DE LA MOTHE 03190 HAUT-BOCAGE</t>
   </si>
   <si>
     <t>LABOOTIK</t>
   </si>
   <si>
     <t>11 RUE DE SOLFERINO 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>22/02/2019</t>
   </si>
   <si>
     <t>47.42Z</t>
   </si>
   <si>
     <t>AR COMPETENCES</t>
   </si>
   <si>
     <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
   </si>
   <si>
     <t>20/06/2022</t>
   </si>
   <si>
-    <t>CNFRS</t>
-[...5 lines deleted...]
-    <t>29/06/2020</t>
+    <t>RESELFORM FORMATION</t>
+  </si>
+  <si>
+    <t>198 AVENUE DE VERDUN 92130 ISSY-LES-MOULINEAUX</t>
+  </si>
+  <si>
+    <t>S&amp;CO FORMATION ET CONSEIL</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AMBROISE CROIZAT - SOCIALE ET MEDICO-SOCIALE</t>
+  </si>
+  <si>
+    <t>ESRP MASSON-TIMBAUD 60 RUE DE LA REPUBLIQUE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>15/12/2021</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>MEDIA FRANCE FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
+  </si>
+  <si>
+    <t>30/07/2021</t>
+  </si>
+  <si>
+    <t>FELLA PHONE ACADEMY</t>
+  </si>
+  <si>
+    <t>BAT AZURBURO BAT B5 2EME ETAGE 27 BOULEVARD CHARLES MORETTI 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>YAME CONSEIL</t>
+  </si>
+  <si>
+    <t>C/O FRENCH RIVIERA SECRETARIAT SERVICE 50 BOULEVARD STALINGRAD 06300 NICE</t>
+  </si>
+  <si>
+    <t>11/07/2022</t>
+  </si>
+  <si>
+    <t>FORMASTORE</t>
+  </si>
+  <si>
+    <t>34 B AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...55 lines deleted...]
-    <t>19/06/2024</t>
   </si>
   <si>
     <t>FORMATIONS INCLUSIVES AUX METIERS TECHNIQUES</t>
   </si>
   <si>
     <t>22 RUE JULES FERRY 59410 ANZIN</t>
   </si>
   <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>FORMATION ET BILAN DE VIE POUR LA TRANSITION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>1 B RUE LOUISE MICHEL 59390 LYS-LEZ-LANNOY</t>
   </si>
   <si>
     <t>04/03/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1306,704 +1309,704 @@
       <c r="F8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="3">
         <v>95970046197</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39846379400048</v>
+        <v>77571632700017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>91660065066</v>
+        <v>74870032587</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>52490818300030</v>
+        <v>77895430500018</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>44510223951</v>
+        <v>42680022768</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>52886246900038</v>
+        <v>79279132900040</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="I11" s="3">
-        <v>53350887735</v>
+        <v>11930667693</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>53478225500010</v>
+        <v>52064459200054</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="I12" s="3">
-        <v>11930632993</v>
+        <v>82691194269</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48841184400118</v>
+        <v>52490818300055</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>28</v>
+      </c>
+      <c r="I13" s="3">
+        <v>32620428562</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>50103360900014</v>
+        <v>52886246900038</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="I14" s="3">
-        <v>82690995769</v>
+        <v>53350887735</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42478033600014</v>
+        <v>40073444800022</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="3">
-        <v>43700041070</v>
+        <v>31590340859</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>75290635400010</v>
+        <v>40144581200035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>22800166180</v>
+        <v>31620099862</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77571632700017</v>
+        <v>50103360900014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>74870032587</v>
+        <v>82690995769</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77895430500018</v>
+        <v>50257683800044</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="I18" s="3">
-        <v>42680022768</v>
+        <v>11950466195</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>52064459200054</v>
+        <v>50921839200025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="E19" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>82691194269</v>
+        <v>98970335697</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30292314900017</v>
+        <v>53478225500010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="I20" s="3">
-        <v>76660223866</v>
+        <v>11930632993</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>34023989600087</v>
+        <v>72206130600014</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>90</v>
+        <v>49</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="I21" s="3">
-        <v>31590138759</v>
+        <v>11756665375</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>72206130600014</v>
+        <v>75290635400010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
-        <v>11756665375</v>
+        <v>22800166180</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>50257683800044</v>
+        <v>30292314900017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>11950466195</v>
+        <v>76660223866</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>40073444800022</v>
+        <v>48841184400118</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>40144581200035</v>
+        <v>39846379400048</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="I25" s="3">
-        <v>31620099862</v>
+        <v>91660065066</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>81229926100063</v>
+        <v>34023989600087</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D26" s="2" t="s">
         <v>104</v>
       </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I26" s="3">
-        <v>98970001397</v>
+        <v>31590138759</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>81423537000016</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D27" s="2" t="s">
@@ -2015,1363 +2018,1365 @@
       <c r="F27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I27" s="3">
         <v>98970447497</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>81512754300024</v>
+        <v>81229926100063</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>114</v>
+        <v>28</v>
       </c>
       <c r="I28" s="3">
-        <v>11770758577</v>
+        <v>98970001397</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>82355272400028</v>
+        <v>81512754300024</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="I29" s="3">
-        <v>84420295042</v>
+        <v>11770758577</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82409268800012</v>
+        <v>82355272400028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I30" s="3">
-        <v>11930762893</v>
+        <v>84420295042</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I31" s="3">
         <v>11930762893</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>82409268800145</v>
+        <v>82409268800137</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3">
         <v>11930762893</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>82409268800178</v>
+        <v>82409268800145</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="3">
         <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82409268800210</v>
+        <v>82409268800178</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I34" s="3">
         <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82409268800228</v>
+        <v>82409268800210</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I35" s="3">
         <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82422814200033</v>
+        <v>82409268800228</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I36" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82422814200041</v>
+        <v>82422814200033</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="3">
         <v>11930743393</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82422814200173</v>
+        <v>82422814200041</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I38" s="3">
         <v>11930743393</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82422814200199</v>
+        <v>82422814200173</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I39" s="3">
         <v>11930743393</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82422814200272</v>
+        <v>82422814200199</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I40" s="3">
         <v>11930743393</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82422814200298</v>
+        <v>82422814200272</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I41" s="3">
         <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82422814200306</v>
+        <v>82422814200298</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I42" s="3">
         <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82422814200314</v>
+        <v>82422814200306</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I43" s="3">
         <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82422814200389</v>
+        <v>82422814200314</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I44" s="3">
         <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82422814200587</v>
+        <v>82422814200389</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200777</v>
+        <v>82422814200587</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814201007</v>
+        <v>82422814200777</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I47" s="3">
         <v>11930743393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814201064</v>
+        <v>82422814201007</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
         <v>11930743393</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814201114</v>
+        <v>82422814201064</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814201122</v>
+        <v>82422814201114</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I50" s="3">
         <v>11930743393</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814201130</v>
+        <v>82422814201122</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814201262</v>
+        <v>82422814201130</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814201486</v>
+        <v>82422814201262</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814201502</v>
+        <v>82422814201486</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814201577</v>
+        <v>82422814201502</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82759932500012</v>
+        <v>82422814201577</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>28</v>
+      </c>
+      <c r="I56" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>83035549100028</v>
+        <v>82759932500012</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>11930752493</v>
+        <v>154</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>83508624000016</v>
+        <v>83035549100028</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>113</v>
+        <v>158</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="I58" s="3">
-        <v>84030368103</v>
+        <v>11930752493</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>84904011800010</v>
+        <v>83508624000016</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>159</v>
+        <v>117</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="I59" s="3">
-        <v>11922502992</v>
+        <v>84030368103</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>87806379100023</v>
+        <v>84904011800010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>161</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>28</v>
+        <v>164</v>
       </c>
       <c r="I60" s="3">
-        <v>11931040893</v>
+        <v>11922502992</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>87875689900026</v>
+        <v>87806379100023</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>167</v>
+        <v>28</v>
       </c>
       <c r="I61" s="3">
-        <v>52490363049</v>
+        <v>11931040893</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>88751818100037</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="I62" s="3">
         <v>11922687392</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>89109873300043</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="I63" s="3">
         <v>11756185075</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>89518621100036</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
@@ -3512,121 +3517,121 @@
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>91759484800025</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>184</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>185</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="I68" s="3">
         <v>11950768795</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>92365519500025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I69" s="3">
         <v>32591239359</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>94170281300010</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I70" s="3">
         <v>32591335159</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -3658,31 +3663,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 09:48:36</dc:description>
+  <dc:description>Export en date du 12/16/2025 20:37:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>