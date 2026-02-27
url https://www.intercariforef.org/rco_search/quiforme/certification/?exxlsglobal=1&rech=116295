--- v1 (2025-12-16)
+++ v2 (2026-02-27)
@@ -136,275 +136,278 @@
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
   </si>
   <si>
     <t>GRETA DU GRAND HAINAUT</t>
   </si>
   <si>
     <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
   </si>
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
+    <t>LE PARC</t>
+  </si>
+  <si>
+    <t>24 AVENUE DE CERDAGNE 66340 OSSEJA</t>
+  </si>
+  <si>
+    <t>01/01/1970</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>AR COMPETENCES</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE SAINT GERVAIS 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>20/06/2022</t>
+  </si>
+  <si>
     <t>ARIANE FORMATION</t>
   </si>
   <si>
     <t>6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>CTRE CARAIBEEN DEVELOPPEMENT COMPETENCES</t>
   </si>
   <si>
     <t>CONVENANCE 7 LOT LE FROMAGER 1 A JABRUN 97122 BAIE MAHAULT</t>
   </si>
   <si>
     <t>18/01/1999</t>
   </si>
   <si>
+    <t>VIDEO IMAGE INFORMATION PAR INFORMATIQUE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MIAMI 3 31 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/08/2000</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>ADAPEP AFP 2 I</t>
+  </si>
+  <si>
+    <t>2 RUE GUSTAVE EIFFEL 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>AVENIR 84</t>
+  </si>
+  <si>
+    <t>27 B AVENUE DE LA TRILLADE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>BTP RESIDENCES MEDICO SOCIALES</t>
+  </si>
+  <si>
+    <t>"LE BELLOY" 60860 SAINT-OMER-EN-CHAUSSEE</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>4 F COM</t>
+  </si>
+  <si>
+    <t>BUREAU D'ETUDE</t>
+  </si>
+  <si>
+    <t>9 RUE DU PROGRES 69800 SAINT-PRIEST</t>
+  </si>
+  <si>
+    <t>19/01/2017</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>A.C.G.D.</t>
+  </si>
+  <si>
+    <t>168 AVENUE JOHN FITZGERALD KENNEDY 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>EMERAUDE COMPETENCE MFR</t>
+  </si>
+  <si>
+    <t>5 RUE EMMANUEL LE GUEN 35400 SAINT-MALO</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>ACTION POUR LE DROIT A LA FORMATION ET AU SERVICE A LA PERSONNE</t>
+  </si>
+  <si>
+    <t>BAT 2 VILLA CASSIOPEE 63 RUE DE ROMAINVILLE 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>26/08/2011</t>
+  </si>
+  <si>
+    <t>TELE POP MUSIC</t>
+  </si>
+  <si>
+    <t>10 AVENUE JEAN JAURES 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>47.43Z</t>
+  </si>
+  <si>
+    <t>REALCONSEIL</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU PAYS D'AUGE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
     <t>ASS PROMOTION SOCIALE AVEUGLES HANDICAPE</t>
   </si>
   <si>
     <t>ESRP DE L'APSAH</t>
   </si>
   <si>
     <t>17 ROUTE DE RIGNAC 87700 AIXE-SUR-VIENNE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>ASS READAPTATION FORMAT PROFESSIONNELLE</t>
   </si>
   <si>
     <t>57 RUE ALBERT CAMUS 68200 MULHOUSE</t>
   </si>
   <si>
     <t>SIMPLON.CO</t>
   </si>
   <si>
     <t>MOUFIA - ZA FOUCHEROLLES 14 RUE DE LA GUADELOUPE 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>07/08/2017</t>
   </si>
   <si>
-    <t>4 F COM</t>
-[...149 lines deleted...]
-    <t>01/07/2019</t>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>CPOI 65 RUE DU PERE LAFOSSE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
   </si>
   <si>
     <t>CEFORA</t>
   </si>
   <si>
     <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
   </si>
   <si>
     <t>26/10/2015</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
-[...10 lines deleted...]
-  <si>
     <t>INFORMATIQUE MINUTE</t>
   </si>
   <si>
     <t>20 RES DU CENTRE COMMERCIAL AVENUE DE LA MALIBRAN 77680 ROISSY-EN-BRIE</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>95.11Z</t>
   </si>
   <si>
     <t>HISTYA</t>
   </si>
   <si>
     <t>TECHNOPOLE ENTREE 20 RUE DE LA PRESSE 24 RUE DE LA ROBOTIQUE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
@@ -511,117 +514,114 @@
   <si>
     <t>25-27 25 RUE FRANCIS COMBE 95000 CERGY</t>
   </si>
   <si>
     <t>02/01/2019</t>
   </si>
   <si>
     <t>ASSOCIATION MARIE-ANGE CARLOTTI</t>
   </si>
   <si>
     <t>LOUROUX HODEMENT CHATEAU DE LA MOTHE 03190 HAUT-BOCAGE</t>
   </si>
   <si>
     <t>LABOOTIK</t>
   </si>
   <si>
     <t>11 RUE DE SOLFERINO 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>22/02/2019</t>
   </si>
   <si>
     <t>47.42Z</t>
   </si>
   <si>
-    <t>AR COMPETENCES</t>
-[...7 lines deleted...]
-  <si>
     <t>RESELFORM FORMATION</t>
   </si>
   <si>
     <t>198 AVENUE DE VERDUN 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>S&amp;CO FORMATION ET CONSEIL</t>
   </si>
   <si>
     <t>ASSOCIATION AMBROISE CROIZAT - SOCIALE ET MEDICO-SOCIALE</t>
   </si>
   <si>
     <t>ESRP MASSON-TIMBAUD 60 RUE DE LA REPUBLIQUE 93100 MONTREUIL</t>
   </si>
   <si>
     <t>15/12/2021</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
     <t>MEDIA FRANCE FORMATION</t>
   </si>
   <si>
     <t>4 RUE DE LA REPUBLIQUE 69001 LYON</t>
   </si>
   <si>
     <t>30/07/2021</t>
   </si>
   <si>
     <t>FELLA PHONE ACADEMY</t>
   </si>
   <si>
     <t>BAT AZURBURO BAT B5 2EME ETAGE 27 BOULEVARD CHARLES MORETTI 13014 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
+    <t>SAS NINETY</t>
+  </si>
+  <si>
+    <t>LES DOCKS ATRIUM 10.2 10 PLACE DE LA JOLIETTE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>12/06/2023</t>
+  </si>
+  <si>
     <t>YAME CONSEIL</t>
   </si>
   <si>
     <t>C/O FRENCH RIVIERA SECRETARIAT SERVICE 50 BOULEVARD STALINGRAD 06300 NICE</t>
   </si>
   <si>
     <t>11/07/2022</t>
   </si>
   <si>
     <t>FORMASTORE</t>
   </si>
   <si>
     <t>34 B AVENUE DU 8 MAI 1945 95200 SARCELLES</t>
   </si>
   <si>
     <t>19/06/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>FORMATIONS INCLUSIVES AUX METIERS TECHNIQUES</t>
   </si>
   <si>
     <t>22 RUE JULES FERRY 59410 ANZIN</t>
   </si>
   <si>
     <t>22/07/2024</t>
   </si>
   <si>
     <t>FORMATION ET BILAN DE VIE POUR LA TRANSITION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>1 B RUE LOUISE MICHEL 59390 LYS-LEZ-LANNOY</t>
   </si>
   <si>
     <t>04/03/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1235,2333 +1235,2333 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39014842700094</v>
+        <v>30292314900017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="I7" s="3">
-        <v>98970295297</v>
+        <v>76660223866</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39478109000052</v>
+        <v>87806379100023</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="3">
-        <v>95970046197</v>
+        <v>11931040893</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77571632700017</v>
+        <v>39014842700094</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D9" s="2" t="s">
         <v>47</v>
       </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>74870032587</v>
+        <v>98970295297</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77895430500018</v>
+        <v>39478109000052</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="I10" s="3">
-        <v>42680022768</v>
+        <v>95970046197</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>79279132900040</v>
+        <v>39846379400048</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="I11" s="3">
-        <v>11930667693</v>
+        <v>91660065066</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>52064459200054</v>
+        <v>40073444800022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D12" s="2" t="s">
         <v>57</v>
       </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I12" s="3">
-        <v>82691194269</v>
+        <v>31590340859</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>52490818300055</v>
+        <v>40144581200035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="3">
-        <v>32620428562</v>
+        <v>31620099862</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>52886246900038</v>
+        <v>43220950000029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I14" s="3">
-        <v>53350887735</v>
+        <v>93840263684</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40073444800022</v>
+        <v>48841184400118</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40144581200035</v>
+        <v>50257683800044</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="3">
-        <v>31620099862</v>
+        <v>11950466195</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50103360900014</v>
+        <v>50921839200025</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D17" s="2"/>
+      <c r="D17" s="2" t="s">
+        <v>75</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>82690995769</v>
+        <v>98970335697</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>50257683800044</v>
+        <v>52064459200054</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="I18" s="3">
-        <v>11950466195</v>
+        <v>82691194269</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50921839200025</v>
+        <v>52490818300055</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I19" s="3">
-        <v>98970335697</v>
+        <v>32620428562</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>53478225500010</v>
+        <v>52886246900038</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="I20" s="3">
-        <v>11930632993</v>
+        <v>53350887735</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>72206130600014</v>
+        <v>53478225500010</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>49</v>
+        <v>92</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="I21" s="3">
-        <v>11756665375</v>
+        <v>11930632993</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>75290635400010</v>
+        <v>72206130600014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I22" s="3">
-        <v>22800166180</v>
+        <v>11756665375</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>30292314900017</v>
+        <v>75290635400010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="I23" s="3">
-        <v>76660223866</v>
+        <v>22800166180</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>48841184400118</v>
+        <v>77571632700017</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>100</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>101</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="I24" s="3"/>
+        <v>43</v>
+      </c>
+      <c r="I24" s="3">
+        <v>74870032587</v>
+      </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>39846379400048</v>
+        <v>77895430500018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>103</v>
+        <v>43</v>
       </c>
       <c r="I25" s="3">
-        <v>91660065066</v>
+        <v>42680022768</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>34023989600087</v>
+        <v>79279132900040</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I26" s="3">
-        <v>31590138759</v>
+        <v>11930667693</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>81423537000016</v>
+        <v>81229926100063</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>110</v>
+        <v>28</v>
       </c>
       <c r="I27" s="3">
-        <v>98970447497</v>
+        <v>98970001397</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>81229926100063</v>
+        <v>81423537000016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>113</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>114</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>28</v>
+        <v>115</v>
       </c>
       <c r="I28" s="3">
-        <v>98970001397</v>
+        <v>98970447497</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>81512754300024</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I29" s="3">
         <v>11770758577</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>82355272400028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I30" s="3">
         <v>84420295042</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I31" s="3">
         <v>11930762893</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I32" s="3">
         <v>11930762893</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>82409268800145</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I33" s="3">
         <v>11930762893</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>82409268800178</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I34" s="3">
         <v>11930762893</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>82409268800210</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I35" s="3">
         <v>11930762893</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I36" s="3">
         <v>11930762893</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>82422814200033</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I37" s="3">
         <v>11930743393</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>82422814200041</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I38" s="3">
         <v>11930743393</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>82422814200173</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I39" s="3">
         <v>11930743393</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>82422814200199</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I40" s="3">
         <v>11930743393</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>82422814200272</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I41" s="3">
         <v>11930743393</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>82422814200298</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I42" s="3">
         <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>82422814200306</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I43" s="3">
         <v>11930743393</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>82422814200314</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I44" s="3">
         <v>11930743393</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>82422814200389</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I45" s="3">
         <v>11930743393</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>82422814200587</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I46" s="3">
         <v>11930743393</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>82422814200777</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I47" s="3">
         <v>11930743393</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>82422814201007</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I48" s="3">
         <v>11930743393</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>82422814201064</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>82422814201114</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I50" s="3">
         <v>11930743393</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82422814201122</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>82422814201130</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>82422814201262</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>82422814201486</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>82422814201502</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>82422814201577</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>82759932500012</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>83035549100028</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I58" s="3">
         <v>11930752493</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>83508624000016</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I59" s="3">
         <v>84030368103</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>84904011800010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I60" s="3">
         <v>11922502992</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>87806379100023</v>
+        <v>88751818100037</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>167</v>
+        <v>49</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="I61" s="3">
-        <v>11931040893</v>
+        <v>11922687392</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>88751818100037</v>
+        <v>89109873300043</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="I62" s="3">
-        <v>11922687392</v>
+        <v>11756185075</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>89109873300043</v>
+        <v>89518621100036</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>60</v>
+        <v>172</v>
       </c>
       <c r="I63" s="3">
-        <v>11756185075</v>
+        <v>11930934893</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>89518621100036</v>
+        <v>90216372400013</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>174</v>
+        <v>28</v>
       </c>
       <c r="I64" s="3">
-        <v>11930934893</v>
+        <v>84691878169</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>90216372400013</v>
+        <v>90232828500033</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I65" s="3">
-        <v>84691878169</v>
+        <v>93131951113</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>90232828500033</v>
+        <v>90991850000028</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I66" s="3">
-        <v>93131951113</v>
+        <v>93132151413</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>91755790200017</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I67" s="3">
         <v>93061081206</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>91759484800025</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>187</v>
+        <v>66</v>
       </c>
       <c r="I68" s="3">
         <v>11950768795</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>92365519500025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
@@ -3663,31 +3663,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 20:37:12</dc:description>
+  <dc:description>Export en date du 02/27/2026 01:38:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>