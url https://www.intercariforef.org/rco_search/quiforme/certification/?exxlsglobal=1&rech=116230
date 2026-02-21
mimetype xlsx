--- v0 (2025-11-03)
+++ v1 (2026-02-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="888">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="995">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -97,156 +97,201 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE REGION HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>299 BOULEVARD DE LEEDS 59777 LILLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LAHO ARTOIS-DOUAISIS</t>
   </si>
   <si>
     <t>19 RUE MARCEL SEMBAT 62300 LENS</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>LAHO LITTORAL- AUDOMAROIS</t>
+  </si>
+  <si>
+    <t>10 BOULEVARD DU PARC 62231 COQUELLES</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ILLE-ET-VILAINE</t>
   </si>
   <si>
     <t>FACULTE DES METIERS CAMPUS DE LORIENT</t>
   </si>
   <si>
     <t>21 QUAI DES INDES 56100 LORIENT</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC NATIONAL ANTOINE KOENIGSWARTER</t>
   </si>
   <si>
     <t>ESRP EPNAK METZ</t>
   </si>
   <si>
     <t>11 PLACE DE FRANCE 57000 METZ</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU CANTAL</t>
   </si>
   <si>
     <t>LE CAMPUS</t>
   </si>
   <si>
     <t>BOULEVARD DU VIALENC 15000 AURILLAC</t>
   </si>
   <si>
     <t>25/03/2010</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>8315P000115</t>
   </si>
   <si>
+    <t>GIP FORMATION ET CERTIFICATION POUR L'INSERTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>135 RUE DE PERIOLE 31500 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>7331P006331</t>
+  </si>
+  <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE NORD ISERE</t>
   </si>
   <si>
     <t>ANTENNE CCI VILLEFONTAINE</t>
   </si>
   <si>
     <t>5 RUE CONDORCET 38090 VILLEFONTAINE</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>8238P000238</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE BAYONNE PAYS BASQUE</t>
   </si>
   <si>
     <t>EMISA CCI BAYONNE PAYS BASQUE</t>
   </si>
   <si>
     <t>50 ALLEES MARINES 64100 BAYONNE</t>
   </si>
   <si>
     <t>01/06/1992</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>7264P000464</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
+  </si>
+  <si>
+    <t>CCI REUNION-POLE FORMATION NORD</t>
+  </si>
+  <si>
+    <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>02/02/1996</t>
+  </si>
+  <si>
+    <t>CCI REUNION-POLE FORMATION SUD</t>
+  </si>
+  <si>
+    <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>01/01/1994</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
-    <t>LYCEE GENERAL ET TECHNOLOGIQUE ALEXIS MONTEIL</t>
-[...11 lines deleted...]
-    <t>7312P000412</t>
+    <t>LYCEE POLYVALENT LES LOMBARDS</t>
+  </si>
+  <si>
+    <t>GRETA SUD CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>12 AVENUE DES LOMBARDS 10000 TROYES</t>
+  </si>
+  <si>
+    <t>03/04/1989</t>
+  </si>
+  <si>
+    <t>2110P000310</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT JEAN PERRIN</t>
   </si>
   <si>
     <t>GRETA-CFA MARSEILLE MEDITERRANEE</t>
   </si>
   <si>
     <t>74 RUE VERDILLON 13010 MARSEILLE</t>
   </si>
   <si>
     <t>15/05/2014</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DEODAT DE SEVERAC - LYCEE DES METIERS DE L'INGENIERIE ET DE L'INDUSTRIE DU FUTUR</t>
   </si>
   <si>
     <t>GRETA TOULOUSE-PYRENEES</t>
   </si>
   <si>
     <t>26 BOULEVARD DEODAT DE SEVERAC 31300 TOULOUSE</t>
   </si>
   <si>
     <t>27/04/1989</t>
   </si>
@@ -256,53 +301,50 @@
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT VAUCANSON</t>
   </si>
   <si>
     <t>GRETA DE GRENOBLE</t>
   </si>
   <si>
     <t>27 RUE ANATOLE FRANCE 38100 GRENOBLE</t>
   </si>
   <si>
-    <t>03/04/1989</t>
-[...1 lines deleted...]
-  <si>
     <t>8238P001538</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE VOLTAIRE</t>
   </si>
   <si>
     <t>GRETA CENTRE-VAL DE LOIRE</t>
   </si>
   <si>
     <t>3 AVENUE VOLTAIRE 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
   </si>
   <si>
     <t>GRETA AUVERGNE</t>
   </si>
   <si>
     <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>18/11/1991</t>
@@ -325,54 +367,54 @@
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT NIEPCE BALLEURE</t>
   </si>
   <si>
     <t>GRETA 71 SUD BOURGOGNE</t>
   </si>
   <si>
     <t>141 AVENUE BOUCICAUT 71100 CHALON-SUR-SAONE</t>
   </si>
   <si>
     <t>01/05/1989</t>
   </si>
   <si>
     <t>2671P002171</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
   </si>
   <si>
     <t>GRETA-CFA DU MAINE</t>
   </si>
   <si>
-    <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
-[...2 lines deleted...]
-    <t>01/01/2008</t>
+    <t>8 PLACE GEORGE WASHINGTON 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t xml:space="preserve">    GRETA SOMME</t>
   </si>
   <si>
     <t>80 RUE DU BATONNIER MAHIU 80000 AMIENS</t>
   </si>
@@ -400,393 +442,1017 @@
   <si>
     <t>LYCEE POLYVALENT LANGEVIN-WALLON</t>
   </si>
   <si>
     <t>GRETA VAL-DE-MARNE</t>
   </si>
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
-    <t>01973176997</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL DANIELLA JEFFRY</t>
   </si>
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
     <t>LYCEE GENERAL DE TECHNOLOGIE LECONTE DE LISLE</t>
   </si>
   <si>
     <t>GRETA REUNION</t>
   </si>
   <si>
     <t>8 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>04973392997</t>
   </si>
   <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>AFT-FC TOULOUSE</t>
+  </si>
+  <si>
+    <t>72 RUE EDMOND ROSTAND 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>25/12/1995</t>
+  </si>
+  <si>
+    <t>FORMAFLOW</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>DISTRICOM FORMATION</t>
+  </si>
+  <si>
+    <t>IMM  LA PALMERAIE-2E ETAGE ZI DE JARRY LOT MOUDONG NORD 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>SB CONSULTING FORMATION</t>
+  </si>
+  <si>
+    <t>24 AVENUE VICTOR HUGO 77120 COULOMMIERS</t>
+  </si>
+  <si>
+    <t>28/06/2022</t>
+  </si>
+  <si>
+    <t>OPEN FORMA</t>
+  </si>
+  <si>
+    <t>49 AVENUE D'IENA 75016 PARIS</t>
+  </si>
+  <si>
+    <t>15/11/2021</t>
+  </si>
+  <si>
+    <t>OPLEIDING</t>
+  </si>
+  <si>
+    <t>CERTIFICATPROFESSIONNELFRANCAIS.ORG</t>
+  </si>
+  <si>
+    <t>442 AVENUE JEAN MOULIN 82000 MONTAUBAN</t>
+  </si>
+  <si>
+    <t>21/04/2023</t>
+  </si>
+  <si>
+    <t>OCF-EST</t>
+  </si>
+  <si>
+    <t>STRASBOURG</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>MASTERS SERVICES FORMATION</t>
+  </si>
+  <si>
+    <t>3 ALLEE DES ROCHERS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>12/11/2018</t>
+  </si>
+  <si>
+    <t>SHERWOOD FORMATION</t>
+  </si>
+  <si>
+    <t>1 ALLEE DU PARC DE MESEMENA 44500 LA BAULE-ESCOUBLAC</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>VIA FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DU RIBAY BOULEVARD LOUIS LEPRINCE-RINGUET 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>20/01/2007</t>
+  </si>
+  <si>
+    <t>AIR'LISE FORMATION SAS</t>
+  </si>
+  <si>
+    <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>29/05/2018</t>
+  </si>
+  <si>
+    <t>IMM AVANTAGE C/O BURO CLUB MARTINIQUE 11 RUE DES ARTS ET METIERS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>12/01/2018</t>
+  </si>
+  <si>
+    <t>IMM SIMKEL C/O BURO CLUB GUADELOUPE 3617 BD DU MARQUISAT DU HOUELBOURG 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>OSEZ ENTREPRENDRE</t>
+  </si>
+  <si>
+    <t>PARC TECHSUD BAT ALPHA BOITE 5 27 AV DU DR JEAN MARIE DAMBREVILLE 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>14/11/2018</t>
+  </si>
+  <si>
+    <t>CENTRE EUROPEEN DE VALORISATION ECONOMIQUE DE L'OUTRE MER</t>
+  </si>
+  <si>
+    <t>25 LOTISSEMENT LES JASMINS 2 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/12/2009</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>IDC CONSEILS</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN MONNET 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>85.60Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GESTION SOCIALE</t>
+  </si>
+  <si>
+    <t>IGS 15 RUE MARC CHAGALL 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>12/03/2024</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION POUR LE DEVELOPPEMENT REGIONAL ET L'APPUI AU RECLASSEMENT</t>
+  </si>
+  <si>
+    <t>PARC TECHNO DU CANAL 2 RUE IRENE JOLIOT CURIE 31520 RAMONVILLE-SAINT-AGNE</t>
+  </si>
+  <si>
+    <t>19/07/1999</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>12 RUE DES CORDELIERES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>4 AVENUE GASTON VERNIER 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>FORMATION CREATIONS</t>
+  </si>
+  <si>
+    <t>19 RUE BERANGER 75003 PARIS</t>
+  </si>
+  <si>
+    <t>15/12/1986</t>
+  </si>
+  <si>
+    <t>CPE-CFA</t>
+  </si>
+  <si>
+    <t>140 BOULEVARD GEORGES POMPIDOU 05000 GAP</t>
+  </si>
+  <si>
+    <t>02/06/1998</t>
+  </si>
+  <si>
+    <t>FORMATION DEMOCRATIE NORMANDIE HAVRE</t>
+  </si>
+  <si>
+    <t>22 AVENUE GENERAL ARCHINARD 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>08/11/2017</t>
+  </si>
+  <si>
+    <t>FORCE FORMAT COMPET EFFIC SAVOIR FAIRE</t>
+  </si>
+  <si>
+    <t>SARL AS</t>
+  </si>
+  <si>
+    <t>13 RUE DE LIEGE 78990 ELANCOURT</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>ASSOCATION POUR LA FORMATION ET LA PROMOTION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>14 BOULEVARD PREUILLY 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION DE LA MEUSE</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/07/1987</t>
+  </si>
+  <si>
+    <t>TETRANERGY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE QUARTZ 216 BOULEVARD JEAN JAURES 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>40 RUE FRANCOIS DE MAHY 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION PROFESS DE LA ROUTE</t>
   </si>
   <si>
     <t>CFPR</t>
   </si>
   <si>
     <t>ROUTE DE NAVES 81100 CASTRES</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>RETRAVAILLER DANS L OUEST</t>
   </si>
   <si>
     <t>BATIMENT A 8 IMPASSE DE BELGIQUE 44300 NANTES</t>
   </si>
   <si>
     <t>27/10/2008</t>
   </si>
   <si>
-    <t>PARC TERTIAIRE DE L'AUBINIERE 7 AVENUE DES AMETHYSTES 44300 NANTES</t>
-[...4 lines deleted...]
-  <si>
     <t>SIPCA</t>
   </si>
   <si>
     <t>3 RUE VALENTIN BOUSCH 57070 METZ</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>BATIMENT LE POINCARE 4EME ETAGE 1 ROUTE DE ROUFFACH 68000 COLMAR</t>
   </si>
   <si>
-    <t>01/02/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>FORMATEURS DE BOURBON</t>
   </si>
   <si>
     <t>IMMEUBLE RAMASSAMY APPT 4 1 B RUE CLAUDE MONET 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>05/09/1990</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...13 lines deleted...]
-  <si>
     <t>SOCRATE CONSEIL &amp; FORMATION</t>
   </si>
   <si>
     <t>189 AVENUE DU MARECHAL FOCH 33500 LIBOURNE</t>
   </si>
   <si>
     <t>30/06/2005</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">HERNANDEZ VERONIQUE   </t>
   </si>
   <si>
     <t>CFA AEP</t>
   </si>
   <si>
     <t>18 BOULEVARD JOHN-FITZGERALD KENNEDY 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/04/2000</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE COMMERCE COMMUNICATION</t>
   </si>
   <si>
     <t>22 RUE EL NOUZAH 06000 NICE</t>
   </si>
   <si>
     <t>03/01/1997</t>
   </si>
   <si>
-    <t>AFIB 2</t>
-[...4 lines deleted...]
-  <si>
     <t>FORMASUP</t>
   </si>
   <si>
-    <t>400 AVENUE ANDRE JORIGNE 82000 MONTAUBAN</t>
-[...2 lines deleted...]
-    <t>08/08/2012</t>
+    <t>34 ROUTE DE FAUCH 81000 ALBI</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
   </si>
   <si>
     <t>ASS INITIA FORMATION APPUI PEDAGOGI EMPL</t>
   </si>
   <si>
     <t>97 MONTEE DE FONT VERT 83140 SIX-FOURS-LES-PLAGES</t>
   </si>
   <si>
     <t>01/03/1992</t>
   </si>
   <si>
     <t>ARIANE FORMATION</t>
   </si>
   <si>
     <t>6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>ELAN FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE LE VERDIANE 12 14 16 RUE DU RHONE 67100 STRASBOURG</t>
   </si>
   <si>
     <t>21/11/2019</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>12 RUE EMILE ZOLA 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>GIDEF</t>
   </si>
   <si>
     <t>1-3 1 RUE D'AURION 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>17/05/2022</t>
   </si>
   <si>
-    <t>AXION FORMATIONS</t>
-[...2 lines deleted...]
-    <t>8 BOULEVARD CORDIER 02100 SAINT-QUENTIN</t>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>SARL AVENIR FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>88 RUE DE BOURGNEUF 49300 CHOLET</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>AREA FORMATION</t>
+  </si>
+  <si>
+    <t>1 VOIE FELIX EBOUE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/1998</t>
+  </si>
+  <si>
+    <t>AUDITEC FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE FOUMI VOIE VERTE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>28/10/2022</t>
+  </si>
+  <si>
+    <t>SOCIETE D'ELABORATION DE PROJETS TECHNIQUES</t>
+  </si>
+  <si>
+    <t>ZAC DU GRAND NOBLE 3 RUE JEAN AMIEL 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>05/01/1998</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERRINE JEAN PIERRE  </t>
+  </si>
+  <si>
+    <t>MAROCAIN 367 B ROUTE NATIONALE 2 97439 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
+    <t>04973265297</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION AU MANAGEMENT A LA GESTION ET A L'ENTREPRENEURIAT</t>
+  </si>
+  <si>
+    <t>LE THALIE 349 RUE DE LA CAVALADE 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>SAS AFEC BAYONNE</t>
+  </si>
+  <si>
+    <t>Z.I DES PONTOTS IMPASSE D'ATCHINETCHE 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>52 AVENUE DES CHAMPS PIERREUX 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>MINIPARC - IMMEUBLE A 8 RUE DU PROFESSEUR ANDRE LAVIGNOLLE 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>44-46 44 RUE DES POSTES 59000 LILLE</t>
+  </si>
+  <si>
+    <t>38-44 38 RUE JEAN MERMOZ 78600 MAISONS-LAFFITTE</t>
+  </si>
+  <si>
+    <t>31/10/2023</t>
+  </si>
+  <si>
+    <t>JMN</t>
+  </si>
+  <si>
+    <t>F.A.C. HOTEL</t>
+  </si>
+  <si>
+    <t>8 RUE LINCOLN 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE FRANCOIS DE MAHY 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>AXE RESSOURCE CONSEIL</t>
+  </si>
+  <si>
+    <t>APPT 6 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>15/01/2002</t>
+  </si>
+  <si>
+    <t>ASS DEVEL NOUVEL TECHNO INFORMA COMMUNIC</t>
+  </si>
+  <si>
+    <t>BAT A PORTE 203 LOTISSEMENT LES HAUTS DE CALIFORNIE 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/06/2011</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>EXEGO</t>
+  </si>
+  <si>
+    <t>PORTE A 26 RUE DES MAGASINS GENERAUX 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>ORDIA</t>
+  </si>
+  <si>
+    <t>69 RUE JEANNE D'ARC 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/12/2013</t>
+  </si>
+  <si>
+    <t>AVLIS FORMATION</t>
+  </si>
+  <si>
+    <t>55 RUE DE MALLEVILLE 95880 ENGHIEN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>AVENIR CONSEILS FORMATIONS</t>
+  </si>
+  <si>
+    <t>40 RUE DE PONTOISE 95870 BEZONS</t>
+  </si>
+  <si>
+    <t>01/12/2008</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY BOULEVARD DU MARQUISAT DE HOUELBOURG 97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>POINT.COM</t>
+  </si>
+  <si>
+    <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/10/2010</t>
+  </si>
+  <si>
+    <t>NEXT FORMATION</t>
+  </si>
+  <si>
+    <t>9 AVENUE DE PARIS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>02/01/2012</t>
+  </si>
+  <si>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE PATIO DES TEMPLIERS 950 ROUTE DES COLLES 06410 BIOT</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ARCHI MED</t>
+  </si>
+  <si>
+    <t>7 RUE BOUCHE-THOMAS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE LA REUNION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ALTEA PARC D’ACTIVITE DE LA MARE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>05/05/2006</t>
+  </si>
+  <si>
+    <t>EXOFORMATIONS</t>
+  </si>
+  <si>
+    <t>30 RUE GEORGES THORETTON 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>03/01/2011</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>FORM HIGH TECH</t>
+  </si>
+  <si>
+    <t>5 RUE PIERRE SIMON DE LAPLACE 57070 METZ</t>
+  </si>
+  <si>
+    <t>25/10/2021</t>
+  </si>
+  <si>
+    <t>ONE 2 ONE</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE TOMI 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>FRASER FORMATION ASSO CULT EUROP</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE VERDI GOUNOD 20 RUE VERDI 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/06/2009</t>
+  </si>
+  <si>
+    <t>ATK CONSEILS</t>
+  </si>
+  <si>
+    <t>2 RUE CATULLE MENDES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>PASSERELLE POUR EMPLOI INITIATIVE ECON</t>
+  </si>
+  <si>
+    <t>CASTEL 97129 LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>GUADINFORM</t>
+  </si>
+  <si>
+    <t>20 RUE ALEXANDRE ISAAC 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>03/05/2005</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>5 RUE JULES BARBIER 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>415 AVENUE DES CHABAUDS 13320 BOUC-BEL-AIR</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>45 RUE EUGENE OUDINE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>PREP'AVENIR FORMATION</t>
+  </si>
+  <si>
+    <t>38 RUE DE LA STATION 95130 FRANCONVILLE</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL BUSINESS SOFTWARE GLOBAL SERVICES</t>
+  </si>
+  <si>
+    <t>42-52 42 RUE DE L'AQUEDUC 75010 PARIS</t>
+  </si>
+  <si>
+    <t>31/01/2018</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
+    <t>FORMATIONS AUX METIERS D'AVENIR</t>
+  </si>
+  <si>
+    <t>53 RUE GUY AUTRET 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>AFA</t>
+  </si>
+  <si>
+    <t>SITE CREANOR 2 ROUTE DE BERGUES 59210 COUDEKERQUE-BRANCHE</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAHLAOUI NABIL   </t>
+  </si>
+  <si>
+    <t>EF2P</t>
+  </si>
+  <si>
+    <t>29 RUE VICTOR GRIGNARD 86000 POITIERS</t>
   </si>
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
-    <t>VIA FORMATION</t>
-[...131 lines deleted...]
-    <t>01/08/2012</t>
+    <t>A ZOT FORMATION</t>
+  </si>
+  <si>
+    <t>39 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>OG FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DES LORIOTS 66700 ARGELES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>RESOURCES AND DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>BATIMENT D - PORTE 13 - LE RAIZET RES LASSERRE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>05/05/2008</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CARRIERES ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 RUE CUVELLE 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>EMPLOI SERVICES FORMATION</t>
+  </si>
+  <si>
+    <t>118 AVENUE JEAN JAURES 75019 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>ASSOFAC</t>
+  </si>
+  <si>
+    <t>32 AVENUE DE L'ILE SAINT MARTIN 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>RUE COLBERT 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>43 B RUE D'HAUTPOUL 75019 PARIS</t>
+  </si>
+  <si>
+    <t>16/02/2021</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA BEAUNE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>20-22 20 RUE GAMBETTA 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>NEXT FORMA</t>
+  </si>
+  <si>
+    <t>77 RUE DU ROCHER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>AVENIR PRO FORMATIONS</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE SEMARD 38600 FONTAINE</t>
+  </si>
+  <si>
+    <t>30/03/2020</t>
   </si>
   <si>
     <t>A.C.G.D.</t>
   </si>
   <si>
-    <t>9 RUE ANDRE PINGAT 51100 REIMS</t>
-[...2 lines deleted...]
-    <t>23/03/2022</t>
+    <t>168 AVENUE JOHN FITZGERALD KENNEDY 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
   </si>
   <si>
     <t>16 30 FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
   </si>
   <si>
     <t>22/06/2015</t>
   </si>
   <si>
     <t>NOMENDUM</t>
   </si>
   <si>
     <t>18 RUE JACQUELINE AURIOL 69008 LYON</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>COURS SAINT PAUL</t>
   </si>
@@ -805,302 +1471,59 @@
   <si>
     <t>25/03/2016</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'ORIENTATION PROFESSIONNELLE DE GUYANE</t>
   </si>
   <si>
     <t>BONHOMME 8 CITE PASCALINE 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/11/2011</t>
   </si>
   <si>
     <t>ALCO FORMATIONS</t>
   </si>
   <si>
     <t>LE-PITON-SAINT-LEU 3 RUE DE L’USINE 97424 SAINT-LEU</t>
   </si>
   <si>
     <t>02/08/2021</t>
   </si>
   <si>
     <t>04973304297</t>
   </si>
   <si>
-    <t>SARL ADREC AUVERGNE</t>
-[...232 lines deleted...]
-  <si>
     <t>NUEVO CONSEIL ET FORMATION</t>
   </si>
   <si>
     <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
-    <t>DISTRICOM FORMATION</t>
-[...7 lines deleted...]
-  <si>
     <t>A.V.I. CONSEIL</t>
   </si>
   <si>
     <t>12 RUE DE LA LIBERTE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>FONDATION COS ALEXANDRE GLASBERG</t>
   </si>
   <si>
     <t>COS CRPF NANTEAU</t>
   </si>
   <si>
     <t>2 RUE DES ARCHES 77710 NANTEAU-SUR-LUNAIN</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>87.30B</t>
   </si>
   <si>
     <t>LADAPT</t>
@@ -1141,282 +1564,81 @@
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>17 AVENUE ANDRE MALRAUX 57000 METZ</t>
   </si>
   <si>
     <t>26 BOULEVARD VOLTAIRE 52000 CHAUMONT</t>
   </si>
   <si>
     <t>BATIMENT B 9 RUE CLAUDE CHRETIEN 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>217 AVENUE PIERRE BROSSOLETTE 10000 TROYES</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>FRATE FORMATION CONSEIL</t>
   </si>
   <si>
     <t>20 RUE DE CHEMNITZ 68200 MULHOUSE</t>
   </si>
   <si>
-    <t>01/08/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>VILLAGE D'ENTREPRISES 352 RUE DENIS PAPIN 40990 SAINT-PAUL-LES-DAX</t>
   </si>
   <si>
     <t>01/01/2003</t>
   </si>
   <si>
     <t>116 IMPASSE DE GUADELUPEA 64480 USTARITZ</t>
   </si>
   <si>
-    <t>01/01/2015</t>
-[...1 lines deleted...]
-  <si>
     <t>AS FO BEARN SOULE BIGORRE</t>
   </si>
   <si>
     <t>PARC D'ACTIVITES PAU-PYRENEES 17 AVENUE LEON BLUM 64000 PAU</t>
   </si>
   <si>
     <t>ASS FORMATION PROFESSIONN DE L'INDUSTRIE</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY RUE DE ROME 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>16/06/2022</t>
   </si>
   <si>
-    <t>RESOURCES AND DEVELOPMENT</t>
-[...197 lines deleted...]
-    <t>01/09/1986</t>
+    <t>FORMALEAZ</t>
+  </si>
+  <si>
+    <t>130 RUE DU MARAIS 59282 NOYELLES-SUR-SELLE</t>
   </si>
   <si>
     <t>MP FORMATION</t>
   </si>
   <si>
     <t>1 CRS DE L EVEQUE MOREAU 71000 MACON</t>
   </si>
   <si>
     <t>21/07/2016</t>
   </si>
   <si>
     <t>NEPSOD EVOLUTION</t>
   </si>
   <si>
     <t>NEPSOD, NEPSOD EVOLUTION</t>
   </si>
   <si>
     <t>4 B RUE DENAVE 69170 TARARE</t>
   </si>
   <si>
     <t>02/01/2017</t>
   </si>
   <si>
     <t>PARC GALAXIE SUD ENTREE B AV DE L ASTROLABE 38130 ECHIROLLES</t>
   </si>
@@ -1435,645 +1657,600 @@
   <si>
     <t>ZAC DU 14 JUILLET RUE PIERRE ET MARIE CURIE 62223 SAINT-LAURENT-BLANGY</t>
   </si>
   <si>
     <t>23/12/2014</t>
   </si>
   <si>
     <t>ECOLE GALLIENI</t>
   </si>
   <si>
     <t>TAXI GALLIENI</t>
   </si>
   <si>
     <t>18 BOULEVARD DU GENERAL GALLIENI 93600 AULNAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>06/01/2014</t>
   </si>
   <si>
     <t>NUEVO CFA</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>14/05/2023</t>
+  </si>
+  <si>
+    <t>04973498297</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
   </si>
   <si>
     <t>BATIMENT H ZI KAWENI CENTRE MAHARAJAH SIS RUE DE L'AR 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>13/04/2023</t>
   </si>
   <si>
     <t>06970007397</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>CAMPUS REUNION</t>
   </si>
   <si>
     <t>1 ALL FRANCIS SAUTRON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>SOCIETE MAHORAISE DE FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>ZI KAWENI ESPACE COMMERCIAL NOSSI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>27/10/2015</t>
   </si>
   <si>
     <t>06970007697</t>
   </si>
   <si>
+    <t>ADAFORSS</t>
+  </si>
+  <si>
+    <t>104 RUE RIVAY 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>20/11/2019</t>
+  </si>
+  <si>
+    <t>SASU IROF (INSTITUT REUNIONNAIS D'ORIENTATION ET DE FORMATION)</t>
+  </si>
+  <si>
+    <t>RAVINE DES CABRIS 6 IMPASSE GEORGES GILEROT 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>ATELIER D'AMENAGEMENT TOURISTIQUE POUR L'INSERTION</t>
+  </si>
+  <si>
+    <t>525 RUE ANDROPOLIS 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>27/11/2017</t>
+  </si>
+  <si>
+    <t>CREATIVE</t>
+  </si>
+  <si>
+    <t>10 PLACE FRANCOIS MITTERRAND 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>CF LIVRY CONDUITE</t>
+  </si>
+  <si>
+    <t>5 AVENUE JEAN JACQUES ROUSSEAU 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>07/05/2015</t>
+  </si>
+  <si>
+    <t>NACARAT</t>
+  </si>
+  <si>
+    <t>46 RUE BARROUIN 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>18/04/2022</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS NETWORK</t>
+  </si>
+  <si>
+    <t>ZA DU PUECH RADIER 260 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>WOOPA 10 AVENUE DES CANUTS 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>05/04/2022</t>
+  </si>
+  <si>
+    <t>CENTRE D'INSERTION SOCIALE  ET DE FORMATION</t>
+  </si>
+  <si>
+    <t>C.I.S.F.</t>
+  </si>
+  <si>
+    <t>DUBEDOU 97118 SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>FLEX RECOUVREMENT</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA MAIRIE 37130 CINQ-MARS-LA-PILE</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>CEFORA</t>
+  </si>
+  <si>
+    <t>LOCAL 1 PARC 2000 3 RUE THEODORE DROUHET 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/10/2015</t>
+  </si>
+  <si>
+    <t>FORMATION PLUS MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>32-33 32 BOULEVARD JEAN BOURRAT 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>15/11/2015</t>
+  </si>
+  <si>
+    <t>LES FORMATIONS DU MARAIS</t>
+  </si>
+  <si>
+    <t>15 RUE DES OISEAUX 79460 MAGNE</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>ATHELIA INSTITUT DE FORMATION CONSEILS ET PERFORMANCE</t>
+  </si>
+  <si>
+    <t>ATHELIA IV LES TERRASSES DE LA CIOTAT 404 AVENUE DE LA TRAMONTANE 13600 LA CIOTAT</t>
+  </si>
+  <si>
+    <t>05/06/2024</t>
+  </si>
+  <si>
+    <t>GRS</t>
+  </si>
+  <si>
+    <t>49 RUE JOSEPH BARA 78800 HOUILLES</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>C F R CENTRE DE FORMATION RENAISSANCE</t>
+  </si>
+  <si>
+    <t>MORNE NOTRE DAME PETIT PEROU RUE DES FINANCES 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>05/06/2016</t>
+  </si>
+  <si>
+    <t>SAVOIRS ET FORMATION</t>
+  </si>
+  <si>
+    <t>12 RUE DE LA BOUTIERE 39100 CRISSEY</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>MTV</t>
+  </si>
+  <si>
+    <t>SKILZH</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA TOURELLE 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>15/07/2020</t>
+  </si>
+  <si>
+    <t>ESSOR BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA RECOLTE 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>24/01/2021</t>
+  </si>
+  <si>
+    <t>APTITUDES 21</t>
+  </si>
+  <si>
+    <t>61-69 61 RUE CAMILLE PELLETAN 33150 CENON</t>
+  </si>
+  <si>
+    <t>30/05/2018</t>
+  </si>
+  <si>
+    <t>FORMA PLUS</t>
+  </si>
+  <si>
+    <t>5 LOT LES BANANIERS RUE LONGUETEAU 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>01973210497</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>RUE DE ROSEL 14000 CAEN</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>27 RUE LEONARD SAMIE 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>LES SEPT MARES 78990 ELANCOURT</t>
+  </si>
+  <si>
+    <t>675 ROUTE DE MACULLY 74330 POISY</t>
+  </si>
+  <si>
+    <t>104 ROUTE DU LAC MELOT 16600 MORNAC</t>
+  </si>
+  <si>
+    <t>1 RUE DU PETIT BOIS 71300 MONTCEAU-LES-MINES</t>
+  </si>
+  <si>
+    <t>1 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>RUE ANTON TCHEKHOV 14123 IFS</t>
+  </si>
+  <si>
+    <t>54 BOULEVARD LAVERAN 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>137 RUE RENE MAIRE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>168 BOULEVARD CURIE 62100 CALAIS</t>
+  </si>
+  <si>
+    <t>19/12/2016</t>
+  </si>
+  <si>
+    <t>244 ROUTE DE TURIN 06300 NICE</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA MADELEINE 29600 MORLAIX</t>
+  </si>
+  <si>
+    <t>15 RUE DU PETIT SPERNOT 29200 BREST</t>
+  </si>
+  <si>
+    <t>6-8 6 RUE GEORGES ET MAI POLITZER 75012 PARIS</t>
+  </si>
+  <si>
+    <t>29 RUE DES MADIERES 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>94 AVENUE DE CANEJAN 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1  1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>12 IMPASSE AMPERE 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
+    <t>28 AVENUE DE L'ILE SAINT MARTIN 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>EPV</t>
+  </si>
+  <si>
+    <t>8 RUE PICOT 83000 TOULON</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>ACTION CAPACITES COMPETENCES D'ECONOMIE SOLIDAIRE.</t>
+  </si>
+  <si>
+    <t>PASSAMAINTY 1421 ROUTE DEPARTEMENTALE 3 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>09/03/2017</t>
+  </si>
+  <si>
+    <t>06973106297</t>
+  </si>
+  <si>
+    <t>SASU DEFI</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CANOPEE 2 LIEUDIT BEAUSEJOUR 26 RUE DU CENTRE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>17/07/2020</t>
+  </si>
+  <si>
+    <t>04973104197</t>
+  </si>
+  <si>
+    <t>CRC</t>
+  </si>
+  <si>
+    <t>CR CONSULTING</t>
+  </si>
+  <si>
+    <t>401 CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>02/04/2021</t>
+  </si>
+  <si>
+    <t>SAS FORMATION &amp; CONSEIL MRH</t>
+  </si>
+  <si>
+    <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>03973131197</t>
+  </si>
+  <si>
+    <t>AW</t>
+  </si>
+  <si>
+    <t>11 RUE EMILE COMBES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>26/01/2018</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>OXIDEVE</t>
+  </si>
+  <si>
+    <t>39 AVENUE JEAN-FRANCOIS CHAMPOLLION 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>LV CONSULTANTS</t>
+  </si>
+  <si>
+    <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>25/07/2018</t>
+  </si>
+  <si>
+    <t>03973165997</t>
+  </si>
+  <si>
+    <t>CARRIERE SHAKER</t>
+  </si>
+  <si>
+    <t>53 RUE DE L’UNION 95100 ARGENTEUIL</t>
+  </si>
+  <si>
+    <t>21/09/2018</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE COMMERCE DES TROIS FRONTIERES</t>
+  </si>
+  <si>
+    <t>10 RUE DE VILLAGE-NEUF 68300 SAINT-LOUIS</t>
+  </si>
+  <si>
+    <t>29/10/2018</t>
+  </si>
+  <si>
+    <t>SHARE FORMATION</t>
+  </si>
+  <si>
+    <t>1 COUR DU HAVRE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>15/03/2019</t>
+  </si>
+  <si>
+    <t>VOL GROUPE CONSEILS, FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ROUTE DE FANLAC 24580 PLAZAC</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>ABC CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>34 RUE DE SARLIEVE 63800 COURNON-D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>27/03/2019</t>
+  </si>
+  <si>
+    <t>SENOV CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN JAURES 92390 VILLENEUVE-LA-GARENNE</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>BEFORMA</t>
+  </si>
+  <si>
+    <t>OP THALES - ETG 3 5 CHEMIN DE GRAND CANAL 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>04973207097</t>
+  </si>
+  <si>
+    <t>FORMAZOT OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>L'EPERON SAINT GILLES LES HAUTS 20 RUE TERRAIN L'AVION 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>04973209997</t>
+  </si>
+  <si>
     <t>EVOLUTION FORMATION OCEAN INDIEN</t>
   </si>
   <si>
     <t>184 RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>27/01/2020</t>
   </si>
   <si>
     <t>04973229297</t>
   </si>
   <si>
-    <t>C. FORMAT PRO CONSEIL</t>
-[...536 lines deleted...]
-    <t>04973209997</t>
+    <t>EN MODE FORMATION</t>
+  </si>
+  <si>
+    <t>9 PLACE JACQUES MARETTE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
   </si>
   <si>
     <t>PAM OI</t>
   </si>
   <si>
     <t>PAM</t>
   </si>
   <si>
     <t>38 B RUE DES CANNELIERS 97436 SAINT-LEU</t>
   </si>
   <si>
     <t>04973425197</t>
   </si>
   <si>
     <t>QUALITY FORMATION</t>
   </si>
   <si>
     <t>EGRH</t>
   </si>
   <si>
     <t>3 RUE SAGLIO 67100 STRASBOURG</t>
   </si>
   <si>
     <t>25/05/2022</t>
   </si>
@@ -2131,143 +2308,179 @@
   <si>
     <t>CONCEPT FORMATION</t>
   </si>
   <si>
     <t>3 B AVENUE EUDOXIE NONGE 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>04973253897</t>
   </si>
   <si>
     <t xml:space="preserve">ALLY MALIKA CELINE  </t>
   </si>
   <si>
     <t>APT 6 RES ANEMONE 30 RUE RUISSEAU DES NOIRS 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>08/07/2020</t>
   </si>
   <si>
     <t>04973486197</t>
   </si>
   <si>
+    <t>LCP FORMATION</t>
+  </si>
+  <si>
+    <t>27 REGALE VIGNETTE 97211 RIVIERE-PILOTE</t>
+  </si>
+  <si>
+    <t>03/07/2020</t>
+  </si>
+  <si>
+    <t>02973257097</t>
+  </si>
+  <si>
     <t>HELP</t>
   </si>
   <si>
     <t>14 AVENUE ROLAND GARROS 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>14/06/2020</t>
   </si>
   <si>
     <t>04973259597</t>
   </si>
   <si>
     <t>ECLOSON</t>
   </si>
   <si>
     <t>CHEZ SOURCE BUREAU 562 59 RUE DE PONTHIEU 75008 PARIS</t>
   </si>
   <si>
     <t>31/07/2020</t>
   </si>
   <si>
     <t>ELIKYA ACADEMY</t>
   </si>
   <si>
     <t>10 RUE SAINT THEOBALD 38080 L'ISLE-D'ABEAU</t>
   </si>
   <si>
     <t>27/07/2020</t>
   </si>
   <si>
     <t>SASU ELFE COACHING CONSEIL ET ASSISTANCE</t>
   </si>
   <si>
     <t>ELFE ACADEMY</t>
   </si>
   <si>
     <t>1 ROUTE DE MOUFIA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>04973298997</t>
   </si>
   <si>
+    <t>ISCOD</t>
+  </si>
+  <si>
     <t>ABSUP</t>
   </si>
   <si>
     <t>74 COURS LAFAYETTE 69003 LYON</t>
   </si>
   <si>
     <t>ACADEMIE DES METIERS CENTRE DE FORMATION</t>
   </si>
   <si>
     <t>HOPE ESTATE BAT 1 LOT 16 17B 18 LIEUDIT ESPERANCE 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>07/04/2022</t>
   </si>
   <si>
     <t>01973283397</t>
   </si>
   <si>
     <t>SMT</t>
   </si>
   <si>
     <t>ZAC DE KERGARADEC 1 AVENUE BARON LACROSSE 29850 GOUESNOU</t>
   </si>
   <si>
     <t>24/02/2021</t>
   </si>
   <si>
     <t>PREVENTO RISKS</t>
   </si>
   <si>
     <t>PREVENTO RISKS SARL</t>
   </si>
   <si>
     <t>1ER ETAGE 4 RUE DE LA DURANCE 67100 STRASBOURG</t>
   </si>
   <si>
     <t>05/10/2020</t>
   </si>
   <si>
     <t>EFFOR SPORT &amp; BUSINESS</t>
   </si>
   <si>
     <t>74 RUE DU DOCTEUR LEMOINE 51100 REIMS</t>
   </si>
   <si>
     <t>20/03/2023</t>
   </si>
   <si>
+    <t>PLATINIUM ACADEMY</t>
+  </si>
+  <si>
+    <t>24 RUE DOMER 69007 LYON</t>
+  </si>
+  <si>
+    <t>04/03/2021</t>
+  </si>
+  <si>
+    <t>KAPTIV</t>
+  </si>
+  <si>
+    <t>IMM ZE BUREAU ST GILLES LES HTS 121 ROUTE DE L'EPERON 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>04973308997</t>
+  </si>
+  <si>
     <t>ROANNE SUP</t>
   </si>
   <si>
     <t>INSTILL</t>
   </si>
   <si>
     <t>53 RUE ALBERT THOMAS 42300 ROANNE</t>
   </si>
   <si>
     <t>02/06/2021</t>
   </si>
   <si>
     <t>THOT LEARNING</t>
   </si>
   <si>
     <t>BATIMENT I 14 RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>STAND UP FORMATION</t>
   </si>
   <si>
     <t>ST GILLES LES BAINS 6105 AVENUE DE BOURBON 97434 SAINT-PAUL</t>
   </si>
   <si>
     <t>04973635897</t>
@@ -2308,197 +2521,245 @@
   <si>
     <t>09/08/2021</t>
   </si>
   <si>
     <t>04973327897</t>
   </si>
   <si>
     <t>M2A CONSULTING</t>
   </si>
   <si>
     <t>2 B RUE DUPONT DE L'EURE 75020 PARIS</t>
   </si>
   <si>
     <t>12/07/2021</t>
   </si>
   <si>
     <t>CERTIFECO</t>
   </si>
   <si>
     <t>429 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>15/03/2022</t>
   </si>
   <si>
-    <t>SB CONSULTING FORMATION</t>
-[...35 lines deleted...]
-    <t>04/09/2023</t>
+    <t>SP FORMATION</t>
+  </si>
+  <si>
+    <t>82 AVENUE DE FLANDRE 75019 PARIS</t>
+  </si>
+  <si>
+    <t>11/11/2022</t>
+  </si>
+  <si>
+    <t>DIPLOMANCE</t>
+  </si>
+  <si>
+    <t>5 RUE DU HELDER 75009 PARIS</t>
+  </si>
+  <si>
+    <t>28/12/2021</t>
+  </si>
+  <si>
+    <t>66.30Z</t>
   </si>
   <si>
     <t>J'AI VOTRE SOLUTION</t>
   </si>
   <si>
     <t>APPARTEMENT 4, ETAGE2. 20 RUE DU LANGUEDOC 31000 TOULOUSE</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION WAKATI</t>
   </si>
   <si>
     <t>7 IMPASSE DU CHATEAU D’EAU 97615 DZAOUDZI</t>
   </si>
   <si>
     <t>07/01/2022</t>
   </si>
   <si>
     <t>06973385197</t>
   </si>
   <si>
     <t>CAB EXPERT</t>
   </si>
   <si>
     <t>SAINTE CLOTILDE 68 RUE TESSAN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/06/2022</t>
   </si>
   <si>
     <t>04973364797</t>
   </si>
   <si>
+    <t>JT CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>27 RUE DU BOIS DE NEFLES 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>29/09/2024</t>
+  </si>
+  <si>
+    <t>04973368097</t>
+  </si>
+  <si>
+    <t>DNS FORMATION</t>
+  </si>
+  <si>
+    <t>31 RUE JOSEPH-LOUIS DUC 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>04/02/2022</t>
+  </si>
+  <si>
     <t>FORMATION ET CONSEIL EN SECURITE EN REGION GRAND-EST</t>
   </si>
   <si>
     <t>15 RUE D'AVIGNON 68200 MULHOUSE</t>
   </si>
   <si>
     <t>27/12/2022</t>
   </si>
   <si>
     <t>STUDI</t>
   </si>
   <si>
     <t>155 RUE DE CHARONNE 75011 PARIS</t>
   </si>
   <si>
     <t>SAM &amp; FT ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>4 AVENUE CAMILLE PUJOL 31500 TOULOUSE</t>
   </si>
   <si>
     <t>19/04/2022</t>
   </si>
   <si>
     <t>IDEV</t>
   </si>
   <si>
+    <t>LAVERA 65 RUE DES LAURONS 13117 MARTIGUES</t>
+  </si>
+  <si>
     <t>IMMEUBLE MARSAN KERLYS RUE SAINT CHRISTOPHE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>23/05/2022</t>
   </si>
   <si>
+    <t>44 RUE HENRI BECQUEREL-JARRY 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>15/06/2023</t>
+  </si>
+  <si>
     <t>IFORMA SUD</t>
   </si>
   <si>
     <t>258 RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>04973393697</t>
   </si>
   <si>
+    <t>FMDB FORMATION</t>
+  </si>
+  <si>
+    <t>38 RUE DU GOLERON 74370 ANNECY</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
     <t>COACH IN FRANCE</t>
   </si>
   <si>
     <t>21 RUE MAL FOCH 56000 VANNES</t>
   </si>
   <si>
     <t>20/04/2022</t>
   </si>
   <si>
+    <t>COMUNIC-CAMPUS</t>
+  </si>
+  <si>
+    <t>13 AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>FORM'A OU</t>
+  </si>
+  <si>
+    <t>FORM'A NOU</t>
+  </si>
+  <si>
+    <t>63 RUE IDRISS METHAR 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>29/08/2022</t>
+  </si>
+  <si>
+    <t>04973395097</t>
+  </si>
+  <si>
     <t>FORMATIONS COMPETENCES ET PERFECTIONNEMENT (F.C.P)</t>
   </si>
   <si>
     <t>CHEMIN DE L’OLIVETTE 83330 LE CASTELLET</t>
   </si>
   <si>
     <t>11/07/2022</t>
   </si>
   <si>
     <t>NEXLEVEL</t>
   </si>
   <si>
     <t>13 RUE DES DEMI JOURNAUX 67130 NEUVILLER-LA-ROCHE</t>
   </si>
   <si>
     <t>20/07/2022</t>
   </si>
   <si>
+    <t>DEVELOPMIND FORMATION</t>
+  </si>
+  <si>
+    <t>2 BOULEVARD DU GENERAL DE GAULLE 94270 LE KREMLIN-BICETRE</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
     <t>VISIONNAIRE INSTITUTE</t>
   </si>
   <si>
-    <t>2 BOULEVARD DU GENERAL DE GAULLE 94270 LE KREMLIN-BICETRE</t>
-[...1 lines deleted...]
-  <si>
     <t>18/06/2024</t>
   </si>
   <si>
     <t>CLASSEOS</t>
   </si>
   <si>
     <t>62 RUE DOUDEAUVILLE 75018 PARIS</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>RESO FINANCE</t>
   </si>
   <si>
     <t>48 RUE DE NEUILLY 92110 CLICHY</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>CG ACADEMY</t>
   </si>
   <si>
     <t>9-11 9 RUE GEORGES ENESCO 94000 CRETEIL</t>
@@ -2536,83 +2797,110 @@
   <si>
     <t>11 RUE NELSON MANDELA 95170 DEUIL-LA-BARRE</t>
   </si>
   <si>
     <t>03/06/2024</t>
   </si>
   <si>
     <t>CAP'FORMATIONS</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>SAS MASEB</t>
   </si>
   <si>
     <t>45 RUE ALEXIS DE VILLENEUVE 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>17/07/2024</t>
   </si>
   <si>
     <t>04973610097</t>
   </si>
   <si>
+    <t>LES AS DU MARKETING</t>
+  </si>
+  <si>
+    <t>45 RUE DE JOUY 92370 CHAVILLE</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
     <t>CFA MERCURE</t>
   </si>
   <si>
     <t>145 CHEMIN DE LA PASSIO-VELLA 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>CFA PARVATI</t>
   </si>
   <si>
     <t>28/01/2025</t>
   </si>
   <si>
     <t>CFA GRAND SUD</t>
   </si>
   <si>
     <t>VILLA CARMEL PARC TECHNOLOGIQUE DU CA 14 AVENUE DE L'EUROPE 31520 RAMONVILLE-SAINT-AGNE</t>
   </si>
   <si>
     <t>18/01/2025</t>
   </si>
   <si>
     <t>INSTITUT JULES</t>
   </si>
   <si>
     <t>229 RUE DE SOLFERINO 59000 LILLE</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
+    <t>CERTIFY FORMATION</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>ETHOS COMPETENCES</t>
+  </si>
+  <si>
+    <t>LOT PASTEUR 60 CHEMIN FERNAND COLLARDEAU 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>04973678997</t>
+  </si>
+  <si>
     <t>ACADEMIE PROFESSIONNELLE</t>
   </si>
   <si>
     <t>13 BOULEVARD D'AULNAY 93250 VILLEMOMBLE</t>
   </si>
   <si>
     <t>27/06/2023</t>
   </si>
   <si>
     <t>NR CONSULTING</t>
   </si>
   <si>
     <t>3 RUE DE LA BEGUDE 69320 FEYZIN</t>
   </si>
   <si>
     <t>08/02/2023</t>
   </si>
   <si>
     <t>SKOOL N'JOB</t>
   </si>
   <si>
     <t>145 CHEMIN DE LA PASSIO VELLA 66100 PERPIGNAN</t>
   </si>
   <si>
     <t>01/05/2023</t>
@@ -2641,87 +2929,120 @@
   <si>
     <t>16 RUE DE LA REPUBLIQUE 45000 ORLEANS</t>
   </si>
   <si>
     <t>02/10/2023</t>
   </si>
   <si>
     <t>GROUPE MMR EDUCATION</t>
   </si>
   <si>
     <t>150 ROUTE DE LILLE 62880 ANNAY</t>
   </si>
   <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>OXYTALIS</t>
   </si>
   <si>
     <t>135 RUE ROBESPIERRE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>23/12/2023</t>
   </si>
   <si>
+    <t>ADEPROS FORMATIONS</t>
+  </si>
+  <si>
+    <t>104 BOULEVARD RENE CASSIN 06200 NICE</t>
+  </si>
+  <si>
     <t xml:space="preserve">SELLON MARIE STEPHANIE  </t>
   </si>
   <si>
     <t>10 B BOULEVARD DU FRONT DE MER 97450 SAINT-LOUIS</t>
   </si>
   <si>
     <t>12/02/2024</t>
   </si>
   <si>
     <t>04973537997</t>
   </si>
   <si>
     <t>ALIRYS</t>
   </si>
   <si>
     <t>227 CHEMIN LAGOURGUE 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>21/02/2024</t>
   </si>
   <si>
     <t>04973557397</t>
   </si>
   <si>
     <t>WEBACAD</t>
   </si>
   <si>
     <t>15 RUE DE LA GARE 57400 SARREBOURG</t>
   </si>
   <si>
     <t>ACADEMY OF SUCCESS</t>
   </si>
   <si>
     <t>32 RUE FRANCINE FROMONT 69120 VAULX-EN-VELIN</t>
   </si>
   <si>
     <t>02/03/2024</t>
+  </si>
+  <si>
+    <t>H3-VAELIA</t>
+  </si>
+  <si>
+    <t>61 RUE JEAN BRIAUD 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>DJANELIS FORMATION</t>
+  </si>
+  <si>
+    <t>7 RUE DES CHAMPS DE BOULEUX 60180 NOGENT-SUR-OISE</t>
+  </si>
+  <si>
+    <t>30/05/2025</t>
+  </si>
+  <si>
+    <t>CFA TERRITOIRE ET METIERS</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>04973715697</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3060,51 +3381,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M296"/>
+  <dimension ref="A1:M332"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3237,10945 +3558,12293 @@
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="3">
         <v>32590928359</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>13002280900219</v>
+        <v>13002271800667</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>53351000435</v>
+        <v>32590928359</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>18003606300220</v>
+        <v>13002280900219</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="I6" s="3">
-        <v>11910865091</v>
+        <v>53351000435</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>18150001800062</v>
+        <v>18003606300220</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>39</v>
+      </c>
+      <c r="I7" s="3">
+        <v>11910865091</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>18383002500031</v>
+        <v>18150001800062</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="F8" s="2" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>18640005700078</v>
+        <v>18310907300050</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19060075900020</v>
+        <v>18383002500031</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19120024500022</v>
+        <v>18640005700078</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19130053200022</v>
+        <v>18974211700097</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>93131539413</v>
+        <v>98970017797</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19310044300020</v>
+        <v>18974211700121</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
+      </c>
+      <c r="I13" s="3">
+        <v>98970017797</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19330023300031</v>
+        <v>19060075900020</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19380033100020</v>
+        <v>19100025600039</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19450782800045</v>
+        <v>19130053200022</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>24450279845</v>
+        <v>93131539413</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19630021400042</v>
+        <v>19310044300020</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19700905300020</v>
+        <v>19330023300031</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19710012600022</v>
+        <v>19380033100020</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19720033000029</v>
+        <v>19450782800045</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>52720123172</v>
+        <v>24450279845</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19760096800022</v>
+        <v>19630021400042</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19800049900048</v>
+        <v>19700905300020</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19820021400049</v>
+        <v>19710012600022</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19940113400028</v>
+        <v>19720033000037</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>30</v>
+      </c>
+      <c r="I24" s="3">
+        <v>52720123172</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19971405600025</v>
+        <v>19760096800022</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19971588900028</v>
+        <v>19800049900048</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>95970138797</v>
+        <v>30</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>128</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19974001000038</v>
+        <v>19820021400049</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>35098901800014</v>
+        <v>19940113400028</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>73810017181</v>
+        <v>30</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>138</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>37761090200126</v>
+        <v>19971405600025</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="D29" s="2"/>
+        <v>139</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>140</v>
+      </c>
       <c r="E29" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>145</v>
+        <v>99</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>37761090200464</v>
+        <v>19971588900028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
-        <v>52440141744</v>
+        <v>95970138797</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>37910926700086</v>
+        <v>19974001000038</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="D31" s="2"/>
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>11921948692</v>
+        <v>30</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>150</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>37910926700144</v>
+        <v>30540504500421</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D32" s="2"/>
+        <v>151</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>152</v>
+      </c>
       <c r="E32" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I32" s="3">
-        <v>11921948692</v>
+        <v>11750091675</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>37945726000014</v>
+        <v>49347214600049</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I33" s="3">
-        <v>98970045097</v>
+        <v>24280162628</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>38172504300032</v>
+        <v>75163954300048</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="G34" s="2" t="s">
         <v>160</v>
       </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I34" s="3">
-        <v>93830108483</v>
+        <v>95970176497</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>38311361000059</v>
+        <v>90472101600023</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2" t="s">
+        <v>161</v>
+      </c>
       <c r="E35" s="2" t="s">
         <v>162</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>163</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
-        <v>72330221833</v>
+        <v>11770750277</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>38347394900048</v>
+        <v>90493432000014</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I36" s="3">
-        <v>91660192466</v>
+        <v>11756398775</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>38370431900037</v>
+        <v>90782573100033</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E37" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="D37" s="2"/>
-      <c r="E37" s="2" t="s">
+      <c r="F37" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>38436936900010</v>
+        <v>90814751500021</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I38" s="3">
-        <v>72330402333</v>
+        <v>44670698667</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>38465538700023</v>
+        <v>83896264500027</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I39" s="3">
-        <v>73820012182</v>
+        <v>11940988294</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>38531301000014</v>
+        <v>43935471300042</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I40" s="3">
-        <v>93830307583</v>
+        <v>52440468644</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>39014842700094</v>
+        <v>39839792700102</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I41" s="3">
-        <v>98970295297</v>
+        <v>52720055472</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>39075824100108</v>
+        <v>81875335200025</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I42" s="3">
-        <v>42670182967</v>
+        <v>98973060797</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>39336786700156</v>
+        <v>81875335200033</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I43" s="3">
-        <v>11752175275</v>
+        <v>98973060797</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>39446820100147</v>
+        <v>81875335200058</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I44" s="3">
-        <v>11930960693</v>
+        <v>98973060797</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39504180900058</v>
+        <v>81960789600027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I45" s="3">
-        <v>22020045002</v>
+        <v>98973076097</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39839792700102</v>
+        <v>51867332200013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I46" s="3">
-        <v>52720055472</v>
+        <v>96973041497</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>43488451600031</v>
+        <v>51894767600020</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I47" s="3">
-        <v>11950532095</v>
+        <v>95973070297</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>43935471300042</v>
+        <v>51959927800081</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="I48" s="3">
-        <v>52440468644</v>
+        <v>22600239860</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>44062052400114</v>
+        <v>31249509600199</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I49" s="3">
-        <v>95970113997</v>
+        <v>11750247275</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>44064045600024</v>
+        <v>32434542000040</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="I50" s="3">
-        <v>96973029797</v>
+        <v>73310029931</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>44158313500047</v>
+        <v>32441928200383</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I51" s="3">
-        <v>11753663175</v>
+        <v>11753781075</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>44340081700088</v>
+        <v>32441928201324</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I52" s="3">
-        <v>11921413692</v>
+        <v>11753781075</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>44391763800035</v>
+        <v>32441928201381</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I53" s="3">
-        <v>98970283697</v>
+        <v>11753781075</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>44430025500031</v>
+        <v>32912198200022</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I54" s="3">
-        <v>11921435292</v>
+        <v>11751717175</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>45125756200111</v>
+        <v>33377152500032</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
-        <v>76311242231</v>
+        <v>93050009405</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>45169029100021</v>
+        <v>33958143100030</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I56" s="3">
-        <v>41570226157</v>
+        <v>23760065476</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>45404576600069</v>
+        <v>33986696400051</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>225</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>226</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>40</v>
+        <v>229</v>
       </c>
       <c r="I57" s="3">
-        <v>98970293297</v>
+        <v>11780768578</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>47916524300029</v>
+        <v>34029140000018</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="I58" s="3">
-        <v>93060572506</v>
+        <v>24370027737</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>47946661700020</v>
+        <v>34174419100014</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I59" s="3">
-        <v>11753829375</v>
+        <v>41550006255</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>52490818300030</v>
+        <v>34277034400055</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I60" s="3">
-        <v>44510223951</v>
+        <v>98970026297</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>53060076600022</v>
+        <v>34277034400063</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I61" s="3">
-        <v>91300315630</v>
+        <v>98970026297</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>53099768300038</v>
+        <v>35098901800014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>241</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>242</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="I62" s="3">
-        <v>84691807369</v>
+        <v>73810017181</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>53161482400054</v>
+        <v>37761090200126</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I63" s="3">
-        <v>98970374697</v>
+        <v>52440141744</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>53755201000036</v>
+        <v>37910926700086</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I64" s="3">
-        <v>41570309657</v>
+        <v>11921948692</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>53813653200016</v>
+        <v>37910926700144</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>258</v>
+        <v>189</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I65" s="3">
-        <v>96973046397</v>
+        <v>11921948692</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>53994284700036</v>
+        <v>37945726000014</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>30</v>
+      </c>
+      <c r="I66" s="3">
+        <v>98970045097</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>48051919800026</v>
+        <v>38311361000059</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
       <c r="I67" s="3">
-        <v>83630370563</v>
+        <v>72330221833</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>48277318100011</v>
+        <v>38347394900048</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>259</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>260</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I68" s="3">
-        <v>95970132597</v>
+        <v>91660192466</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>48834744400033</v>
+        <v>38370431900037</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I69" s="3">
-        <v>11922488592</v>
+        <v>93060405906</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>48908897100077</v>
+        <v>38465538700031</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I70" s="3">
-        <v>93830380583</v>
+        <v>73820012182</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>48908897100184</v>
+        <v>38531301000014</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I71" s="3">
-        <v>93830380583</v>
+        <v>93830307583</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>48909912700024</v>
+        <v>39014842700094</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I72" s="3">
-        <v>11950549995</v>
+        <v>98970295297</v>
       </c>
       <c r="J72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>49098556100011</v>
+        <v>39075824100108</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I73" s="3">
-        <v>54860098786</v>
+        <v>42670182967</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>49104921900042</v>
+        <v>39336786700156</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>286</v>
+        <v>30</v>
       </c>
       <c r="I74" s="3">
-        <v>11755134575</v>
+        <v>11752175275</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>49120441800033</v>
+        <v>39446820100147</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I75" s="3">
-        <v>53290814729</v>
+        <v>11930960693</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>49870909600024</v>
+        <v>40073444800022</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I76" s="3">
-        <v>32591150459</v>
+        <v>31590340859</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>50109198700062</v>
+        <v>40538900800054</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>293</v>
-[...3 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>194</v>
+        <v>290</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I77" s="3">
-        <v>75860165786</v>
+        <v>52490128249</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>50205976900054</v>
+        <v>40802325700038</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I78" s="3">
-        <v>98970323297</v>
+        <v>11752611775</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>40538900800054</v>
+        <v>40848589400021</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I79" s="3">
-        <v>52490128249</v>
+        <v>95970013797</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>40802325700038</v>
+        <v>41156588000027</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I80" s="3">
-        <v>11752611775</v>
+        <v>73310273931</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>40848589400021</v>
+        <v>41159185200073</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I81" s="3">
-        <v>95970013797</v>
+        <v>96973018697</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>41156588000027</v>
+        <v>41436247500025</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I82" s="3">
-        <v>73310273931</v>
+        <v>73310286031</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>41159185200073</v>
+        <v>42055159000037</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>96973018697</v>
+        <v>30</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>309</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>41436247500025</v>
+        <v>42084724600329</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>316</v>
+        <v>290</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I84" s="3">
-        <v>73310286031</v>
+        <v>11754013675</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>42055159000037</v>
+        <v>42219375500598</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>312</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E85" s="2" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>30</v>
+      </c>
+      <c r="I85" s="3">
+        <v>11753582375</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>42219375500598</v>
+        <v>42219375500705</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I86" s="3">
         <v>11753582375</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42219375500705</v>
+        <v>42219375500713</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I87" s="3">
         <v>11753582375</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>42219375500713</v>
+        <v>42219375500804</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>328</v>
+        <v>290</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I88" s="3">
         <v>11753582375</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>42219375500804</v>
+        <v>42219375500812</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>301</v>
+        <v>322</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I89" s="3">
         <v>11753582375</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>42219375500812</v>
+        <v>42400875300024</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="D90" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>324</v>
+      </c>
       <c r="E90" s="2" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I90" s="3">
-        <v>11753582375</v>
+        <v>11754911475</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>42400875300024</v>
+        <v>42403977400023</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>332</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>298</v>
+        <v>329</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I91" s="3">
-        <v>11754911475</v>
+        <v>98970238497</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>42403977400023</v>
+        <v>42978025700029</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I92" s="3">
-        <v>98970238497</v>
+        <v>98970320097</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>42478033600014</v>
+        <v>43169659000030</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="I93" s="3">
-        <v>43700041070</v>
+        <v>97970177497</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>75051209700056</v>
+        <v>43201196300050</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I94" s="3">
-        <v>11930647893</v>
+        <v>23760336876</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>75163954300048</v>
+        <v>43209967900040</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>340</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>340</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I95" s="3">
-        <v>95970176497</v>
+        <v>98970249197</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>75269660900052</v>
+        <v>43221698400067</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I96" s="3">
-        <v>95970177697</v>
+        <v>11754446075</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77565757000047</v>
+        <v>43488451600031</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>354</v>
+        <v>30</v>
       </c>
       <c r="I97" s="3">
-        <v>11750045877</v>
+        <v>11950532095</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>77569338501614</v>
+        <v>44062052400114</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="I98" s="3">
-        <v>11930425593</v>
+        <v>95970113997</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>77895430500018</v>
+        <v>44064045600024</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>35</v>
+        <v>336</v>
       </c>
       <c r="I99" s="3">
-        <v>42680022768</v>
+        <v>96973029797</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78025339900015</v>
+        <v>44158313500047</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>360</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I100" s="3">
-        <v>21080010508</v>
+        <v>11753663175</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78035020300029</v>
+        <v>44321186700116</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>210</v>
+        <v>361</v>
       </c>
       <c r="I101" s="3">
-        <v>21100001510</v>
+        <v>93060557706</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78035020300052</v>
+        <v>44340081700088</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="I102" s="3">
-        <v>21100001510</v>
+        <v>11921413692</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78035020300078</v>
+        <v>44391763800035</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>289</v>
+        <v>367</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I103" s="3">
-        <v>21100001510</v>
+        <v>98970283697</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78035020300086</v>
+        <v>44430025500031</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
         <v>369</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>289</v>
+        <v>370</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I104" s="3">
-        <v>21100001510</v>
+        <v>11921435292</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78035020300094</v>
+        <v>45125756200111</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="D105" s="2"/>
+        <v>371</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>372</v>
+      </c>
       <c r="E105" s="2" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>289</v>
+        <v>374</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I105" s="3">
-        <v>21100001510</v>
+        <v>76311242231</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78035020300102</v>
+        <v>45169029100021</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I106" s="3">
-        <v>21100001510</v>
+        <v>41570226157</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78162137000332</v>
+        <v>45404576600069</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I107" s="3">
-        <v>43250000225</v>
+        <v>98970293297</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78209967500038</v>
+        <v>47916524300029</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="I108" s="3">
-        <v>72400000340</v>
+        <v>93060572506</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78209967500046</v>
+        <v>47946661700020</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I109" s="3">
-        <v>72400000340</v>
+        <v>11753829375</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78235540800025</v>
+        <v>47960778000042</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>387</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>387</v>
+      </c>
       <c r="E110" s="2" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>353</v>
+        <v>389</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I110" s="3">
-        <v>72640000764</v>
+        <v>24370223537</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>78360423400055</v>
+        <v>48024587700018</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I111" s="3">
-        <v>31590005759</v>
+        <v>95970137297</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>50396978400019</v>
+        <v>48051919800026</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
-        <v>220</v>
+        <v>67</v>
       </c>
       <c r="I112" s="3">
-        <v>95970153897</v>
+        <v>83630370563</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>50921839200025</v>
+        <v>48277318100011</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I113" s="3">
-        <v>98970335697</v>
+        <v>95970132597</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>51182729700025</v>
+        <v>48834744400033</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I114" s="3">
-        <v>32590992759</v>
+        <v>11922488592</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>51359666800055</v>
+        <v>48908897100077</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>375</v>
+        <v>404</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I115" s="3">
-        <v>11754923475</v>
+        <v>93830380583</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>51819150700152</v>
+        <v>48908897100184</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I116" s="3">
-        <v>11754486175</v>
+        <v>93830380583</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>51819150700285</v>
+        <v>48909912700024</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>392</v>
+        <v>409</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I117" s="3">
-        <v>11754486175</v>
+        <v>11950549995</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>51819150700319</v>
+        <v>49098556100011</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I118" s="3">
-        <v>11754486175</v>
+        <v>54860098786</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>51819150700343</v>
+        <v>49104921900042</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>40</v>
+        <v>416</v>
       </c>
       <c r="I119" s="3">
-        <v>11754486175</v>
+        <v>11755134575</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>51819150700400</v>
+        <v>49120441800033</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>398</v>
+        <v>417</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I120" s="3">
-        <v>11754486175</v>
+        <v>53290814729</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>51833310900040</v>
+        <v>49870909600024</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I121" s="3">
-        <v>11756558675</v>
+        <v>32591150459</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>51867332200013</v>
+        <v>50109198700062</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="D122" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>424</v>
+      </c>
       <c r="E122" s="2" t="s">
-        <v>411</v>
+        <v>425</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I122" s="3">
-        <v>96973041497</v>
+        <v>75860165786</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>51894767600020</v>
+        <v>50205976900054</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>413</v>
+        <v>427</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>414</v>
+        <v>428</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>415</v>
+        <v>326</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I123" s="3">
-        <v>95973070297</v>
+        <v>98970323297</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>51959927800081</v>
+        <v>50257683800044</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>418</v>
+        <v>339</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>419</v>
+        <v>30</v>
       </c>
       <c r="I124" s="3">
-        <v>22600239860</v>
+        <v>11950466195</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>52109840000034</v>
+        <v>50260825000028</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I125" s="3">
-        <v>82380483238</v>
+        <v>91660143166</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>31249509600199</v>
+        <v>50396978400019</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I126" s="3">
-        <v>11750247275</v>
+        <v>95970153897</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>32434542000040</v>
+        <v>50921839200025</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>437</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>438</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I127" s="3">
-        <v>73310029931</v>
+        <v>98970335697</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>32441928200383</v>
+        <v>51182729700025</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I128" s="3">
-        <v>11753781075</v>
+        <v>32590992759</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>32441928201324</v>
+        <v>51359666800055</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>429</v>
+        <v>444</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I129" s="3">
-        <v>11753781075</v>
+        <v>11754923475</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>32441928201381</v>
+        <v>51819150700152</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I130" s="3">
-        <v>11753781075</v>
+        <v>11754486175</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>32912198200022</v>
+        <v>51819150700285</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I131" s="3">
-        <v>11751717175</v>
+        <v>11754486175</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>33377152500032</v>
+        <v>51819150700319</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I132" s="3">
-        <v>93050009405</v>
+        <v>11754486175</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>33958143100030</v>
+        <v>51819150700343</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I133" s="3">
-        <v>23760065476</v>
+        <v>11754486175</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>33986696400051</v>
+        <v>51819150700400</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>449</v>
+        <v>30</v>
       </c>
       <c r="I134" s="3">
-        <v>11780768578</v>
+        <v>11754486175</v>
       </c>
       <c r="J134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>34029140000018</v>
+        <v>51833310900040</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I135" s="3">
-        <v>24370027737</v>
+        <v>11756558675</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>79158523500025</v>
+        <v>52109840000034</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I136" s="3">
-        <v>26710223071</v>
+        <v>82380483238</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>79314668900047</v>
+        <v>52490818300055</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>462</v>
+      </c>
+      <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I137" s="3">
-        <v>82691276869</v>
+        <v>32620428562</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>79314668900054</v>
+        <v>53060076600022</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I138" s="3">
-        <v>82691276869</v>
+        <v>91300315630</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>79314668900088</v>
+        <v>53099768300038</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
-        <v>40</v>
+        <v>471</v>
       </c>
       <c r="I139" s="3">
-        <v>82691276869</v>
+        <v>84691807369</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>79457699100044</v>
+        <v>53161482400054</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I140" s="3">
-        <v>31620254662</v>
+        <v>98970374697</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>79895916900011</v>
+        <v>53755201000036</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>467</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>142</v>
+        <v>30</v>
       </c>
       <c r="I141" s="3">
-        <v>11930687093</v>
+        <v>41570309657</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>79911122400025</v>
+        <v>53813653200016</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>342</v>
+        <v>479</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I142" s="3">
-        <v>11931039793</v>
+        <v>96973046397</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>80341269100021</v>
+        <v>53994284700036</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>80443252400010</v>
+        <v>75051209700056</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>480</v>
+        <v>30</v>
       </c>
       <c r="I144" s="3">
-        <v>31590878459</v>
+        <v>11930647893</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>80521403800020</v>
+        <v>75269660900052</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I145" s="3">
-        <v>98970429597</v>
+        <v>95970177697</v>
       </c>
       <c r="J145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K145" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>80540154400020</v>
+        <v>77565757000047</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>491</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>492</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>495</v>
+      </c>
+      <c r="I146" s="3">
+        <v>11750045877</v>
       </c>
       <c r="J146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>87971308900024</v>
+        <v>77569338501614</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>39</v>
+      </c>
+      <c r="I147" s="3">
+        <v>11930425593</v>
       </c>
       <c r="J147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K147" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>50257683800044</v>
+        <v>77895430500018</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>380</v>
+        <v>494</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I148" s="3">
-        <v>11950466195</v>
+        <v>42680022768</v>
       </c>
       <c r="J148" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>50260825000028</v>
+        <v>78025339900015</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="E149" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="F149" s="2" t="s">
         <v>494</v>
-      </c>
-[...5 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I149" s="3">
-        <v>91660143166</v>
+        <v>21080010508</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K149" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L149" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>43169659000030</v>
+        <v>78035020300029</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>210</v>
+        <v>336</v>
       </c>
       <c r="I150" s="3">
-        <v>97970177497</v>
+        <v>21100001510</v>
       </c>
       <c r="J150" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>43201196300050</v>
+        <v>78035020300052</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>380</v>
+        <v>508</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>40</v>
+        <v>336</v>
       </c>
       <c r="I151" s="3">
-        <v>23760336876</v>
+        <v>21100001510</v>
       </c>
       <c r="J151" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>43209967900040</v>
+        <v>78035020300078</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>504</v>
+        <v>419</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I152" s="3">
-        <v>98970249197</v>
+        <v>21100001510</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K152" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>43221698400067</v>
+        <v>78035020300086</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>507</v>
+        <v>419</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I153" s="3">
-        <v>11754446075</v>
+        <v>21100001510</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K153" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>47960778000042</v>
+        <v>78035020300094</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>510</v>
+        <v>419</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I154" s="3">
-        <v>24370223537</v>
+        <v>21100001510</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K154" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>48024587700018</v>
+        <v>78035020300102</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
         <v>512</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>513</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I155" s="3">
-        <v>95970137297</v>
+        <v>21100001510</v>
       </c>
       <c r="J155" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>40073444800022</v>
+        <v>78162137000332</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
         <v>514</v>
       </c>
       <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
         <v>515</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>516</v>
+        <v>446</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I156" s="3">
-        <v>31590340859</v>
+        <v>43250000225</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K156" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>34174419100014</v>
+        <v>78209967500038</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="F157" s="2" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I157" s="3">
-        <v>41550006255</v>
+        <v>72400000340</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M157" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>34277034400055</v>
+        <v>78209967500046</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>522</v>
+        <v>339</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I158" s="3">
-        <v>98970026297</v>
+        <v>72400000340</v>
       </c>
       <c r="J158" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>34277034400063</v>
+        <v>78235540800025</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
         <v>520</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>524</v>
+        <v>494</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I159" s="3">
-        <v>98970026297</v>
+        <v>72640000764</v>
       </c>
       <c r="J159" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K159" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>80818402200024</v>
+        <v>78360423400055</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="D160" s="2"/>
       <c r="E160" s="2" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I160" s="3">
-        <v>11922059592</v>
+        <v>31590005759</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>80821881200036</v>
+        <v>79010444200021</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>530</v>
+        <v>268</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I161" s="3">
-        <v>98970429897</v>
+        <v>31590816559</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>81031690100034</v>
+        <v>79158523500025</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I162" s="3">
-        <v>25140282614</v>
+        <v>26710223071</v>
       </c>
       <c r="J162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>81272495300029</v>
+        <v>79314668900047</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="D163" s="2"/>
+        <v>530</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>531</v>
+      </c>
       <c r="E163" s="2" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I163" s="3">
-        <v>91340869334</v>
+        <v>82691276869</v>
       </c>
       <c r="J163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>81272495300045</v>
+        <v>79314668900054</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I164" s="3">
-        <v>91340869334</v>
+        <v>82691276869</v>
       </c>
       <c r="J164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L164" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>81281110700018</v>
+        <v>79314668900088</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>539</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>483</v>
+        <v>537</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>542</v>
+        <v>30</v>
       </c>
       <c r="I165" s="3">
-        <v>95970198997</v>
+        <v>82691276869</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K165" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>81323269100028</v>
+        <v>79457699100044</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I166" s="3">
-        <v>24370398337</v>
+        <v>31620254662</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>81423537000016</v>
+        <v>79895916900011</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>26</v>
+        <v>245</v>
       </c>
       <c r="I167" s="3">
-        <v>98970447497</v>
+        <v>11930687093</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>81456842400018</v>
+        <v>79911122400025</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>550</v>
+        <v>486</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I168" s="3">
-        <v>91660191666</v>
+        <v>11931039793</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>81742674500029</v>
+        <v>79965236700027</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="D169" s="2"/>
+        <v>547</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>548</v>
+      </c>
       <c r="E169" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>75790138779</v>
+        <v>30</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>551</v>
       </c>
       <c r="J169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>81793179300035</v>
+        <v>80341269100021</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>93131759613</v>
+        <v>30</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>555</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L170" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>81800230500014</v>
+        <v>80443252400010</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>40</v>
+        <v>559</v>
       </c>
       <c r="I171" s="3">
-        <v>11788310278</v>
+        <v>31590878459</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>81875335200025</v>
+        <v>80521403800020</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="F172" s="2" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I172" s="3">
-        <v>98973060797</v>
+        <v>98970429597</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>81875335200033</v>
+        <v>80540154400020</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>565</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>98973060797</v>
+        <v>30</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>566</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>81875335200058</v>
+        <v>80818402200024</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>152</v>
+        <v>569</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I174" s="3">
-        <v>98973060797</v>
+        <v>11922059592</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L174" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>81960789600027</v>
+        <v>80821881200036</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I175" s="3">
-        <v>98973076097</v>
+        <v>98970429897</v>
       </c>
       <c r="J175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L175" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>81993770700027</v>
+        <v>80867156400025</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I176" s="3">
-        <v>95973065897</v>
+        <v>98970379797</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L176" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>82041060300022</v>
+        <v>81031690100034</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I177" s="3">
-        <v>53290893029</v>
+        <v>25140282614</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>82169767900032</v>
+        <v>81129079000013</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
-        <v>40</v>
+        <v>245</v>
       </c>
       <c r="I178" s="3">
-        <v>96973084297</v>
+        <v>11930784093</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>82334166400022</v>
+        <v>81160199600069</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
-        <v>286</v>
+        <v>30</v>
       </c>
       <c r="I179" s="3">
-        <v>75331039433</v>
+        <v>82420278142</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>82393118300011</v>
+        <v>81272495300029</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>21</v>
+        <v>587</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>30</v>
+      </c>
+      <c r="I180" s="3">
+        <v>91340869334</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>82409268800012</v>
+        <v>81272495300045</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
         <v>585</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>34</v>
+        <v>589</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I181" s="3">
-        <v>11930762893</v>
+        <v>91340869334</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>82409268800053</v>
+        <v>81281110700018</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="D182" s="2"/>
+        <v>590</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>591</v>
+      </c>
       <c r="E182" s="2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>21</v>
+        <v>562</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
-        <v>40</v>
+        <v>593</v>
       </c>
       <c r="I182" s="3">
-        <v>11930762893</v>
+        <v>95970198997</v>
       </c>
       <c r="J182" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L182" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>82409268800061</v>
+        <v>81323269100028</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>21</v>
+        <v>596</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I183" s="3">
-        <v>11930762893</v>
+        <v>24370398337</v>
       </c>
       <c r="J183" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L183" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>82409268800095</v>
+        <v>81423537000016</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="D184" s="2"/>
+        <v>597</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>597</v>
+      </c>
       <c r="E184" s="2" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>21</v>
+        <v>599</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="I184" s="3">
-        <v>11930762893</v>
+        <v>98970447497</v>
       </c>
       <c r="J184" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L184" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>82409268800178</v>
+        <v>81456842400018</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>21</v>
+        <v>602</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I185" s="3">
-        <v>11930762893</v>
+        <v>91660191666</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>82409268800186</v>
+        <v>81742674500029</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>585</v>
+        <v>603</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>21</v>
+        <v>605</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I186" s="3">
-        <v>11930762893</v>
+        <v>75790138779</v>
       </c>
       <c r="J186" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L186" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>82409268800210</v>
+        <v>81793179300035</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>585</v>
+        <v>606</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>21</v>
+        <v>608</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I187" s="3">
-        <v>11930762893</v>
+        <v>93131759613</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>82409268800228</v>
+        <v>81800230500014</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>585</v>
+        <v>609</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>593</v>
+        <v>610</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>21</v>
+        <v>611</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I188" s="3">
-        <v>11930762893</v>
+        <v>11788310278</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K188" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L188" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>82409268800244</v>
+        <v>81993770700027</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>585</v>
+        <v>612</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>594</v>
+        <v>613</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>21</v>
+        <v>614</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I189" s="3">
-        <v>11930762893</v>
+        <v>95973065897</v>
       </c>
       <c r="J189" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>82409268800251</v>
+        <v>81999622400013</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>585</v>
+        <v>615</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>596</v>
+        <v>617</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I190" s="3">
-        <v>11930762893</v>
+        <v>27390108539</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>82422814200033</v>
+        <v>82041060300022</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="D191" s="2"/>
+        <v>618</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>619</v>
+      </c>
       <c r="E191" s="2" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>21</v>
+        <v>621</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I191" s="3">
-        <v>11930743393</v>
+        <v>53290893029</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>82422814200066</v>
+        <v>82169767900032</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>597</v>
+        <v>622</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>21</v>
+        <v>624</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I192" s="3">
-        <v>11930743393</v>
+        <v>96973084297</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>82422814200124</v>
+        <v>82334166400022</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>600</v>
+        <v>626</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>21</v>
+        <v>627</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
-        <v>40</v>
+        <v>416</v>
       </c>
       <c r="I193" s="3">
-        <v>11930743393</v>
+        <v>75331039433</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>82422814200157</v>
+        <v>82393118300011</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>601</v>
+        <v>629</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>30</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>630</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>82422814200298</v>
+        <v>82409268800012</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>602</v>
+        <v>632</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I195" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K195" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>82422814200355</v>
+        <v>82409268800053</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>603</v>
+        <v>633</v>
       </c>
       <c r="F196" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I196" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>82422814200439</v>
+        <v>82409268800061</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>604</v>
+        <v>634</v>
       </c>
       <c r="F197" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I197" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J197" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L197" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>82422814200488</v>
+        <v>82409268800095</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>605</v>
+        <v>635</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I198" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J198" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L198" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>82422814200553</v>
+        <v>82409268800160</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>606</v>
+        <v>636</v>
       </c>
       <c r="F199" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I199" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J199" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L199" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>82422814200801</v>
+        <v>82409268800178</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>607</v>
+        <v>637</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>608</v>
+        <v>21</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I200" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J200" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L200" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>82422814201015</v>
+        <v>82409268800186</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>609</v>
+        <v>638</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I201" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J201" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L201" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>82422814201189</v>
+        <v>82409268800210</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
-        <v>610</v>
+        <v>639</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I202" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J202" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>82422814201197</v>
+        <v>82409268800228</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I203" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M203" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>82422814201213</v>
+        <v>82409268800244</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I204" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>82422814201254</v>
+        <v>82409268800251</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>597</v>
+        <v>631</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>613</v>
+        <v>642</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>21</v>
+        <v>643</v>
       </c>
       <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I205" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M205" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>82422814201502</v>
+        <v>82422814200033</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>593</v>
+        <v>645</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I206" s="3">
         <v>11930743393</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>82422814201536</v>
+        <v>82422814200066</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>589</v>
+        <v>646</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I207" s="3">
         <v>11930743393</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K207" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>82422814201601</v>
+        <v>82422814200124</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>614</v>
+        <v>647</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I208" s="3">
         <v>11930743393</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>82422814201635</v>
+        <v>82422814200157</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D209" s="2"/>
       <c r="E209" s="2" t="s">
-        <v>615</v>
+        <v>648</v>
       </c>
       <c r="F209" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I209" s="3">
         <v>11930743393</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>82422814201643</v>
+        <v>82422814200298</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>616</v>
+        <v>649</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I210" s="3">
         <v>11930743393</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>82422814201783</v>
+        <v>82422814200355</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>617</v>
+        <v>650</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I211" s="3">
         <v>11930743393</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>82422814201932</v>
+        <v>82422814200439</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>597</v>
+        <v>644</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>618</v>
+        <v>651</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>619</v>
+        <v>21</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I212" s="3">
         <v>11930743393</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>82518369200037</v>
+        <v>82422814200488</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>620</v>
+        <v>644</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>621</v>
+        <v>652</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>622</v>
+        <v>21</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I213" s="3">
-        <v>93830534283</v>
+        <v>11930743393</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K213" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>82759972100020</v>
+        <v>82422814200553</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>623</v>
+        <v>644</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>625</v>
+        <v>21</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>30</v>
+      </c>
+      <c r="I214" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>82911867800020</v>
+        <v>82422814200801</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>627</v>
+        <v>644</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>628</v>
+        <v>654</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>629</v>
+        <v>655</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>630</v>
+        <v>30</v>
+      </c>
+      <c r="I215" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J215" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K215" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>83015737600021</v>
+        <v>82422814201015</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>633</v>
+        <v>656</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>634</v>
+        <v>21</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I216" s="3">
-        <v>93830543283</v>
+        <v>11930743393</v>
       </c>
       <c r="J216" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L216" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>83193815400018</v>
+        <v>82422814201189</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>636</v>
+        <v>657</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>637</v>
+        <v>21</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>30</v>
+      </c>
+      <c r="I217" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L217" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>83501285700016</v>
+        <v>82422814201197</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>640</v>
+        <v>658</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>641</v>
+        <v>21</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>642</v>
+        <v>30</v>
       </c>
       <c r="I218" s="3">
-        <v>84630494563</v>
+        <v>11930743393</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>83896264500027</v>
+        <v>82422814201213</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>645</v>
+        <v>21</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I219" s="3">
-        <v>11940988294</v>
+        <v>11930743393</v>
       </c>
       <c r="J219" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>84076431000024</v>
+        <v>82422814201254</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>648</v>
+        <v>21</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I220" s="3">
-        <v>76660220966</v>
+        <v>11930743393</v>
       </c>
       <c r="J220" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K220" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>84167697600019</v>
+        <v>82422814201502</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>651</v>
+        <v>21</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>30</v>
+      </c>
+      <c r="I221" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K221" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>84272193800012</v>
+        <v>82422814201536</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>654</v>
+        <v>635</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>655</v>
+        <v>21</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>542</v>
+        <v>30</v>
       </c>
       <c r="I222" s="3">
-        <v>11950692095</v>
+        <v>11930743393</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L222" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>84362775300018</v>
+        <v>82422814201601</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>658</v>
+        <v>21</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I223" s="3">
-        <v>44680290268</v>
+        <v>11930743393</v>
       </c>
       <c r="J223" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K223" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L223" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>84823563600018</v>
+        <v>82422814201635</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>661</v>
+        <v>21</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I224" s="3">
-        <v>75240197624</v>
+        <v>11930743393</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>84970689000019</v>
+        <v>82422814201643</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>662</v>
+        <v>644</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
         <v>663</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>664</v>
+        <v>21</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I225" s="3">
-        <v>84630506863</v>
+        <v>11930743393</v>
       </c>
       <c r="J225" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L225" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M225" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" s="1">
-        <v>85048088000028</v>
+        <v>82422814201783</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="D226" s="2"/>
       <c r="E226" s="2" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>667</v>
+        <v>21</v>
       </c>
       <c r="G226" s="2"/>
       <c r="H226" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I226" s="3">
-        <v>11788411378</v>
+        <v>11930743393</v>
       </c>
       <c r="J226" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K226" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L226" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M226" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" s="1">
-        <v>85265339300029</v>
+        <v>82422814201882</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>668</v>
+        <v>644</v>
       </c>
       <c r="D227" s="2"/>
       <c r="E227" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>670</v>
+        <v>21</v>
       </c>
       <c r="G227" s="2"/>
       <c r="H227" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>30</v>
+      </c>
+      <c r="I227" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K227" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L227" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M227" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" s="1">
-        <v>88127939200016</v>
+        <v>82422814201932</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>672</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="D228" s="2"/>
       <c r="E228" s="2" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>533</v>
+        <v>667</v>
       </c>
       <c r="G228" s="2"/>
       <c r="H228" s="2" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>30</v>
+      </c>
+      <c r="I228" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J228" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K228" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L228" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M228" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" s="1">
-        <v>88128967200035</v>
+        <v>82518369200037</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>676</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="D229" s="2"/>
       <c r="E229" s="2" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>679</v>
+        <v>670</v>
       </c>
       <c r="G229" s="2"/>
       <c r="H229" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I229" s="3">
-        <v>44670654167</v>
+        <v>93830534283</v>
       </c>
       <c r="J229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K229" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L229" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M229" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" s="1">
-        <v>88313422300022</v>
+        <v>82759972100020</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>680</v>
+        <v>671</v>
       </c>
       <c r="D230" s="2"/>
       <c r="E230" s="2" t="s">
-        <v>681</v>
+        <v>672</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>682</v>
+        <v>673</v>
       </c>
       <c r="G230" s="2"/>
       <c r="H230" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11756045875</v>
+        <v>30</v>
+      </c>
+      <c r="I230" s="3" t="s">
+        <v>674</v>
       </c>
       <c r="J230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K230" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L230" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M230" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" s="1">
-        <v>88391951600020</v>
+        <v>82911867800020</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="D231" s="2"/>
       <c r="E231" s="2" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="G231" s="2"/>
       <c r="H231" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="J231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K231" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L231" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M231" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" s="1">
-        <v>88392262700020</v>
+        <v>83015737600021</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="D232" s="2"/>
+        <v>679</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>680</v>
+      </c>
       <c r="E232" s="2" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="G232" s="2"/>
       <c r="H232" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I232" s="3">
-        <v>93830608783</v>
+        <v>93830543283</v>
       </c>
       <c r="J232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K232" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L232" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M232" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" s="1">
-        <v>88392262700038</v>
+        <v>83193815400018</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="D233" s="2"/>
       <c r="E233" s="2" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="G233" s="2"/>
       <c r="H233" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>93830608783</v>
+        <v>30</v>
+      </c>
+      <c r="I233" s="3" t="s">
+        <v>686</v>
       </c>
       <c r="J233" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K233" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L233" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M233" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" s="1">
-        <v>88420142700058</v>
+        <v>83501285700016</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="D234" s="2"/>
       <c r="E234" s="2" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="G234" s="2"/>
       <c r="H234" s="2" t="s">
-        <v>164</v>
+        <v>690</v>
       </c>
       <c r="I234" s="3">
-        <v>11770698477</v>
+        <v>84630494563</v>
       </c>
       <c r="J234" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K234" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L234" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M234" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" s="1">
-        <v>88458529000023</v>
+        <v>84076431000024</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="D235" s="2"/>
       <c r="E235" s="2" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="G235" s="2"/>
       <c r="H235" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I235" s="3">
-        <v>84691750169</v>
+        <v>76660220966</v>
       </c>
       <c r="J235" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K235" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L235" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M235" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" s="1">
-        <v>88500653600019</v>
+        <v>84167697600019</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="D236" s="2"/>
       <c r="E236" s="2" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="G236" s="2"/>
       <c r="H236" s="2" t="s">
-        <v>40</v>
+        <v>690</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="J236" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K236" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L236" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M236" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" s="1">
-        <v>88511595600017</v>
+        <v>84272193800012</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="D237" s="2"/>
       <c r="E237" s="2" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="G237" s="2"/>
       <c r="H237" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>593</v>
+      </c>
+      <c r="I237" s="3">
+        <v>11950692095</v>
       </c>
       <c r="J237" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L237" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M237" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" s="1">
-        <v>88761552400014</v>
+        <v>84362775300018</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D238" s="2"/>
       <c r="E238" s="2" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="G238" s="2"/>
       <c r="H238" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>708</v>
+        <v>58</v>
+      </c>
+      <c r="I238" s="3">
+        <v>44680290268</v>
       </c>
       <c r="J238" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K238" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L238" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M238" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" s="1">
-        <v>88783287100016</v>
+        <v>84535551000023</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="D239" s="2"/>
       <c r="E239" s="2" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="G239" s="2"/>
       <c r="H239" s="2" t="s">
-        <v>164</v>
+        <v>30</v>
       </c>
       <c r="I239" s="3">
-        <v>11756106875</v>
+        <v>11756806175</v>
       </c>
       <c r="J239" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K239" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L239" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M239" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" s="1">
-        <v>88806133000013</v>
+        <v>84823563600018</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D240" s="2"/>
       <c r="E240" s="2" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="G240" s="2"/>
       <c r="H240" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I240" s="3">
-        <v>84380757838</v>
+        <v>75240197624</v>
       </c>
       <c r="J240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L240" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M240" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" s="1">
-        <v>88851036900026</v>
+        <v>84970689000019</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>715</v>
-[...3 lines deleted...]
-      </c>
+        <v>710</v>
+      </c>
+      <c r="D241" s="2"/>
       <c r="E241" s="2" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="G241" s="2"/>
       <c r="H241" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>67</v>
+      </c>
+      <c r="I241" s="3">
+        <v>84630506863</v>
       </c>
       <c r="J241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K241" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L241" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M241" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" s="1">
-        <v>88916528800024</v>
+        <v>85048088000028</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>720</v>
+        <v>713</v>
       </c>
       <c r="D242" s="2"/>
       <c r="E242" s="2" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>404</v>
+        <v>715</v>
       </c>
       <c r="G242" s="2"/>
       <c r="H242" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I242" s="3">
-        <v>84691767769</v>
+        <v>11788411378</v>
       </c>
       <c r="J242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K242" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L242" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M242" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" s="1">
-        <v>88977538300033</v>
+        <v>85222156300038</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="D243" s="2"/>
       <c r="E243" s="2" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="G243" s="2"/>
       <c r="H243" s="2" t="s">
-        <v>480</v>
+        <v>30</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="J243" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K243" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L243" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M243" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" s="1">
-        <v>89060487900027</v>
+        <v>85265339300029</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="D244" s="2"/>
       <c r="E244" s="2" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="G244" s="2"/>
       <c r="H244" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>53290973229</v>
+        <v>30</v>
+      </c>
+      <c r="I244" s="3" t="s">
+        <v>723</v>
       </c>
       <c r="J244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K244" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L244" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M244" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" s="1">
-        <v>89108570600010</v>
+        <v>87971308900024</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="D245" s="2"/>
       <c r="E245" s="2" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="G245" s="2"/>
       <c r="H245" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>44670663767</v>
+        <v>30</v>
+      </c>
+      <c r="I245" s="3" t="s">
+        <v>727</v>
       </c>
       <c r="J245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K245" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L245" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M245" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" s="1">
-        <v>89207014500032</v>
+        <v>88030938000025</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D246" s="2"/>
       <c r="E246" s="2" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="G246" s="2"/>
       <c r="H246" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I246" s="3">
-        <v>44880149888</v>
+        <v>11788435278</v>
       </c>
       <c r="J246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K246" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L246" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M246" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" s="1">
-        <v>90005969200013</v>
+        <v>88127939200016</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="D247" s="2" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>739</v>
+        <v>578</v>
       </c>
       <c r="G247" s="2"/>
       <c r="H247" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I247" s="3"/>
+        <v>269</v>
+      </c>
+      <c r="I247" s="3" t="s">
+        <v>734</v>
+      </c>
       <c r="J247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K247" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L247" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M247" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" s="1">
-        <v>90067089400014</v>
+        <v>88128967200035</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="D248" s="2"/>
+        <v>735</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>736</v>
+      </c>
       <c r="E248" s="2" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>188</v>
+        <v>738</v>
       </c>
       <c r="G248" s="2"/>
       <c r="H248" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I248" s="3">
-        <v>27210424621</v>
+        <v>44670654167</v>
       </c>
       <c r="J248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K248" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L248" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M248" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" s="1">
-        <v>90080708200012</v>
+        <v>88313422300022</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="D249" s="2"/>
       <c r="E249" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>188</v>
+        <v>741</v>
       </c>
       <c r="G249" s="2"/>
       <c r="H249" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>744</v>
+        <v>30</v>
+      </c>
+      <c r="I249" s="3">
+        <v>11756045875</v>
       </c>
       <c r="J249" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K249" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L249" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M249" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" s="1">
-        <v>90099209000028</v>
+        <v>88391951600020</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="D250" s="2"/>
       <c r="E250" s="2" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="G250" s="2"/>
       <c r="H250" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11910974991</v>
+        <v>30</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>745</v>
       </c>
       <c r="J250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L250" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M250" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" s="1">
-        <v>90118298000010</v>
+        <v>88392262700020</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D251" s="2"/>
       <c r="E251" s="2" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="G251" s="2"/>
       <c r="H251" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I251" s="3">
-        <v>27710300771</v>
+        <v>93830608783</v>
       </c>
       <c r="J251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K251" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L251" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M251" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" s="1">
-        <v>90186017100023</v>
+        <v>88392262700038</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="D252" s="2"/>
       <c r="E252" s="2" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>252</v>
+        <v>748</v>
       </c>
       <c r="G252" s="2"/>
       <c r="H252" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I252" s="3">
-        <v>11770737877</v>
+        <v>93830608783</v>
       </c>
       <c r="J252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K252" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L252" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M252" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" s="1">
-        <v>90217217000018</v>
+        <v>88420142700058</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>750</v>
+      </c>
+      <c r="D253" s="2"/>
       <c r="E253" s="2" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="G253" s="2"/>
       <c r="H253" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>67</v>
+      </c>
+      <c r="I253" s="3">
+        <v>11770698477</v>
       </c>
       <c r="J253" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K253" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L253" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M253" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" s="1">
-        <v>90246591300017</v>
+        <v>88458529000023</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="D254" s="2"/>
       <c r="E254" s="2" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="G254" s="2"/>
       <c r="H254" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I254" s="3">
-        <v>11756335875</v>
+        <v>84691750169</v>
       </c>
       <c r="J254" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K254" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L254" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M254" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" s="1">
-        <v>90255824600028</v>
+        <v>88500653600019</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="D255" s="2"/>
       <c r="E255" s="2" t="s">
-        <v>762</v>
+        <v>757</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="G255" s="2"/>
       <c r="H255" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>76341129834</v>
+        <v>30</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>759</v>
       </c>
       <c r="J255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K255" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L255" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M255" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" s="1">
-        <v>90472101600023</v>
+        <v>88511595600017</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>764</v>
-[...3 lines deleted...]
-      </c>
+        <v>760</v>
+      </c>
+      <c r="D256" s="2"/>
       <c r="E256" s="2" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="G256" s="2"/>
       <c r="H256" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11770750277</v>
+        <v>30</v>
+      </c>
+      <c r="I256" s="3" t="s">
+        <v>763</v>
       </c>
       <c r="J256" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L256" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M256" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" s="1">
-        <v>90493432000014</v>
+        <v>88527929900014</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="D257" s="2"/>
       <c r="E257" s="2" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="G257" s="2"/>
       <c r="H257" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11756398775</v>
+        <v>30</v>
+      </c>
+      <c r="I257" s="3" t="s">
+        <v>767</v>
       </c>
       <c r="J257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L257" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M257" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" s="1">
-        <v>90782573100033</v>
+        <v>88761552400014</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="D258" s="2"/>
+      <c r="E258" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="F258" s="2" t="s">
         <v>770</v>
-      </c>
-[...7 lines deleted...]
-        <v>773</v>
       </c>
       <c r="G258" s="2"/>
       <c r="H258" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I258" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>771</v>
+      </c>
       <c r="J258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L258" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M258" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" s="1">
-        <v>90814751500021</v>
+        <v>88783287100016</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="D259" s="2"/>
       <c r="E259" s="2" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="G259" s="2"/>
       <c r="H259" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I259" s="3">
-        <v>44670698667</v>
+        <v>11756106875</v>
       </c>
       <c r="J259" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K259" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L259" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M259" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" s="1">
-        <v>90912073500016</v>
+        <v>88806133000013</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="D260" s="2"/>
       <c r="E260" s="2" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>545</v>
+        <v>777</v>
       </c>
       <c r="G260" s="2"/>
       <c r="H260" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I260" s="3">
-        <v>76311123631</v>
+        <v>84380757838</v>
       </c>
       <c r="J260" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K260" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L260" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M260" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" s="1">
-        <v>90975176000010</v>
+        <v>88851036900026</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C261" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="D261" s="2" t="s">
         <v>779</v>
       </c>
-      <c r="D261" s="2"/>
       <c r="E261" s="2" t="s">
         <v>780</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>781</v>
       </c>
       <c r="G261" s="2"/>
       <c r="H261" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>782</v>
       </c>
       <c r="J261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K261" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L261" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M261" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" s="1">
-        <v>91021832000026</v>
+        <v>88877726500107</v>
       </c>
       <c r="B262" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C262" s="2" t="s">
         <v>783</v>
       </c>
       <c r="D262" s="2"/>
       <c r="E262" s="2" t="s">
-        <v>784</v>
+        <v>359</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>785</v>
+        <v>360</v>
       </c>
       <c r="G262" s="2"/>
       <c r="H262" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>30</v>
+      </c>
+      <c r="I262" s="3">
+        <v>93060895606</v>
       </c>
       <c r="J262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K262" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L262" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M262" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" s="1">
-        <v>91050585800027</v>
+        <v>88916528800024</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D263" s="2"/>
       <c r="E263" s="2" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>789</v>
+        <v>453</v>
       </c>
       <c r="G263" s="2"/>
       <c r="H263" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I263" s="3">
-        <v>44680326568</v>
+        <v>84691767769</v>
       </c>
       <c r="J263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K263" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L263" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M263" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" s="1">
-        <v>91114836900018</v>
+        <v>88977538300033</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="D264" s="2"/>
       <c r="E264" s="2" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>718</v>
+        <v>788</v>
       </c>
       <c r="G264" s="2"/>
       <c r="H264" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11756556875</v>
+        <v>559</v>
+      </c>
+      <c r="I264" s="3" t="s">
+        <v>789</v>
       </c>
       <c r="J264" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K264" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L264" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M264" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" s="1">
-        <v>91276257200010</v>
+        <v>89060487900027</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C265" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="F265" s="2" t="s">
         <v>792</v>
-      </c>
-[...5 lines deleted...]
-        <v>794</v>
       </c>
       <c r="G265" s="2"/>
       <c r="H265" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I265" s="3">
-        <v>76311145231</v>
+        <v>53290973229</v>
       </c>
       <c r="J265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K265" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L265" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M265" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" s="1">
-        <v>91311071400023</v>
+        <v>89108570600010</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C266" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="E266" s="2" t="s">
         <v>795</v>
       </c>
-      <c r="D266" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="2" t="s">
+      <c r="F266" s="2" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
       <c r="G266" s="2"/>
       <c r="H266" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I266" s="3">
-        <v>93132016213</v>
+        <v>44670663767</v>
       </c>
       <c r="J266" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K266" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L266" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M266" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" s="1">
-        <v>91408845500029</v>
+        <v>89207014500032</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D267" s="2"/>
       <c r="E267" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="F267" s="2" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="G267" s="2"/>
       <c r="H267" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>269</v>
+      </c>
+      <c r="I267" s="3">
+        <v>44880149888</v>
       </c>
       <c r="J267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K267" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L267" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M267" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" s="1">
-        <v>91447132100010</v>
+        <v>89497233000019</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D268" s="2"/>
       <c r="E268" s="2" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="G268" s="2"/>
       <c r="H268" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I268" s="3">
-        <v>53560994756</v>
+        <v>84691824369</v>
       </c>
       <c r="J268" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K268" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L268" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M268" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" s="1">
-        <v>91773084800012</v>
+        <v>89954409200013</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D269" s="2"/>
       <c r="E269" s="2" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="G269" s="2"/>
       <c r="H269" s="2" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>93830692083</v>
+        <v>30</v>
+      </c>
+      <c r="I269" s="3" t="s">
+        <v>806</v>
       </c>
       <c r="J269" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K269" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L269" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M269" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" s="1">
-        <v>91808493000018</v>
+        <v>90005969200013</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C270" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="D270" s="2" t="s">
         <v>808</v>
       </c>
-      <c r="D270" s="2"/>
       <c r="E270" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>810</v>
       </c>
       <c r="G270" s="2"/>
       <c r="H270" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I270" s="3">
-        <v>44670721167</v>
+        <v>84420360642</v>
       </c>
       <c r="J270" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K270" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L270" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M270" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" s="1">
-        <v>91870990800043</v>
+        <v>90067089400014</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>811</v>
       </c>
       <c r="D271" s="2"/>
       <c r="E271" s="2" t="s">
         <v>812</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>813</v>
+        <v>281</v>
       </c>
       <c r="G271" s="2"/>
       <c r="H271" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I271" s="3">
-        <v>11922542492</v>
+        <v>27210424621</v>
       </c>
       <c r="J271" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K271" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L271" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M271" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" s="1">
-        <v>91972597800010</v>
+        <v>90080708200012</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="D272" s="2"/>
       <c r="E272" s="2" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>816</v>
+        <v>281</v>
       </c>
       <c r="G272" s="2"/>
       <c r="H272" s="2" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>11756631175</v>
+        <v>30</v>
+      </c>
+      <c r="I272" s="3" t="s">
+        <v>815</v>
       </c>
       <c r="J272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K272" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L272" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M272" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" s="1">
-        <v>92025194900011</v>
+        <v>90099209000028</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="D273" s="2"/>
       <c r="E273" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F273" s="2" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="G273" s="2"/>
       <c r="H273" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I273" s="3">
-        <v>11922554592</v>
+        <v>11910974991</v>
       </c>
       <c r="J273" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K273" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L273" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M273" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" s="1">
-        <v>92065060300011</v>
+        <v>90118298000010</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D274" s="2"/>
       <c r="E274" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="F274" s="2" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="G274" s="2"/>
       <c r="H274" s="2" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="I274" s="3">
-        <v>11941160194</v>
+        <v>27710300771</v>
       </c>
       <c r="J274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K274" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L274" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M274" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" s="1">
-        <v>92066711000018</v>
+        <v>90186017100023</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C275" s="2" t="s">
         <v>822</v>
       </c>
       <c r="D275" s="2"/>
       <c r="E275" s="2" t="s">
         <v>823</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>824</v>
+        <v>474</v>
       </c>
       <c r="G275" s="2"/>
       <c r="H275" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I275" s="3">
-        <v>11941198994</v>
+        <v>11770737877</v>
       </c>
       <c r="J275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K275" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L275" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M275" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" s="1">
-        <v>92069805700014</v>
+        <v>90217217000018</v>
       </c>
       <c r="B276" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C276" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="D276" s="2" t="s">
         <v>825</v>
       </c>
-      <c r="D276" s="2"/>
       <c r="E276" s="2" t="s">
-        <v>681</v>
+        <v>826</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="G276" s="2"/>
       <c r="H276" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>11941159794</v>
+        <v>30</v>
+      </c>
+      <c r="I276" s="3" t="s">
+        <v>828</v>
       </c>
       <c r="J276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K276" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L276" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M276" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" s="1">
-        <v>92790849100016</v>
+        <v>90246591300017</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>827</v>
-[...3 lines deleted...]
-      </c>
+        <v>829</v>
+      </c>
+      <c r="D277" s="2"/>
       <c r="E277" s="2" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G277" s="2"/>
       <c r="H277" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I277" s="3">
-        <v>11757028575</v>
+        <v>11756335875</v>
       </c>
       <c r="J277" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K277" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L277" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M277" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" s="1">
-        <v>93016346400017</v>
+        <v>90255824600028</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D278" s="2"/>
       <c r="E278" s="2" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="G278" s="2"/>
       <c r="H278" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I278" s="3">
-        <v>11950873795</v>
+        <v>76341129834</v>
       </c>
       <c r="J278" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K278" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L278" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M278" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" s="1">
-        <v>93086802100013</v>
+        <v>90283124700025</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D279" s="2"/>
       <c r="E279" s="2" t="s">
-        <v>140</v>
+        <v>836</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G279" s="2"/>
       <c r="H279" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I279" s="3">
-        <v>76810213981</v>
+        <v>11756669475</v>
       </c>
       <c r="J279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K279" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L279" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M279" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" s="1">
-        <v>93176194400012</v>
+        <v>90906843900019</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D280" s="2"/>
       <c r="E280" s="2" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="G280" s="2"/>
       <c r="H280" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>841</v>
+      </c>
+      <c r="I280" s="3">
+        <v>11757008875</v>
       </c>
       <c r="J280" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K280" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L280" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M280" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" s="1">
-        <v>93971785600016</v>
+        <v>90912073500016</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D281" s="2"/>
       <c r="E281" s="2" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>842</v>
+        <v>596</v>
       </c>
       <c r="G281" s="2"/>
       <c r="H281" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I281" s="3">
-        <v>76660311066</v>
+        <v>76311123631</v>
       </c>
       <c r="J281" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K281" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L281" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M281" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" s="1">
-        <v>94024599600019</v>
+        <v>90975176000010</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D282" s="2"/>
       <c r="E282" s="2" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="G282" s="2"/>
       <c r="H282" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>76660318666</v>
+        <v>30</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>847</v>
       </c>
       <c r="J282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L282" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M282" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" s="1">
-        <v>94075422900018</v>
+        <v>91021832000026</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="D283" s="2"/>
       <c r="E283" s="2" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="G283" s="2"/>
       <c r="H283" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>76311395031</v>
+        <v>30</v>
+      </c>
+      <c r="I283" s="3" t="s">
+        <v>851</v>
       </c>
       <c r="J283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K283" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L283" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M283" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" s="1">
-        <v>94118405300010</v>
+        <v>91030456700043</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D284" s="2"/>
       <c r="E284" s="2" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G284" s="2"/>
       <c r="H284" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>32591356959</v>
+        <v>30</v>
+      </c>
+      <c r="I284" s="3" t="s">
+        <v>855</v>
       </c>
       <c r="J284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K284" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L284" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M284" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" s="1">
-        <v>94831675700020</v>
+        <v>91040224700019</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="D285" s="2"/>
       <c r="E285" s="2" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="G285" s="2"/>
       <c r="H285" s="2" t="s">
-        <v>40</v>
+        <v>269</v>
       </c>
       <c r="I285" s="3">
-        <v>11770824177</v>
+        <v>76660266466</v>
       </c>
       <c r="J285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L285" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M285" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" s="1">
-        <v>94932296000012</v>
+        <v>91050585800027</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="D286" s="2"/>
       <c r="E286" s="2" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="G286" s="2"/>
       <c r="H286" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I286" s="3">
-        <v>84692089769</v>
+        <v>44680326568</v>
       </c>
       <c r="J286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K286" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L286" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M286" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" s="1">
-        <v>95132776600014</v>
+        <v>91114836900018</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="D287" s="2"/>
       <c r="E287" s="2" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>859</v>
+        <v>781</v>
       </c>
       <c r="G287" s="2"/>
       <c r="H287" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I287" s="3">
-        <v>76660273066</v>
+        <v>11756556875</v>
       </c>
       <c r="J287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K287" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L287" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M287" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" s="1">
-        <v>95145403200024</v>
+        <v>91276257200010</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D288" s="2"/>
       <c r="E288" s="2" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="G288" s="2"/>
       <c r="H288" s="2" t="s">
-        <v>220</v>
+        <v>30</v>
       </c>
       <c r="I288" s="3">
-        <v>44540430654</v>
+        <v>76311145231</v>
       </c>
       <c r="J288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K288" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L288" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M288" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" s="1">
-        <v>97926204500011</v>
+        <v>91311071400015</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="D289" s="2"/>
       <c r="E289" s="2" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>865</v>
+        <v>667</v>
       </c>
       <c r="G289" s="2"/>
       <c r="H289" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I289" s="3">
-        <v>11756991275</v>
+        <v>93132016213</v>
       </c>
       <c r="J289" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K289" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L289" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M289" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" s="1">
-        <v>98064312600017</v>
+        <v>91311071400023</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="D290" s="2"/>
+        <v>867</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>867</v>
+      </c>
       <c r="E290" s="2" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="G290" s="2"/>
       <c r="H290" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I290" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I290" s="3">
+        <v>93132016213</v>
+      </c>
       <c r="J290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M290" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" s="1">
-        <v>98302058700025</v>
+        <v>91311071400080</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="D291" s="2"/>
+        <v>867</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>867</v>
+      </c>
       <c r="E291" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="G291" s="2"/>
       <c r="H291" s="2" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I291" s="3">
-        <v>32620372362</v>
+        <v>93132016213</v>
       </c>
       <c r="J291" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K291" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L291" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M291" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" s="1">
-        <v>98305661500013</v>
+        <v>91408845500029</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D292" s="2"/>
       <c r="E292" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="G292" s="2"/>
       <c r="H292" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>76341268534</v>
+        <v>30</v>
+      </c>
+      <c r="I292" s="3" t="s">
+        <v>876</v>
       </c>
       <c r="J292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K292" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L292" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M292" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" s="1">
-        <v>98452133600011</v>
+        <v>91445312100032</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D293" s="2"/>
       <c r="E293" s="2" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="G293" s="2"/>
       <c r="H293" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>878</v>
+        <v>30</v>
+      </c>
+      <c r="I293" s="3">
+        <v>84740433074</v>
       </c>
       <c r="J293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L293" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M293" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" s="1">
-        <v>98485372100012</v>
+        <v>91447132100010</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D294" s="2"/>
       <c r="E294" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="G294" s="2"/>
       <c r="H294" s="2" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>882</v>
+        <v>30</v>
+      </c>
+      <c r="I294" s="3">
+        <v>53560994756</v>
       </c>
       <c r="J294" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K294" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L294" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M294" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" s="1">
-        <v>98516361700022</v>
+        <v>91522354900014</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C295" s="2" t="s">
         <v>883</v>
       </c>
       <c r="D295" s="2"/>
       <c r="E295" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>375</v>
+        <v>870</v>
       </c>
       <c r="G295" s="2"/>
       <c r="H295" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I295" s="3">
-        <v>44570472057</v>
+        <v>32591133559</v>
       </c>
       <c r="J295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L295" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M295" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" s="1">
-        <v>98742986700011</v>
+        <v>91523812500024</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>885</v>
       </c>
-      <c r="D296" s="2"/>
+      <c r="D296" s="2" t="s">
+        <v>886</v>
+      </c>
       <c r="E296" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="G296" s="2"/>
       <c r="H296" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="I296" s="3">
+        <v>30</v>
+      </c>
+      <c r="I296" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="J296" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K296" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L296" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M296" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13">
+      <c r="A297" s="1">
+        <v>91773084800012</v>
+      </c>
+      <c r="B297" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="D297" s="2"/>
+      <c r="E297" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="G297" s="2"/>
+      <c r="H297" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="I297" s="3">
+        <v>93830692083</v>
+      </c>
+      <c r="J297" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K297" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L297" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M297" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13">
+      <c r="A298" s="1">
+        <v>91808493000018</v>
+      </c>
+      <c r="B298" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="D298" s="2"/>
+      <c r="E298" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="G298" s="2"/>
+      <c r="H298" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="I298" s="3">
+        <v>44670721167</v>
+      </c>
+      <c r="J298" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K298" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L298" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M298" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13">
+      <c r="A299" s="1">
+        <v>91846345600023</v>
+      </c>
+      <c r="B299" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>896</v>
+      </c>
+      <c r="D299" s="2"/>
+      <c r="E299" s="2" t="s">
+        <v>897</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="G299" s="2"/>
+      <c r="H299" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I299" s="3">
+        <v>11922675892</v>
+      </c>
+      <c r="J299" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K299" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L299" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M299" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13">
+      <c r="A300" s="1">
+        <v>91870990800043</v>
+      </c>
+      <c r="B300" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="D300" s="2"/>
+      <c r="E300" s="2" t="s">
+        <v>897</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="G300" s="2"/>
+      <c r="H300" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I300" s="3">
+        <v>11922542492</v>
+      </c>
+      <c r="J300" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K300" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L300" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M300" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13">
+      <c r="A301" s="1">
+        <v>91972597800010</v>
+      </c>
+      <c r="B301" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>901</v>
+      </c>
+      <c r="D301" s="2"/>
+      <c r="E301" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>903</v>
+      </c>
+      <c r="G301" s="2"/>
+      <c r="H301" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="I301" s="3">
+        <v>11756631175</v>
+      </c>
+      <c r="J301" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K301" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L301" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M301" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13">
+      <c r="A302" s="1">
+        <v>92025194900011</v>
+      </c>
+      <c r="B302" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="D302" s="2"/>
+      <c r="E302" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="G302" s="2"/>
+      <c r="H302" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I302" s="3">
+        <v>11922554592</v>
+      </c>
+      <c r="J302" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K302" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L302" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M302" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13">
+      <c r="A303" s="1">
+        <v>92065060300011</v>
+      </c>
+      <c r="B303" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="D303" s="2"/>
+      <c r="E303" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="G303" s="2"/>
+      <c r="H303" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I303" s="3">
+        <v>11941160194</v>
+      </c>
+      <c r="J303" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K303" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L303" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M303" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13">
+      <c r="A304" s="1">
+        <v>92066711000018</v>
+      </c>
+      <c r="B304" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I304" s="3">
+        <v>11941198994</v>
+      </c>
+      <c r="J304" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K304" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L304" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M304" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13">
+      <c r="A305" s="1">
+        <v>92069805700014</v>
+      </c>
+      <c r="B305" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="D305" s="2"/>
+      <c r="E305" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="G305" s="2"/>
+      <c r="H305" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I305" s="3">
+        <v>11941159794</v>
+      </c>
+      <c r="J305" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K305" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L305" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M305" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13">
+      <c r="A306" s="1">
+        <v>92790849100016</v>
+      </c>
+      <c r="B306" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>915</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="G306" s="2"/>
+      <c r="H306" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I306" s="3">
+        <v>11757028575</v>
+      </c>
+      <c r="J306" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K306" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L306" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M306" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13">
+      <c r="A307" s="1">
+        <v>93016346400017</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>918</v>
+      </c>
+      <c r="D307" s="2"/>
+      <c r="E307" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="G307" s="2"/>
+      <c r="H307" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I307" s="3">
+        <v>11950873795</v>
+      </c>
+      <c r="J307" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K307" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L307" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M307" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13">
+      <c r="A308" s="1">
+        <v>93086802100013</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="D308" s="2"/>
+      <c r="E308" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="G308" s="2"/>
+      <c r="H308" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I308" s="3">
+        <v>76810213981</v>
+      </c>
+      <c r="J308" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K308" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L308" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M308" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13">
+      <c r="A309" s="1">
+        <v>93176194400012</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>923</v>
+      </c>
+      <c r="D309" s="2"/>
+      <c r="E309" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="G309" s="2"/>
+      <c r="H309" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I309" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="J309" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K309" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L309" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M309" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13">
+      <c r="A310" s="1">
+        <v>93769789400031</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>927</v>
+      </c>
+      <c r="D310" s="2"/>
+      <c r="E310" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G310" s="2"/>
+      <c r="H310" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I310" s="3">
+        <v>11922875092</v>
+      </c>
+      <c r="J310" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K310" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L310" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M310" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13">
+      <c r="A311" s="1">
+        <v>93971785600016</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="D311" s="2"/>
+      <c r="E311" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="G311" s="2"/>
+      <c r="H311" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I311" s="3">
+        <v>76660311066</v>
+      </c>
+      <c r="J311" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K311" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L311" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M311" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13">
+      <c r="A312" s="1">
+        <v>94024599600019</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="D312" s="2"/>
+      <c r="E312" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="G312" s="2"/>
+      <c r="H312" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I312" s="3">
+        <v>76660318666</v>
+      </c>
+      <c r="J312" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K312" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L312" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M312" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13">
+      <c r="A313" s="1">
+        <v>94075422900018</v>
+      </c>
+      <c r="B313" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="D313" s="2"/>
+      <c r="E313" s="2" t="s">
+        <v>936</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="G313" s="2"/>
+      <c r="H313" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I313" s="3">
+        <v>76311395031</v>
+      </c>
+      <c r="J313" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K313" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L313" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M313" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13">
+      <c r="A314" s="1">
+        <v>94118405300010</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="D314" s="2"/>
+      <c r="E314" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="G314" s="2"/>
+      <c r="H314" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I314" s="3">
+        <v>32591356959</v>
+      </c>
+      <c r="J314" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K314" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L314" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M314" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13">
+      <c r="A315" s="1">
+        <v>94373166100014</v>
+      </c>
+      <c r="B315" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="D315" s="2"/>
+      <c r="E315" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>942</v>
+      </c>
+      <c r="G315" s="2"/>
+      <c r="H315" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I315" s="3">
+        <v>11922896792</v>
+      </c>
+      <c r="J315" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K315" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L315" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M315" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13">
+      <c r="A316" s="1">
+        <v>94384836600010</v>
+      </c>
+      <c r="B316" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="D316" s="2"/>
+      <c r="E316" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="G316" s="2"/>
+      <c r="H316" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I316" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="J316" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K316" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L316" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M316" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13">
+      <c r="A317" s="1">
+        <v>94831675700020</v>
+      </c>
+      <c r="B317" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="D317" s="2"/>
+      <c r="E317" s="2" t="s">
+        <v>948</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="G317" s="2"/>
+      <c r="H317" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I317" s="3">
+        <v>11770824177</v>
+      </c>
+      <c r="J317" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K317" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L317" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M317" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13">
+      <c r="A318" s="1">
+        <v>94932296000012</v>
+      </c>
+      <c r="B318" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="D318" s="2"/>
+      <c r="E318" s="2" t="s">
+        <v>951</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>952</v>
+      </c>
+      <c r="G318" s="2"/>
+      <c r="H318" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I318" s="3">
+        <v>84692089769</v>
+      </c>
+      <c r="J318" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K318" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L318" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M318" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13">
+      <c r="A319" s="1">
+        <v>95132776600014</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>953</v>
+      </c>
+      <c r="D319" s="2"/>
+      <c r="E319" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="G319" s="2"/>
+      <c r="H319" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I319" s="3">
+        <v>76660273066</v>
+      </c>
+      <c r="J319" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K319" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L319" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M319" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13">
+      <c r="A320" s="1">
+        <v>95145403200024</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>956</v>
+      </c>
+      <c r="D320" s="2"/>
+      <c r="E320" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>958</v>
+      </c>
+      <c r="G320" s="2"/>
+      <c r="H320" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="I320" s="3">
+        <v>44540430654</v>
+      </c>
+      <c r="J320" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K320" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L320" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M320" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13">
+      <c r="A321" s="1">
+        <v>97926204500011</v>
+      </c>
+      <c r="B321" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="D321" s="2"/>
+      <c r="E321" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>961</v>
+      </c>
+      <c r="G321" s="2"/>
+      <c r="H321" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I321" s="3">
+        <v>11756991275</v>
+      </c>
+      <c r="J321" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K321" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L321" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M321" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13">
+      <c r="A322" s="1">
+        <v>98064312600017</v>
+      </c>
+      <c r="B322" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="D322" s="2"/>
+      <c r="E322" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>964</v>
+      </c>
+      <c r="G322" s="2"/>
+      <c r="H322" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I322" s="3"/>
+      <c r="J322" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K322" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L322" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M322" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13">
+      <c r="A323" s="1">
+        <v>98302058700025</v>
+      </c>
+      <c r="B323" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>965</v>
+      </c>
+      <c r="D323" s="2"/>
+      <c r="E323" s="2" t="s">
+        <v>966</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>967</v>
+      </c>
+      <c r="G323" s="2"/>
+      <c r="H323" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I323" s="3">
+        <v>32620372362</v>
+      </c>
+      <c r="J323" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K323" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L323" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M323" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13">
+      <c r="A324" s="1">
+        <v>98305661500013</v>
+      </c>
+      <c r="B324" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>968</v>
+      </c>
+      <c r="D324" s="2"/>
+      <c r="E324" s="2" t="s">
+        <v>969</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>970</v>
+      </c>
+      <c r="G324" s="2"/>
+      <c r="H324" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I324" s="3">
+        <v>76341268534</v>
+      </c>
+      <c r="J324" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K324" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L324" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M324" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13">
+      <c r="A325" s="1">
+        <v>98308243900016</v>
+      </c>
+      <c r="B325" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>971</v>
+      </c>
+      <c r="D325" s="2"/>
+      <c r="E325" s="2" t="s">
+        <v>972</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="G325" s="2"/>
+      <c r="H325" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I325" s="3">
+        <v>93061096406</v>
+      </c>
+      <c r="J325" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K325" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L325" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M325" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13">
+      <c r="A326" s="1">
+        <v>98452133600011</v>
+      </c>
+      <c r="B326" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>973</v>
+      </c>
+      <c r="D326" s="2"/>
+      <c r="E326" s="2" t="s">
+        <v>974</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>975</v>
+      </c>
+      <c r="G326" s="2"/>
+      <c r="H326" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I326" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="J326" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K326" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L326" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M326" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13">
+      <c r="A327" s="1">
+        <v>98485372100012</v>
+      </c>
+      <c r="B327" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>977</v>
+      </c>
+      <c r="D327" s="2"/>
+      <c r="E327" s="2" t="s">
+        <v>978</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>979</v>
+      </c>
+      <c r="G327" s="2"/>
+      <c r="H327" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I327" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="J327" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K327" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L327" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M327" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13">
+      <c r="A328" s="1">
+        <v>98516361700022</v>
+      </c>
+      <c r="B328" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>981</v>
+      </c>
+      <c r="D328" s="2"/>
+      <c r="E328" s="2" t="s">
+        <v>982</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="G328" s="2"/>
+      <c r="H328" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="I328" s="3">
+        <v>44570472057</v>
+      </c>
+      <c r="J328" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K328" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L328" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M328" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13">
+      <c r="A329" s="1">
+        <v>98742986700011</v>
+      </c>
+      <c r="B329" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C329" s="2" t="s">
+        <v>983</v>
+      </c>
+      <c r="D329" s="2"/>
+      <c r="E329" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>985</v>
+      </c>
+      <c r="G329" s="2"/>
+      <c r="H329" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I329" s="3">
         <v>84692238269</v>
       </c>
-      <c r="J296" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M296" s="2" t="s">
+      <c r="J329" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K329" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L329" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M329" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13">
+      <c r="A330" s="1">
+        <v>98793352000015</v>
+      </c>
+      <c r="B330" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>986</v>
+      </c>
+      <c r="D330" s="2"/>
+      <c r="E330" s="2" t="s">
+        <v>987</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>988</v>
+      </c>
+      <c r="G330" s="2"/>
+      <c r="H330" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I330" s="3">
+        <v>75331764333</v>
+      </c>
+      <c r="J330" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K330" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L330" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M330" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13">
+      <c r="A331" s="1">
+        <v>98802163000013</v>
+      </c>
+      <c r="B331" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C331" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="D331" s="2"/>
+      <c r="E331" s="2" t="s">
+        <v>990</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>991</v>
+      </c>
+      <c r="G331" s="2"/>
+      <c r="H331" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I331" s="3">
+        <v>32600470060</v>
+      </c>
+      <c r="J331" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K331" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L331" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M331" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13">
+      <c r="A332" s="1">
+        <v>98877400600015</v>
+      </c>
+      <c r="B332" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C332" s="2" t="s">
+        <v>992</v>
+      </c>
+      <c r="D332" s="2"/>
+      <c r="E332" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>993</v>
+      </c>
+      <c r="G332" s="2"/>
+      <c r="H332" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="I332" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="J332" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K332" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L332" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M332" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -14189,31 +15858,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 15:55:40</dc:description>
+  <dc:description>Export en date du 02/21/2026 15:00:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>