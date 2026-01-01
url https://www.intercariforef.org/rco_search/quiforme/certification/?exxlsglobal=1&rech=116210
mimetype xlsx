--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -58,198 +58,198 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>ECOLE NATIONALE DE VOILE ET DES SPORTS NAUTIQUES</t>
+    <t>INSTITUT NATIONAL DU NAUTISME</t>
   </si>
   <si>
     <t>LE BEG ROHU 56510 SAINT-PIERRE-QUIBERON</t>
   </si>
   <si>
     <t>27/09/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>5356P005556</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>LES GLENANS</t>
+  </si>
+  <si>
+    <t>PONTON DES GLENANS QUAI LOUIS BLERIOT 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>SEM DES PORTS DE PLAISANCE ET EQUIPEMENTS PUBLICS DE LOISIRS DU PAYS DE LORIENT - SELLOR</t>
   </si>
   <si>
     <t>CENTRE NAUTIQUE KERGUELEN 2 PARC OCEANIQUE KERGUELEN 56260 LARMOR-PLAGE</t>
   </si>
   <si>
     <t>18/05/1995</t>
   </si>
   <si>
-    <t>FAUX</t>
+    <t>FEDERATION FRANCAISE DE VOILE</t>
+  </si>
+  <si>
+    <t>17 RUE HENRI BOCQUILLON 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2002</t>
+  </si>
+  <si>
+    <t>NAUTISME EN BRETAGNE</t>
+  </si>
+  <si>
+    <t>PARC DE KEROBISTIN - SAINTE MARINE 5 RUE AR PUSSOU 29120 COMBRIT</t>
+  </si>
+  <si>
+    <t>09/01/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
   </si>
   <si>
     <t>VOILE INNOVATION FORMATION</t>
   </si>
   <si>
     <t>8 RUE MARECHAL D’ORNANO 20000 AJACCIO</t>
   </si>
   <si>
     <t>01/04/2005</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE SUD PROVENCE ALPES COTE D'AZUR DE VOILE</t>
   </si>
   <si>
     <t>11 AVENUE LEON GAMBETTA 83500 LA SEYNE-SUR-MER</t>
   </si>
   <si>
     <t>12/06/2015</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
-    <t>NAUTISME EN BRETAGNE</t>
-[...28 lines deleted...]
-  <si>
     <t>CERCLE DE LA VOILE DE MARTIGUES</t>
   </si>
   <si>
     <t>18 BOULEVARD DU TOURET DE VALLIER 13500 MARTIGUES</t>
   </si>
   <si>
     <t>01/11/1992</t>
   </si>
   <si>
     <t>YACHT CLUB DE TOULON</t>
   </si>
   <si>
     <t>PLAGE DU MOURILLON 83000 TOULON</t>
   </si>
   <si>
     <t>30/10/1981</t>
   </si>
   <si>
     <t>CENTRE DE VOILE DE BORDEAUX LAC</t>
   </si>
   <si>
     <t>BOULEVARD JACQUES CHABAN-DELMAS 33520 BRUGES</t>
   </si>
   <si>
     <t>01/10/1981</t>
   </si>
   <si>
     <t>INSTITUT NAUTIQUE BRETAGNE</t>
   </si>
   <si>
     <t>2 RUE BAYARD 29900 CONCARNEAU</t>
   </si>
   <si>
     <t>17/12/1984</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>LIGUE DE VOILE DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>2 QUAI DE LA LONDE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>23/04/2016</t>
+  </si>
+  <si>
+    <t>LIGUE DE VOILE NOUVELLE-AQUITAINE</t>
+  </si>
+  <si>
+    <t>QUARTIER LES MINIMES AV DE LA CAPITAINERIE 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
     <t>NAUTISME EN ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>01/10/2018</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/01/2017</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>21 RUE DE STALINGRAD 94110 ARCUEIL</t>
   </si>
   <si>
     <t>31/07/2019</t>
   </si>
   <si>
     <t>"ORGANISME CERTIFICATEUR DE LA BRANCHE DU SPORT" "OC SPORT"</t>
   </si>
   <si>
     <t>88 RUE MARCEL BOURDARIAS 94140 ALFORTVILLE</t>
   </si>
   <si>
     <t>04/12/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -709,599 +709,599 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34451925100039</v>
+        <v>77568817900016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>53561015156</v>
+        <v>11755731275</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>44142575800022</v>
+        <v>34451925100039</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>94202072320</v>
+        <v>53561015156</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53155956500050</v>
+        <v>78440599500035</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>93830509883</v>
+        <v>11753871575</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>41025839600036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>53290788129</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77568817900016</v>
+        <v>44142575800022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>11755731275</v>
+        <v>94202072320</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78440599500035</v>
+        <v>53155956500050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="I8" s="3">
-        <v>11753871575</v>
+        <v>93830509883</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>30110096200028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
         <v>93130663713</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>32322447700014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
         <v>93830633183</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>32399503500017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
         <v>72330143333</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>33300514800015</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="I12" s="3">
         <v>53290020929</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>84018699300027</v>
+        <v>82053421200015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>11770673277</v>
+        <v>28760559376</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>82053421200015</v>
+        <v>82056704800021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>28760559376</v>
+        <v>75170214917</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>82056704800021</v>
+        <v>84018699300027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>75170214917</v>
+        <v>11770673277</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>85386655600014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>11941012094</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1314,31 +1314,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:39:12</dc:description>
+  <dc:description>Export en date du 01/01/2026 05:36:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>