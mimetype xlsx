--- v1 (2026-01-01)
+++ v2 (2026-02-19)
@@ -76,153 +76,153 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DU NAUTISME</t>
   </si>
   <si>
     <t>LE BEG ROHU 56510 SAINT-PIERRE-QUIBERON</t>
   </si>
   <si>
     <t>27/09/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>5356P005556</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>CERCLE DE LA VOILE DE MARTIGUES</t>
+  </si>
+  <si>
+    <t>18 BOULEVARD DU TOURET DE VALLIER 13500 MARTIGUES</t>
+  </si>
+  <si>
+    <t>01/11/1992</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>YACHT CLUB DE TOULON</t>
+  </si>
+  <si>
+    <t>PLAGE DU MOURILLON 83000 TOULON</t>
+  </si>
+  <si>
+    <t>30/10/1981</t>
+  </si>
+  <si>
+    <t>CENTRE DE VOILE DE BORDEAUX LAC</t>
+  </si>
+  <si>
+    <t>BOULEVARD JACQUES CHABAN-DELMAS 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>01/10/1981</t>
+  </si>
+  <si>
+    <t>INSTITUT NAUTIQUE BRETAGNE</t>
+  </si>
+  <si>
+    <t>2 RUE BAYARD 29900 CONCARNEAU</t>
+  </si>
+  <si>
+    <t>17/12/1984</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>SEM DES PORTS DE PLAISANCE ET EQUIPEMENTS PUBLICS DE LOISIRS DU PAYS DE LORIENT - SELLOR</t>
+  </si>
+  <si>
+    <t>CENTRE NAUTIQUE KERGUELEN 2 PARC OCEANIQUE KERGUELEN 56260 LARMOR-PLAGE</t>
+  </si>
+  <si>
+    <t>18/05/1995</t>
+  </si>
+  <si>
+    <t>NAUTISME EN BRETAGNE</t>
+  </si>
+  <si>
+    <t>PARC DE KEROBISTIN - SAINTE MARINE 5 RUE AR PUSSOU 29120 COMBRIT</t>
+  </si>
+  <si>
+    <t>09/01/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>VOILE INNOVATION FORMATION</t>
+  </si>
+  <si>
+    <t>8 RUE MARECHAL D’ORNANO 20000 AJACCIO</t>
+  </si>
+  <si>
+    <t>01/04/2005</t>
+  </si>
+  <si>
+    <t>LIGUE SUD PROVENCE ALPES COTE D'AZUR DE VOILE</t>
+  </si>
+  <si>
+    <t>11 AVENUE LEON GAMBETTA 83500 LA SEYNE-SUR-MER</t>
+  </si>
+  <si>
+    <t>12/06/2015</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
     <t>LES GLENANS</t>
   </si>
   <si>
     <t>PONTON DES GLENANS QUAI LOUIS BLERIOT 75016 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...13 lines deleted...]
-  <si>
     <t>FEDERATION FRANCAISE DE VOILE</t>
   </si>
   <si>
     <t>17 RUE HENRI BOCQUILLON 75015 PARIS</t>
   </si>
   <si>
     <t>01/07/2002</t>
-  </si>
-[...70 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>LIGUE DE VOILE DE NORMANDIE</t>
   </si>
   <si>
     <t>2 QUAI DE LA LONDE 14000 CAEN</t>
   </si>
   <si>
     <t>23/04/2016</t>
   </si>
   <si>
     <t>LIGUE DE VOILE NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>QUARTIER LES MINIMES AV DE LA CAPITAINERIE 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>NAUTISME EN ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
@@ -709,410 +709,410 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>77568817900016</v>
+        <v>30110096200028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11755731275</v>
+        <v>93130663713</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>34451925100039</v>
+        <v>32322447700014</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>53561015156</v>
+        <v>93830633183</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78440599500035</v>
+        <v>32399503500017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11753871575</v>
+        <v>72330143333</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41025839600036</v>
+        <v>33300514800015</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>53290788129</v>
+        <v>53290020929</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>44142575800022</v>
+        <v>34451925100039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>94202072320</v>
+        <v>53561015156</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53155956500050</v>
+        <v>41025839600036</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="3">
-        <v>93830509883</v>
+        <v>53290788129</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>30110096200028</v>
+        <v>44142575800022</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>93130663713</v>
+        <v>94202072320</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32322447700014</v>
+        <v>53155956500050</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>93830633183</v>
+        <v>93830509883</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32399503500017</v>
+        <v>77568817900016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>72330143333</v>
+        <v>11755731275</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>33300514800015</v>
+        <v>78440599500035</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>53290020929</v>
+        <v>11753871575</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82053421200015</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
@@ -1244,51 +1244,51 @@
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1314,31 +1314,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 05:36:15</dc:description>
+  <dc:description>Export en date du 02/19/2026 23:30:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>