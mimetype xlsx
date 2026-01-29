--- v0 (2025-11-21)
+++ v1 (2026-01-29)
@@ -76,198 +76,198 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYON YNOV CAMPUS</t>
   </si>
   <si>
     <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
   </si>
   <si>
     <t>02/08/2023</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>PARIS EICAR CAMPUS</t>
+  </si>
+  <si>
+    <t>1 ALLEE ALLAIN LEPREST 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>11/08/2021</t>
+  </si>
+  <si>
+    <t>INSTIT DEVELOP ENSEIGNE MEDIT FORMATION</t>
+  </si>
+  <si>
+    <t>50 RUE PIERRE SEMARD 66270 LE SOLER</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>APAXX DESIGNS</t>
+  </si>
+  <si>
+    <t>19/09/2023</t>
+  </si>
+  <si>
+    <t>LYON EICAR CAMPUS</t>
+  </si>
+  <si>
+    <t>67 69 67 AVENUE GALLINE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>16/04/2021</t>
+  </si>
+  <si>
+    <t>AIX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>PARIS YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
+  </si>
+  <si>
+    <t>BORDEAUX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>TOULOUSE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
     <t>NANTES YNOV CAMPUS</t>
   </si>
   <si>
     <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>02/11/2015</t>
   </si>
   <si>
     <t>ADAMA</t>
   </si>
   <si>
     <t>5 ALLEE DES ACACIAS 33700 MERIGNAC</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
-    <t>INSTIT DEVELOP ENSEIGNE MEDIT FORMATION</t>
-[...62 lines deleted...]
-    <t>15/09/2021</t>
+    <t>SOPHIA YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>28/08/2020</t>
+  </si>
+  <si>
+    <t>RENNES YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
+  </si>
+  <si>
+    <t>27/07/2022</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LILLE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>89-97 89 RUE NATIONALE 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>MONTPELLIER YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>61 RUE JACQUES DERRIDA 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
   </si>
   <si>
     <t>CONNECT YNOV CAMPUS</t>
   </si>
   <si>
     <t>3-5-IMMEUBLE LA TOUR 3 ALLEE DES ACACIAS 33700 MERIGNAC</t>
   </si>
   <si>
     <t>13/10/2022</t>
   </si>
   <si>
     <t>YNOV EDUCATION</t>
-  </si>
-[...49 lines deleted...]
-    <t>06/08/2024</t>
   </si>
   <si>
     <t>VAL D'EUROPE YNOV CAMPUS</t>
   </si>
   <si>
     <t>19 RUE HADDOCK 77700 CHESSY</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>ROUEN YNOV CAMPUS</t>
   </si>
   <si>
     <t>1 RUE FRANCOIS PERROUX 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>STRASBOURG YNOV CAMPUS</t>
   </si>
   <si>
     <t>16 RUE DE LEICESTER 67000 STRASBOURG</t>
   </si>
@@ -736,617 +736,617 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>82691351669</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80442673200033</v>
+        <v>40278987900051</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>52440756544</v>
+        <v>11930536493</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>80538677800031</v>
+        <v>41038154500038</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="3">
-        <v>75331220633</v>
+        <v>91660071866</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41038154500038</v>
+        <v>45224614300070</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I5" s="3">
-        <v>91660071866</v>
+        <v>11940740494</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>50473969900040</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45224614300070</v>
+        <v>52831294500033</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>11940740494</v>
+        <v>93131404213</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>52831294500033</v>
+        <v>53066741900051</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>93131404213</v>
+        <v>11754744275</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53066741900051</v>
+        <v>53275739000036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>11754744275</v>
+        <v>72330846033</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53275739000036</v>
+        <v>53310463400035</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>72330846033</v>
+        <v>73310622931</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>53310463400035</v>
+        <v>80442673200033</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>73310622931</v>
+        <v>52440756544</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>92042238300017</v>
+        <v>80538677800031</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>75331568333</v>
+        <v>75331220633</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>92055468000016</v>
+        <v>88844416300016</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I13" s="3">
+        <v>93060903906</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40278987900051</v>
+        <v>90301882800025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>88844416300016</v>
+        <v>90310559100023</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="G15" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>90301882800025</v>
+        <v>90311060900034</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>90310559100023</v>
+        <v>92042238300017</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I17" s="3"/>
+        <v>50</v>
+      </c>
+      <c r="I17" s="3">
+        <v>75331568333</v>
+      </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>90311060900034</v>
+        <v>92055468000016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>95319934600024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
@@ -1477,31 +1477,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/21/2025 01:08:06</dc:description>
+  <dc:description>Export en date du 01/29/2026 21:13:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>