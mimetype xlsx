--- v1 (2026-01-29)
+++ v2 (2026-03-20)
@@ -58,168 +58,168 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>SOPHIA YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>28/08/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>NANTES YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
+  </si>
+  <si>
+    <t>02/11/2015</t>
+  </si>
+  <si>
+    <t>PARIS EICAR CAMPUS</t>
+  </si>
+  <si>
+    <t>1 ALLEE ALLAIN LEPREST 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>11/08/2021</t>
+  </si>
+  <si>
+    <t>INSTIT DEVELOP ENSEIGNE MEDIT FORMATION</t>
+  </si>
+  <si>
+    <t>50 RUE PIERRE SEMARD 66270 LE SOLER</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>APAXX DESIGNS</t>
+  </si>
+  <si>
+    <t>19/09/2023</t>
+  </si>
+  <si>
+    <t>LYON EICAR CAMPUS</t>
+  </si>
+  <si>
+    <t>67 69 67 AVENUE GALLINE 69100 VILLEURBANNE</t>
+  </si>
+  <si>
+    <t>16/04/2021</t>
+  </si>
+  <si>
+    <t>AIX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>PARIS YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
+  </si>
+  <si>
+    <t>BORDEAUX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>TOULOUSE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
     <t>LYON YNOV CAMPUS</t>
   </si>
   <si>
     <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
   </si>
   <si>
     <t>02/08/2023</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...88 lines deleted...]
-  <si>
     <t>ADAMA</t>
   </si>
   <si>
     <t>5 ALLEE DES ACACIAS 33700 MERIGNAC</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>28/08/2020</t>
   </si>
   <si>
     <t>RENNES YNOV CAMPUS</t>
   </si>
   <si>
     <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
   </si>
   <si>
     <t>27/07/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LILLE YNOV CAMPUS</t>
   </si>
   <si>
     <t>89-97 89 RUE NATIONALE 59000 LILLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
@@ -699,488 +699,488 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>79906530500036</v>
+        <v>88844416300016</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>82691351669</v>
+        <v>93060903906</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>40278987900051</v>
+        <v>80442673200033</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>11930536493</v>
+        <v>52440756544</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>41038154500038</v>
+        <v>40278987900051</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>91660071866</v>
+        <v>11930536493</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45224614300070</v>
+        <v>41038154500038</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>11940740494</v>
+        <v>91660071866</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>50473969900040</v>
+        <v>45224614300070</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I6" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I6" s="3">
+        <v>11940740494</v>
+      </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52831294500033</v>
+        <v>50473969900040</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53066741900051</v>
+        <v>52831294500033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11754744275</v>
+        <v>93131404213</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>53275739000036</v>
+        <v>53066741900051</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>72330846033</v>
+        <v>11754744275</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>53310463400035</v>
+        <v>53275739000036</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>73310622931</v>
+        <v>72330846033</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>80442673200033</v>
+        <v>53310463400035</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>52440756544</v>
+        <v>73310622931</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>80538677800031</v>
+        <v>79906530500036</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>75331220633</v>
+        <v>82691351669</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>88844416300016</v>
+        <v>80538677800031</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="I13" s="3">
-        <v>93060903906</v>
+        <v>75331220633</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>90301882800025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
@@ -1265,88 +1265,88 @@
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>92042238300017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3">
         <v>75331568333</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>92055468000016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>95319934600024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
@@ -1477,31 +1477,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/29/2026 21:13:40</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:36:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>