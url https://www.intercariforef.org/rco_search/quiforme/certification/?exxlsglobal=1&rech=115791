--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -292,105 +292,105 @@
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
     <t>HECATE FORMATION</t>
   </si>
   <si>
     <t>26 A 34 26 AVENUE DE LA CROIX SAINT-MARTIN 03200 VICHY</t>
   </si>
   <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
+    <t>FORMATION CONSEIL THALATHERM</t>
+  </si>
+  <si>
+    <t>ECO CAMPUS PROVENCE FORMATION 445 RUE GABRIEL BESSON 04220 SAINTE-TULLE</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>CONSEIL NATIONAL DES ETABLISSEMENTS THERMAUX</t>
+  </si>
+  <si>
+    <t>C N E TH 1 RUE CELS 75014 PARIS</t>
+  </si>
+  <si>
+    <t>26/06/2002</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
     <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
   </si>
   <si>
     <t>03160 SAINT LEOPARDIN D'AUGY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>LYCEE PRIVE RURAL NOTRE DAME</t>
   </si>
   <si>
     <t>8 ROUTE D'ORAAS 64390 SAUVETERRE-DE-BEARN</t>
   </si>
   <si>
-    <t>FORMATION CONSEIL THALATHERM</t>
-[...7 lines deleted...]
-  <si>
     <t>ENSEIGNEMENT CATHOLIQUE THONON</t>
   </si>
   <si>
     <t>16 AVENUE D’EVIAN 74200 THONON-LES-BAINS</t>
   </si>
   <si>
     <t>01/09/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>15 HAMEAU DE BLEGNY 39110 SALINS-LES-BAINS</t>
   </si>
   <si>
     <t>17/02/2014</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.12Z</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1457,266 +1457,266 @@
       <c r="F18" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
         <v>25610038361</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77904719000011</v>
+        <v>42061079200038</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>95</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>83030338203</v>
+        <v>93040042304</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78237601600013</v>
+        <v>44428253700018</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>42061079200038</v>
+        <v>77904719000011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="I21" s="3">
-        <v>93040042304</v>
+        <v>83030338203</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30296432500088</v>
+        <v>78237601600013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="I22" s="3">
-        <v>84740320974</v>
+        <v>72640064364</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>80275703900010</v>
+        <v>30296432500088</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>95</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>43390102539</v>
+        <v>84740320974</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44428253700018</v>
+        <v>80275703900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="I24" s="3"/>
+        <v>102</v>
+      </c>
+      <c r="I24" s="3">
+        <v>43390102539</v>
+      </c>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="3">
         <v>76341086134</v>
@@ -1766,31 +1766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 10:44:36</dc:description>
+  <dc:description>Export en date du 12/24/2025 20:25:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>