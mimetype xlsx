--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -277,50 +277,59 @@
   <si>
     <t>29 AVENUE MARECHAL DE LATTRE DE TASSIGNY 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/2014</t>
   </si>
   <si>
     <t>86.10Z</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>ENSEIGNEMENT CATHOLIQUE THONON</t>
+  </si>
+  <si>
+    <t>16 AVENUE D’EVIAN 74200 THONON-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
     <t>HECATE FORMATION</t>
   </si>
   <si>
     <t>26 A 34 26 AVENUE DE LA CROIX SAINT-MARTIN 03200 VICHY</t>
   </si>
   <si>
     <t>IIT FORMATIONS ALTERNEES ORNES</t>
   </si>
   <si>
     <t>RUE DU MANS 61000 ALENCON</t>
   </si>
   <si>
     <t>15/07/2013</t>
   </si>
   <si>
     <t>FORMATION CONSEIL THALATHERM</t>
   </si>
   <si>
     <t>ECO CAMPUS PROVENCE FORMATION 445 RUE GABRIEL BESSON 04220 SAINTE-TULLE</t>
   </si>
   <si>
     <t>10/06/2024</t>
   </si>
   <si>
     <t>CONSEIL NATIONAL DES ETABLISSEMENTS THERMAUX</t>
@@ -329,59 +338,50 @@
     <t>C N E TH 1 RUE CELS 75014 PARIS</t>
   </si>
   <si>
     <t>26/06/2002</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>ECOLE AGRICOLE PRIVEE MAISON FAMI RURALE</t>
   </si>
   <si>
     <t>03160 SAINT LEOPARDIN D'AUGY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>LYCEE PRIVE RURAL NOTRE DAME</t>
   </si>
   <si>
     <t>8 ROUTE D'ORAAS 64390 SAUVETERRE-DE-BEARN</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/1985</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION</t>
   </si>
   <si>
     <t>15 HAMEAU DE BLEGNY 39110 SALINS-LES-BAINS</t>
   </si>
   <si>
     <t>17/02/2014</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1383,325 +1383,325 @@
       <c r="F16" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>86</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>37867851000033</v>
+        <v>30296432500088</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>83030144603</v>
+        <v>84740320974</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>40110456700029</v>
+        <v>37867851000033</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>25610038361</v>
+        <v>83030144603</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42061079200038</v>
+        <v>40110456700029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>93040042304</v>
+        <v>25610038361</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>44428253700018</v>
+        <v>42061079200038</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I20" s="3">
+        <v>93040042304</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77904719000011</v>
+        <v>44428253700018</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78237601600013</v>
+        <v>77904719000011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I22" s="3">
-        <v>72640064364</v>
+        <v>83030338203</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>30296432500088</v>
+        <v>78237601600013</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="I23" s="3">
-        <v>84740320974</v>
+        <v>72640064364</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>80275703900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="I24" s="3">
         <v>43390102539</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>89079142900016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
@@ -1766,31 +1766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 20:25:23</dc:description>
+  <dc:description>Export en date du 02/14/2026 19:18:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>